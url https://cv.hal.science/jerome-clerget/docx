--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -407,77 +407,804 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inégalités numériques éducatives : état des lieux des recherches en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Serreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude du Gtnum « GoData ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovation pédagogique et Learning Analytics dans l’enseignement supérieur : une approche par les Small Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La formation à l’épreuve du travail : perspectives internationales et interdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RUMEF - Réseau Universitaire des Métiers de la Formation, May 2023, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lever le voile sur l’éloignement du numérique : approches conceptuelles et quantification du phénomène en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés en crise et travail social : Explorer les dynamiques politiques, de formations, de recherches, d’interventions et d’expériences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIFRIS, Jul 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les communes bretonnes au défi de l’e-inclusion. Retour sur l’enquête Marsouin «Communes 2021»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine Data-SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plateforme universitaire de donnée de Bretagne, Dec 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques coopératives à l’œuvre dans le projet DUNE-DESIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Lameul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Serreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agir ensemble dans l’enseignement supérieur : enjeux et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale de Pédagogie Universitaire, May 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovation pédagogique et usages du numérique dans l’enseignement supérieur : la question du pouvoir d’agir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'éducation et la formation face aux grands défis de notre temps : les migrations, la société numérique et le développement durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association mondiale des sciences de l'éducation, Jun 2022, Buenos Aires, Argentina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Répondre à la « crise » de l’enseignement supérieur par le numérique ? L’innovation pédagogique et numérique dans le projet DUNE-DESIR.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise(s) en éducation et en formation dans un monde globalisé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Est Créteil, Laboratoire Interdisciplinaire de Recherche sur les Transformations des pratiques Educatives et des pratiques Sociales (LIRTES), Nov 2022, Créteil, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail coopératif dans le projet DUNE-DESIR : Un exemple de rencontre entre des professionnels de l’enseignement, de l’accompagnement, et de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Lameul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux actuels et futurs de la formation et de la profession enseignante</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherche interuniversitaire sur la formation et la profession enseignante, May 2022, Montréal (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour en finir avec les « 13 millions » ? Au défi de rendre compte de l’éloignement du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -496,92 +1223,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Bléhaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 139, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/132iz⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendre visibles les inégalités numériques : concepts et enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -597,859 +1324,555 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palimpseste. Sciences, humanités, sociétés </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les inégalités numériques éducatives : état des lieux des recherches en Bretagne</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des environnements capacitant pour la transformation pédagogique et numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Melayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses des Mines. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude du Gtnum « GoData ».</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05173368v1</w:t>
+              <w:t xml:space="preserve">Transformations pédagogique et numérique de l'enseignement supérieur, Quatre années pour changer les pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-35671-772-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation pédagogique et Learning Analytics dans l’enseignement supérieur : une approche par les Small Data</w:t>
+                <w:t xml:space="preserve">Faire circuler les savoirs : retour sur un dispositif de partage des expériences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Melayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses des Mines. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La formation à l’épreuve du travail : perspectives internationales et interdisciplinaires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05173384v1</w:t>
+              <w:t xml:space="preserve">Transformations pédagogique et numérique de l'enseignement supérieur, Quatre années pour changer les pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-35671-772-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lever le voile sur l’éloignement du numérique : approches conceptuelles et quantification du phénomène en France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Plantard</w:t>
+                <w:t xml:space="preserve">Les Learning Analytics et la transformation pédagogique et numérique : un champ en construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses des Mines. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés en crise et travail social : Explorer les dynamiques politiques, de formations, de recherches, d’interventions et d’expériences</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05173374v1</w:t>
+              <w:t xml:space="preserve">Transformations pédagogique et numérique de l'enseignement supérieur, Quatre années pour changer les pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-35671-772-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail coopératif dans le projet DUNE-DESIR : Un exemple de rencontre entre des professionnels de l’enseignement, de l’accompagnement, et de la recherche</w:t>
+                <w:t xml:space="preserve">Numérisation des services administratifs dans les communes bretonnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Geneviève Lameul</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Collas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Plantard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...366 lines deleted...]
-                <w:t xml:space="preserve">hal-05173393v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformations pédagogique et numérique de l'enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Lameul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1457,643 +1880,220 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Serreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses des Mines. 2022, 978-2-35671-772-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Europe et ses frontières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birte Wassenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2020, Cahiers FARE, 978-2-343-20369-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03269316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des conflits et coopérations en Europe: enjeux et représentations du XIXe siècle à nos jours : cahier des doctorants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birte Wassenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 14, 2017, Cahiers de FARE, 978-2-343-13770-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614494v1</w:t>
-              </w:r>
-[...421 lines deleted...]
-                <w:t xml:space="preserve">hal-05173357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2248,51 +2248,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513613v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Brice Mensecal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Clerget" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Serreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Plantard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173346v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173334v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bl&#233;haut" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173196v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132iz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173250v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173368v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173384v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafontaine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173374v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173427v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059249v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173411v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173432v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173393v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173296v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269316v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Benedetti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte Wassenberg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614494v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173310v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Melayers" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173314v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173323v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tardif" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Collas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513613v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Brice Mensecal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Clerget" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Serreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Plantard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173346v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173334v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bl&#233;haut" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173368v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173384v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafontaine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173374v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059249v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173432v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173411v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173393v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173427v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173196v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132iz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173250v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173310v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Melayers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173314v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173323v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tardif" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173357v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Collas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173296v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269316v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Benedetti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte Wassenberg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>