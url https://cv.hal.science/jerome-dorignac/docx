--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -338,265 +338,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04543017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TASEP Exit Times</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Physical modeling of ribosomes along messenger RNA: estimating kinetic rates from ribosome profiling experiments with a ballistic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahaya Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.109.034116⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (10), pp.e1011522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04279672v1</w:t>
+                <w:t xml:space="preserve">hal-03832368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical modeling of ribosomes along messenger RNA: estimating kinetic rates from ribosome profiling experiments with a ballistic model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TASEP Exit Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Geniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pitard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19 (10), pp.e1011522. </w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 109 (3), pp.034116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011522⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.109.034116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03832368v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation time asymmetry in stator dynamics of the bacterial flagellar motor</w:t>
               </w:r>
@@ -978,485 +978,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02989969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated one dimensional effective long-range interactions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling supercoiled DNA interacting with an anchored cluster of proteins: towards a quantitative estimation of chromosomal DNA supercoiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frederic Geniet</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Geniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033377⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (6), pp.106153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2002.00111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02950974v1</w:t>
+                <w:t xml:space="preserve">hal-04851307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling supercoiled DNA interacting with an anchored cluster of proteins: towards a quantitative estimation of chromosomal DNA supercoiling</w:t>
+                <w:t xml:space="preserve">Physical modeling of a sliding clamp mechanism for the spreading of ParB at short genomic distance from bacterial centromere sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Rech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Geniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56 (6), pp.106153. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (12), pp.101861. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2002.00111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2020.101861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851307v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052753v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical modeling of a sliding clamp mechanism for the spreading of ParB at short genomic distance from bacterial centromere sites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated one dimensional effective long-range interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
+                <w:t xml:space="preserve">Chase P. Broedersz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Geniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 23 (12), pp.101861. </w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2020.101861⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03052753v2</w:t>
+                <w:t xml:space="preserve">hal-02950974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looping and clustering model for the organization of protein-DNA complexes on the bacterial genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2911,51 +2911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Palmeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-José Franco-Oñate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3135,51 +3135,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated 1D effective long-range interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3260,51 +3260,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séparation de phase des à protéines liées l’ADN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,51 +3385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective long range interactions generated by polymer (DNA) fluctuations induce bound particle (protein) phase separation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3680,103 +3680,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical Modeling of Translation with a Ballistic Model: Application to the Estimation of the Kinetic Parameters from Ribosome Sequencing Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahaya Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Chevalier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+                <w:t xml:space="preserve">Armelle Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the International Physics of Living Systems (iPoLS) Network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
@@ -3818,64 +3818,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3930,51 +3930,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling Spatio-temporal Dynamic of Ribosome During Translation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4856,457 +4856,457 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling DNA segregation and positioning in the bacterial genome</w:t>
+                <w:t xml:space="preserve">Physico-mathematical modelling of intracellular molecular transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Geniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Palmeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2019, pp.25</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106248v1</w:t>
+                <w:t xml:space="preserve">hal-02106252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physico-mathematical modelling of intracellular molecular transport</w:t>
+                <w:t xml:space="preserve">Modelling DNA segregation and positioning in the bacterial genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Palmeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Geniet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norbert Kern</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-02106252v1</w:t>
+                <w:t xml:space="preserve">hal-02106248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la ségrégation et du positionnementdu génome bactérien</w:t>
+                <w:t xml:space="preserve">Modélisation physico-mathématique du transport moléculaire intracellulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Geniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Palmeri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2018, pp.25</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106222v1</w:t>
+                <w:t xml:space="preserve">hal-02106225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation physico-mathématique du transport moléculaire intracellulaire</w:t>
+                <w:t xml:space="preserve">Modélisation de la ségrégation et du positionnementdu génome bactérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Norbert Kern</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Palmeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Geniet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2018, pp.26</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106225v1</w:t>
+                <w:t xml:space="preserve">hal-02106222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5324,90 +5324,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chain decay and rates disorder in the totally asymmetric simple exclusion process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahaya Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fred Geniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5729,51 +5729,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252827v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geniet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14570-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543017v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.109.034116" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279672v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.034116" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832368v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Ibrahim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011522" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351194v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Perez-Carrasco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Geniet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl8112" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438826v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lepage" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008869" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989969v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauloudet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izaak Neri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-021-00019-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950974v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase P. Broedersz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033377" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04851307v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2002.00111" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03052753v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rech" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Ole Walliser" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101861" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561696v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaad39" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926457v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sanchez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Labourdette" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20188516" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493262v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lorman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.028101" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749901v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Montalvo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Manna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kharif" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2013.02.008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628025v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Gaidarzhy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiti Zolfagharkhani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Imboden" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritiraj Mohanty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3604797" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628026v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrutza Anghel-Vasilescu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me L&#233;on" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Taki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.043836" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491003v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Hennig" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K. Campbell" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.053604" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510988v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Leon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Taki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.074101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430445v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaidarzhy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mohanty" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3132088" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378494v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2996031" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378483v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dk. Campbell" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2007.09.018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RFNK9Q32-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531181v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Kalinowski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyamsunder Erramilli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.186105" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890444v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Palmeri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04901816v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890693v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase Broedersz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894746v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894725v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819807v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819816v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691814v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939915v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950298v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950263v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lorman" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950249v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950151v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950016v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nollmann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978858v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Etienne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Aymeric" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cattin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dalverny" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106248v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106252v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106222v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106225v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04878246v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378522v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renoult" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Guyl" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamra Mendelson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Percher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252827v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geniet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14570-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543017v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.109.034116" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832368v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chevalier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Ibrahim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011522" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279672v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.034116" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351194v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Perez-Carrasco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Geniet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl8112" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438826v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lepage" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008869" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989969v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauloudet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izaak Neri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-021-00019-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04851307v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2002.00111" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03052753v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rech" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Ole Walliser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101861" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950974v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel David" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase P. Broedersz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033377" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561696v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaad39" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926457v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sanchez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Labourdette" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20188516" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493262v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lorman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.028101" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749901v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Montalvo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Manna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kharif" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2013.02.008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628025v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Gaidarzhy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiti Zolfagharkhani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Imboden" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritiraj Mohanty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3604797" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628026v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrutza Anghel-Vasilescu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me L&#233;on" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Taki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.043836" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491003v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Hennig" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K. Campbell" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.053604" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510988v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Leon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Taki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.074101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430445v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaidarzhy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mohanty" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3132088" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378494v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2996031" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378483v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dk. Campbell" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2007.09.018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RFNK9Q32-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531181v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Kalinowski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyamsunder Erramilli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.186105" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890444v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Palmeri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04901816v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890693v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase Broedersz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894746v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894725v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819807v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819816v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691814v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939915v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950298v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950263v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lorman" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950249v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950151v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950016v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nollmann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978858v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Etienne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Aymeric" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cattin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dalverny" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106252v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106248v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106225v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106222v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04878246v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378522v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renoult" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Guyl" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamra Mendelson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Percher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>