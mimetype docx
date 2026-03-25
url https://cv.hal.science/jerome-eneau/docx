--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jerome Eneau </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités Sciences de l’Éducation et de la FormationCREAD - Université Rennes 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jerome-eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1874-1299</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077013808</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences de la formation. Évolutions disciplinaires et perspectives situées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (3), 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04985152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrupted trajectory of professional transition: A case study of identity tensions experienced by a nursing assistant engaged in nursing education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Pleven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA- Rennes 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Rennes, France. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’une stratégie d’autorégulation : la recherche d’aide dans l’apprentissage de la programmation sur une plateforme d’apprentissage en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fahima Djelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Brest, France. , Actes de la onzième Conférence sur les Environnements Informatiques pour l’Apprentissage Humain (EIAH), 2023, https://eiah2023.sciencesconf.org/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutenir l'autonomie des adultes porteurs la maladie d'Alzheimer et maladies apparentées avec des soins non médicamenteux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF - Actualités de la Recherche en Education et Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778263v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étude des trajectoires d'appropriation des « gérontechnologies » en EHPAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des doctorants du CREAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Brest, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03656274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (130)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les interactions entre les groupes professionnels dans les établissements d'hébergement pour personnes âgées dépendantes (EHPAD), entre coopération, tensions et ajustements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l’EHPAD comme objet, contexte et terrain de recherche : le défi du croisement des disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collectif RIRE, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming professional practices: the role of dialogue in nursing home settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogue in and through Adult Education and Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA Triennial Conference 2025, Sep 2025, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogical Aspects of Student Nursing Dropout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Pleven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ESREA triennial conference Dialogue in and through adult education and learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA_ University of Karlova, Prague, Sep 2025, Prague (CZ), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérontechnologie et INM : vers une transformation du travail en EHPAD ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénald Gaboriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National USPALZ 2023 (unités de soins d'évaluation et de prise en charge Alzheimer)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, USPALZ, Dec 2023, Issy-les-Moulineaux, France, France. pp.ISSN 1248-9077</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se transformer au travail par la pratique des communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale Internationale de l’Éducation, la Formation et les pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-ICP, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité au cœur de la construction de soi, par soi, par autrui, par et dans le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Heber-Suffrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale Internationale de l’Éducation, la Formation et les pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-ICP, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting the autonomy of adults with Alzheimer's disease with non-drug care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educating and learning across the lifespan – adult educators and older learners perspectives. Theory, research, practice, and policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA; Talinn University and School of Educational Sciences, Nov 2023, Talinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04278368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et facteurs d’appropriation d’une gérontechnologie en EHPAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marsouin séminaire 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Marsouin, May 2023, Lanester, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La demande d’aide dans le cadre d’une formation pour adultes mobilisant une plateforme d’apprentissage en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale de l'éducation, de la formation et des pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeking or not Seeking Help? Using an Online Learning Environment in an Adult Training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Betrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIS Research Network Sociology of Education International Mid-term Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIS - Sociologia de l'educazione, Apr 2023, Palerme (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le champ d'études des &amp;quot;gérontechnologies&amp;quot;, évolution du domaine et axes thématiques liés aux Sciences de l’Éducation et de la Formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des 20 ans de Marsouin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Marsouin, May 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autorégulation environnementale dans une formation pour adultes en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum citoyen international de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autorégulation des apprentissages dans une formation pour adulte. L’exemple de la demande d’aide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fahima Djelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche critique et constructive de la formation des adultes (Symposium coordonné par Isabelle Houot et Emmanuel Triby : Se faire adulte avec la formation. Pour un observatoire critique des transformations de la formation des adultes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale de l’Éducation, de la Formation et des Pratiques Professionnelles : "faire/se faire"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03620366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des médias connectés à la médiation intergénérationnelle. Une expérience d’apprentissages réciproques entre séniors et jeunes décrocheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TICEMED 12 L'éducation aux médias tout au long de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Athènes, Grèce. pp.301-309</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de l’alternance à l’Université à l’épreuve de la réforme de 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque RUMEF - La réforme permanente de la formation continue. Quels enjeux pour l’éducation des adultes et les métiers de la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RUMEF - Université Picardie Jules Verne, Mar 2021, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Formation-Action-Recherche à l’Université et son ingénierie coopérative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale Internationale de l’Education, la Formation et les pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-ICP, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ingénierie de l'accompagnement en formation continue comme levier de développement. Symposium : Professionnalisation à et de l'université. G. Lameul & S. Mallard (coord.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalisation à l'Université, professionnalisation de l'Université : l'ingénierie de l'accompagnement en formation continue comme levier de développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How action research in Second Chance Schools can help actors reflect on and develop an empowering approach at the university level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lavielle-Gutnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presentation to the 6th Biennal Meeting of the ESREA-ReNadET (Adult Educators, Trainers and their Professional Development network)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults, Oct 2019, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalisation d'étudiants en formation par une démarche e-portfolio. Symposium : Professionnalisation à et de l'université. G. Lameul & S. Mallard (coord.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Liorzou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Velly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What transformative links exist between research, work and training ? The example of a Bachelor's and Master's degree program in the field of training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA Access, Learning Careers and Identities Network - Adult Education as a Resource for Resistance and Transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults; University of Coimbra, Nov 2019, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution d'une démarche de recherche-formation-action en une ingénierie coopérative pour mieux accompagner le développement professionnel des étudiants. Symposium : La recherche participative pour mieux accompagner les acteurs de la formation initiale en enseignement N. Monney & A. Gagné (coord.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May &amp;quot;entrepreneurial andragogy&amp;quot; be a response to the challenges of inclusive entrepreneurship policies ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA 9th Triennial European Research Conference : Adult education research and practice : between the welfare state and neoliberalism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults; University of Belgrade, Sep 2019, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation mondialoguante au prisme de la mobilité internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pédagogie et numérique : l'enseignement supérieur au défit de la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TiceMed 11, Mar 2018, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psycho-sociological process and sense-making of transformative dilemmas in the workplace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Faller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Proceeding : ESREA Interrogating Transformative Processes in Learning and Education conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults; University Milano-Bicocca, Jun 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité filles-garçons : état des recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Gerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée à destination des lycées : Découverte des universités rennaises. Mixité et orientation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychological process and sense-making of transformative experiences in the Workplace : a French/US research project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITLC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Transformative Learning Conference; Teachers College, Université of Colombia, Nov 2018, New-York City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connected tools and the fourth age : An experiment with young people with educational difficulties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference of the ESREA Research Network on Education and Learning of Older Adults</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELOA, Oct 2018, Faro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training for entrepreneurship: the dilemma of time and isolation The case of 88 entrepreneurs of small companies in Brittany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Biennial Conference of the Italian Transformative Learning Network: "Contemporary Dilemmas and Learning for Transformation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research on the Education of Adults (ESREA), Jun 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrations, prévention et autonomisation : contribution au développement d’une santé Psychosociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences humaines et sociales à l’épreuve du terrain. Logiques d’enquêtes, approches narratives et dynamiques coopératives depuis l’école de Chicago</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implement a Lifelong Learning Approach to Enhance Learner’s Autonomy Skills within an Apprenticeship Programme in Higher Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Kiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desmontils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interaction, learning and professional development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EARLI SIG 14, Sep 2018, Genève, Switzerland. https://www.unige.ch/earlisig14/index.php/download_file/view/39/138/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation(s) et autonomisation dans les centres de langues : pratiques et enjeux COLLOQUE INVERSE Conférencier invité en tant que &amp;quot;grand témoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Huver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turid Trebbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evaluation(s) et autonomisation dans les centres de langues : pratiques et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer en anglais et construire un réseau à l'international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Netto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée AECSE "Du doctorat au métier d'enseignant.e chercheur.e"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 10 Nanterre, Jun 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto, co et écoformation : espaces et milieux dialogiques de la formation de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université François Rabelais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invitation comme &amp;quot;Grand témoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Ranacles 2018 - Évaluation(s) et autonomisation dans les centres de langues : pratiques et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg, Nov 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation &amp;quot;mondialoguante&amp;quot; par les TIC, au prisme de la mobilité inetrnationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International TiceMed11 : Pédagogie et numérque : l'enseignement supérieur au défit de la mondialisation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TiceMed11, Mar 2018, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde de clôture (avec E. Schneider, J.F. Grassin & B. Dechauvelle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RUNED 2018 - Colloque international francophone sur les Usages du numérique en éducation : Regards Critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFé-ENS, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomy, self-directed learning and metacognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devising 21st : "Diving Deep" congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et Santé : Enjeux d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque doctoral international de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Learning Contexts : Implications for access, learning careers and identities. Introduction (with B. Merrill, A. Galimberti & A. Nizinska)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA Access, Learning Careers and Identity Network Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research on the Education of Adults, Nov 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l'autoformation à l'usage des outils connectés : quand des collégiens forment des séniors. Symposium : L'éducation des 50 ans et plus. D. Kern (dir.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : "Enjeux, débats et perspectives : 50 ans de sciences de l'éducation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique, facilitateur des collaborations inter-nations en formation d'enseignants dans le supérieur : conditions et limites ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du CIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Communauté pour l'innovation et la recherche sur les technologies dans l'enseignement/apprentissage; Université du Québec à Montréal, Oct 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'internationalisation du métier, entre interculturalité et formation de soi : vers une nouvelle professionnalité des enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyages et Formation de soi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2; Université François Rabelais - Tours, Jun 2017, Rennes, France. https://voyageformation.sciencesconf.org/resource/page/id/5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomy and characteristics of experiential learning for health education: challenges of a narrative approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA - European Society for Research on the Education of Adults LHBN - Life History and Biography Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J'ai 80 ans et j'apprends a tweeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La question de la formation des personnes âgées à l'usage des outils connectés, symposium "Apres 50 ans de Sciences de l'éducation en France, qu'en est-il de l'éducation des 50+ ?" ; Enjeux, débats et perspectives, 50 ans de sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les communautés de pratique hybrides comme leviers de transformation de la pédagogie universitaire dans un établissement d'enseignement supérieur au Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Communauté pour l'Innovation et la Recherche sur les Technologies dans l'enseignement/Apprentissage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRTA, Oct 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Self-Regulated Learning in a Lifelong Learning Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour El Mawas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Garlatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Skaf-Molli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSEDU 2017 : 9th International Conference on Computer Supported Education - Special Session Lifelong Learning </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Porto, Portugal. pp.661 - 670, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006387506610670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre coopération et normalisation des environnements d’apprentissage : l’accompagnement d’étudiants en ligne dans l’élaboration de mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sources ouvertes dans l'éducation et communication des connaissances dans la société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TICEMED, laboratoire Information Milieux Médias Médiations, Centre de Recherche sur les Médiations, Institut de Recherche en Sciences de l’Information et de la Communication, Oct 2016, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01936918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programa de formación en mediación mediante intercambio de mediadores en Europa. Comparación entre Italia, Bélgica, Francia, Portugal y España.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Hernandez-Carrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Guichot-Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Faria-Fortecoëf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV Congreso de Educación Comparada: Ciudadanía mundial y Educación para el Desarrollo. Una mirada internacional.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Sevilla, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation en entreprise et pratiques d'auto-formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Piquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude : Les PME bretonnes et le numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Région Bretagne, Apr 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narration & Prévention. Présentation sous le format de « ma thèse en 180 secondes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soirée science &amp; Santé. La santé au cœur de la cité. 9 Sujets de recherches au service de l’action publique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accompagnement : réciprocité et coresponsabilité (avec J.P. Boutinet et J. Gonzales-Monteaguo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Ethique de l'Accompagnement et Agir Coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le défi intellectuel et scientifique de contribuer à un projet social émancipateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : "Activité humaine &amp; numérique : état des lieux et prospective en sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vie connectée en EPHAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque IMPEC 2016 - Interactions Multimodales Par ÉCran </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFE - Institut Français de l'Education, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l'autoformation à l'usage des outils connectés. Quand des collégiens forment des séniors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Apprendre ensemble dans la société de l'accélération", 9ème colloque sur l'autoformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomisation et parcours éducatif en santé : enjeux d’une approche narrative.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardy Anne-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au Colloque Éthique de l’Accompagnement et Agir Coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical reflection speeches (plenary session, with A. Tsimpoukli & F. Cappa)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference of ITLP Network - The role, nature and difficulties of dialogue in transformative learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITLP Network, Jun 2016, Athène, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seniors et écrans : usages du numérique à l'heure du grand âge. Symposium collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interactions Multimodales Par Ecran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMPEC 2016, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communicative skills of managers : exercising a &amp;quot;transformative authority&amp;quot; through dialogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The role, nature and difficulties of dialogue in transformative learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITLP network, Jun 2016, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construction d’un savoir expérientiel en santé : Enjeux d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre ensemble dans la société de l’accélération</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours de chercheur paramédicaux : le modèle du « praticien -chercheur »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche en éducation et en formation (AREF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AECSE, ABC-Educ, SSRE, Jul 2016, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie et caractéristiques du savoir expérientiel en santé Enjeux d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au Colloque doctoral international de l'éducation et de la formation (3ème édition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et perspectives de l'émancipation pour la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude : "Émancipation et formation de soi"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LLCP-Experice; Université Paris 8 - Vincennes Saint Denis, Dec 2016, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la recherche sur la professionnalisation des métiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche paramédicale : quels enjeux pour la pratique clinique ? 4ème journée scientifique interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFPEK, Jun 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconnaissance, dans tous les sens ? Invitation comme &amp;quot;grand témoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres inetrnationales des Réseaux d'Echanges Réciproques de Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication dans le cadre du symposium « Le e-portfolio comme dispositif d’apprentissage : quelles valeurs sous-tendent son implantation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 29ème Congrès International de l’Association Internationale de Pédagogie Universitaire (AIPU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser et mettre en œuvre des pratiques d’accompagnement coopératif en formation continue à l’université : les voies d’une perspective critique et transformatrice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Éthique de l’Accompagnement et Agir Coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambiguities of &amp;quot;collaborative competences&amp;quot; in adult education. Collaborative competences and practices of innovation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Triennial Conference of the European Society for Research on the Education of Adults (ESREA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Maynooth, Ireland. http://triennial2016.maynoothuniversity.ie/upload/files/Sanojca_E_Eneau_J.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques d'autoformation à et par la recherche des professionnels de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Colloque Autoformation : Apprendre ensemble dans la société d'accélération</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation ou valorisation de l’expérience pour le développement professionnel ? Analyse et formalisation des pratiques dans un e-portfolio de formation professionnalisante.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Colloque de l’AFIRSE - Diversidade e Complexidade da Avaliação em Educação e Formação Contributos da Investigação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIRSE, Jan 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of higher education in the process of professionalisation of adult educators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Biennal meeting of the ESREA Research Network for Adult Educators, Trainers and their Professionalisation (ReNAdET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research on the Education of Adults, Nov 2015, Cyprus, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dimension interculturelle dans les dispositifs d'apprentissage en milieu de travail: le cas du Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès international de l'ARIC: L'interculturel aujourd'hui, perspectives et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale pour la Recherche Interculturelle (ARIC), Aug 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01729319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult education and vocational training in the French university of the 21st Century : Continuity or development ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference for Vocational and Education and Culture Research Nework - "Vocational education, citizenship and participation : Problematizing relations betweek education, work and politics from contemporary and historical perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de València, Jul 2015, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche e-portfolio au service de la construction identitaire en formation d’adultes, colloque scientifique international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international e-Formation des adultes et des jeunes adultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. http://www.trigone.univ-lille1.fr/eformation2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambiguïtés de la notion de « compétences collaboratives » en formation d’adultes : le cas du dispositif Animacoop.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale internationale de l'éducation, de la formation et des pratiques professionnelles "Coopérer ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198689v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laugh in training situations and its links with professionalization of managers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Mallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 22nd Conference for Vocational and Education and Culture - research network "Vocational education, citizenship and participation: Problematizing relations between education, work and politics from contemporary and historical perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01698423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter et valoriser l’expérience en formation professionnalisante à l’Université. Analyser et formaliser les pratiques dans un démarche e-portfolio.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Colloque de l’ADMEE - L’évaluation à la lumière des contextes et des disciplines.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RVAE, Jan 2015, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation : 30 ans de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Jézégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 8e Colloque international sur l’autoformation. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01820165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs d’apprentissage interculturel en situation de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International "Politique et Idéologies en Didactique des Langues : acteurs et discours"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National des Langues et Civilisations Orientales (INALCO), Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mejora de la competencia clave de Aprender a aprender en estudiantes universitarios: el proyecto INSTALL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Padilla-Carmona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Theory of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Facultad de Ciencias de la Educación, Universidad de Sevilla, Nov 2014, Sevilla, España. pp.336-342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Places et interactions entre le sujet et l'objet de recherche : entre implication et (dés)engagement, entre &amp;quot; ruses &amp;quot; et &amp;quot; bricolages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Mallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et le politique en éducation : enjeux et débats dans le monde francophone. 82e congrès de l'ACFAS : convergence et créativité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01070266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexivity and professionalization of adult learners in university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference “Innovative Solutions to Acquire Learning to Learn (INSTALL)”. Reflexivity in Higher Education: Research and Models of Intervention for Underachieving Students</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le parcours d’une innovation sociale en éducation. Le Cas des Réseaux d’Echanges Réciproques de Savoirs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque annuel des étudiants des cycles supérieurs du CRISES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective d’autoformation transformatrice soutenue par une démarche e-portfolio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Colloque sur l’Autoformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des adultes au pluralisme culturel en contexte professionnel : quelle place pour l’apprentissage informel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International "Culture, éducation, identité : recompositions socioculturelles, transculturalité et interculturalité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The students as self-managers and agents of quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality for New Forms and Contexts of Teaching and Learning”,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Centre for the Development of Vocational Training (CEDEFOP), Oct 2014, Thessalonique, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Analysis of Practices as a melting-pot for the building of professional positions in block-release training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research ECER 2014, "The Past, the Present and Future of Educational Research in Europe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to develop university lifelong learning programmes: from the needs analysis to the design; dialogue between research and practice (workshop leader)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Autumn Seminar of the European University Continuing Education Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUCEN, Nov 2014, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interculturalité à l’heure du numérique : ce que les dispositifs de formation hybride nous apprennent des rencontres interculturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Cultures au Maghreb. Représentations et interactions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Chouaîb Doukkali, Apr 2014, El Jadida, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La distance transactionnelle : les deux variables de « l’ouverture » et du « dialogue » vues sous l’angle de sa dimension sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international e-éducation : "Place de l’apprenant et repositionnement des enseignants à l’ère des réseaux sociaux de formation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESEN-ESR, May 2013, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionalizing adult learners in the French University: a case-study using portfolios and reflexive analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference "Professionalisation of Adult Educators - International and Comparative Perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA Research network “Adult Educators, Trainers and their Professional Development" (ReNAdET) - Asia-Europe Meeting for Lifelong Learning (ASEM LLL), Nov 2013, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Asking for recognition”: an exploratory research for a theoretical framework.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop for IDEAL Project - The Practices and Outlooks of Accreditation of Prior Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les voies de la reconnaissance de la qualification des professionnels de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle professionnalisation pour les métiers de la formation au XXIème siècle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’été de l’Association Française de Réflexion et d’Echange sur la Formation (AFREF), Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Self-directed Learning to Self-formation: Transforming the Self through Bildung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Learning meets Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pädagogische Hochschule, Jun 2013, Freiburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La distance transactionnelle : les deux dimensions de l’ouverture et du dialogue vue sous l’angle de la présence.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Jézégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ESEN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01820240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training managers: a case study of a French corporate university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Mallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th European Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01698455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique et les fonctions formatives de l’entreprise.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée “La formation à l'épreuve du numérique”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does design and practices of Hybrid Learning impact on the professional development of HE professors?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deschryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research - ECER 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Transformative Learning at the University: a Case Study of Action-Learning in an Adult Learning Educational Program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research - ECER 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Learning, Institutional Reforms and Professional Development of University Teachers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research - ECER 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage collaboratif en ligne : les déterminants du pari sur la confiance et la collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Echanger pour apprendre en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPAL, Jun 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does design and practices of hybrid learning impact on the professional development of HE professors?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deschryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Biennal of the International Study Association on Teachers and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISATT, Jul 2011, Braga, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité éducative et réseaux d’échanges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence d’ouverture des 2ndes Assises Inter-régionales "Différent et compétent"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARESAT, Oct 2011, Chartres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique &amp;quot;e-learning et Pédagogie universitaire numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions sur la "pédagogie universitaire numérique". Regard et rôle de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INPR, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître l’expérience pour valider les acquis : quel accompagnement pour quelle reconnaissance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REF : Professionnalités des formateurs dans les dispositifs de formation continuée. Le cas des dispositifs centrés sur l’expérience des formés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Louvain, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités et métiers de la formation : quels enjeux, quels spécificités ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du Réseau des Universités Préparant aux Métiers de la Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures d'apprentissage et scénarios pédagogiques : concilier différence et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque TICEMed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Barcelone, Espagne. tools.ticemedconf.org/en/upload/article/479122090.doc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des dispositifs de formation hybrides sur le développement professionnel. Elaboration d'un cadre conceptuel et méthodologique dans la recherche Hy-Sup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Lietard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Questions de Pédagogie dans l'Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Angers, France. pp.173-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training the trainers at the University in time of crisis: implications of Transformative Learning for adult learning, educational programs and curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Learning in Time of Crisis: Individual and Collective Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Athens, Greece. pp.596-603</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00860639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working together to enhance learner's autonomy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Develotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual conference of the EUROCALL association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Valencia, Spain. pp.91-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00856761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l’autonomie au travail : les apports de la réciprocité à un modèle de l’autoformation en contexte organisationnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Biennales Durkheim / Mauss.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalité de l’enseignant universitaire en ligne : chef de projet ou tuteur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance et validation des acquis: se reconnaître, être reconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et validation des acquis: se reconnaître, être reconnu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalité des enseignants : (se) former dans les environnements numériques d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse. pp.157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation des TIC et professionnalisation par l'affordance : attribuer une fonction aux outils synchrones et asynchrones pour réguler les activités d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse. pp.235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complémentarité des outils de régulations synchrones et asynchrones dans une activité d'apprentissage collaborative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jocair</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amiens, France. pp.155-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crédibilité et confiance en ligne : catégorisation des interventions sur un forum de FOAD.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire des scénarios collaboratifs pour l’apprentissage en ligne et à distance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages des TIC : enseignement ou tutorat ? Etude des changements de pratiques chez les enseignants-chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Echanger pour apprendre en ligne (EPAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France. http://w3.u-grenoble3.fr/epal/actes.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la professionnalisation de futurs tuteurs en langues : le cas de l'apprentissage d'une langue étrangère à distance en synchronie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Poyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Echanger pour apprendre en ligne (EPAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France. http://w3.u-grenoble3.fr/epal/actes.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions de la confiance et de la crédibilité dans une activité d'apprentissage collaboratif en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque TICEMed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Milan, Italie. http://isdm.univ-tln.fr/PDF/isdm39/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration et mémoires externes dans une formation en ligne : le rôle de la confiance dans un environnement virtuel d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Echanger pour apprendre en ligne (EPAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France. http://w3.u-grenoble3.fr/epal/actes.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accès à la formation et inégalités liées au sexe : représentations sociales de la formation professionnelle chez des femmes cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystèle Budaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La diversité : questions pour les sciences sociales - Egalité dans l'emploi, Discrimination au travail et Management de la diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and credibility in an online computer-supported collaborative learning (CSCL) task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Conference on Computers in Education - IFIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Conference on Computers in Education (WCCE) - International Federation for Information Processing (IFIP), Jul 2009, Bento Gonçalves, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration et mémoires externes dans une formation en ligne : le rôle de la confiance dans un environnement virtuel d’apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPAL - Echanger Pour Apprendre en Ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité comme condition du développement de l'autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales MRERS-MIRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Evry, France. pp.361-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIC et enseignement universitaire : vers une nouvelle professionnalité enseignante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de pédagogies dans l'enseignement supérieur - Enseigner, étudier dans le supérieur : pratiques pédagogiques et finalités éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Brest, France. pp.267-274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reprendre ses études en ligne à l’Université : construire la confiance et coopérer à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPAL - Echanger Pour Apprendre en Ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02019693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénario d'apprentissage collaboratif à distance et en ligne : des compétences relationnelles sollicitées et /ou développées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tice Méditerranée - L'humain dans la formation à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00418157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polysémie autour de la notion d’abandon dans l’enseignement supérieur : clarifications sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Pleven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54/2, pp.463 - 495-463 - 495. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1450g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05121845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport à la pédagogie du supérieur : le cas des enseignants en école d’architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Audran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 59 (1), pp.63-81. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdle.059.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05152403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demande d’aide et engagement en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 238 (2024-1), https://education-permanente.com/catalogue/n238/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04532706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus entrepreneurial et formation des entrepreneurs : rôles du dilemme et des pairs dans l’élaboration du rapport au temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 26, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rechercheseducations.14184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à, par ou pour la recherche, en ingénierie de formation : le cas d’un Master en formation d’adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brémaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (4), pp.167-190. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1106793ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences communicatives interculturelles en contexte hétérogène : (trans)formation et transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Bezzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs : Revue internationale de recherches en éducation et formation des adultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 59 (2), pp.73-91. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/savo.059.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Ricœur et Axel Honneth : deux recours fondateurs pour l’éducation et la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Langar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/3 - Vol 11, pp.98-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Learners’ Autonomy With E-Portfolios And Open Learner Models: A Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Kiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education Thinking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (1), pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03167146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mimétisme et isomorphie : réagencements et adaptations d’un dispositif de formation à son environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TransFormations : Recherche en éducation et formation des adultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (2021-21), pp.4-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d’un dispositif de formation de professeurs stagiaires en physique-chimie pour développer l’autonomie des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Bouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boilevin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23, pp.29-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du récit partagé : une pragmatique de l’attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Qualitatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (2), pp.34. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1084066ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former demain ? Perspectives pour l'autoformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Numéro spécial 50ème anniversaire - Former demain. Utopies, enjeux, tendances, 220-221, pp.89-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repérer les compétences collaboratives et les compétences interculturelles en formation d'adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 218, pp.143-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie et altérités en santé : Enjeux et limites d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (1), pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When young students train seniors with digital tools: intergenerational reciprocity and co-education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bildungsforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1-2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche paramédicale permet-elle de transformer les organisations de santé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kinésithérapie Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 599, pp.21-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le temps des autres pour se former soi-même : les dispositifs d’auto et de coformation au prisme de la temporalité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215, pp.137-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche paramédicale : levier de reconnaissance au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102, pp.47-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’expérience dans le processus d’autonomisation en santé. Enjeux des médiations narratives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardy Anne-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 6 (3), pp.51-63. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/phron.063.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autoformation comme voyage, entre Bildung et transformation de soi.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Voyage, mobilité et formation de soi, 211, pp.149-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation, autonomisation et émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16, pp.21-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures d’apprentissage et scénarios pédagogiques : concilier différence et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29, pp. 49-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01935456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement professionnel infirmier en promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nagels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en soins infirmiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 118 (118), pp.74-83. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsi.118.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stage en formation alternée dans l'enseignement supérieur: pour quel développement professionnel?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Le stage en formation, tendances et résistances., 35, http://edso.revues.org/689. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edso.689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démarche qualité des organismes de formation : de la professionnalisation des acteurs à la reconnaissance des organisations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souâd Denoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 46 (4), pp.23-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Réseaux d'Echanges Réciproques de Savoirs à l'heure du numérique : analyse des réseaux comme dispositifs de formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Hors Série 5, 2 (Numéro spécial), pp.139-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01685435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working online together to enhance learner autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Develotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReCALL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24 (1), pp.3-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former et se transformer : perspective critique et formation universitaire aux métiers de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de pédagogie de l’enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28-1/2012, http://ripes.revues.org/585</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un scénario collaboratif pour développer l'apprentissage d'adultes, en ligne et à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 68, pp.95-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00852377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une typologie des dispositifs hybrides de formation en enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Burton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borruat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Coltice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deschryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distances et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (1), pp.69-96. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DS.9.69-96⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés de chercheurs praticiens sur le dispositif de formation hybride FORSE : comment les enseignants transforment-ils leur modèle pédagogique en intervenant en ligne?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00619556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation face aux évolutions du contexte français de la formation professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carriériologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.57-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire la confiance pour construire les savoirs : Apprendre ensemble, en ligne, sans se connaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; formations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 290, pp.41-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire la confiance pour construire les savoirs : apprendre ensemble, en ligne, sans se connaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Education Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, n°e-290, pp.41-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Autonomy to Reciprocity, or Vice Versa?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult Education Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 58 (3), pp.229-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénario d'apprentissage collaboratif à distance et en ligne : des compétences relationnelles sollicitées et /ou développées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informations, Savoirs, Décisions et Médiations [Informations, Sciences for Decisions Making ] </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01565163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujet(s), société(s) et autoformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole A. Tremblay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168, pp.75-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social and cultural stakes of the transformations of work and training: place and displacement of research in adult education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult education in times of crisis and change: perspectives on access, learning careers and identities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA Access, Learning Careers and Identities Network; University of Algarve, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The joint professionalization of adult education in higher education, from a critical and transformative perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New seeds for a world to come. Policies, practices, and lives in adult education and learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ledizioni; University of Milano Bicocca, Department of Human Sciences for Education, pp.71-82, 2023, 978-88-5526-918-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d'éducation et processus d'émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Gueudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Blocher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brigitte Albero; Ghislaine Gueudet; Jérôme Eneau; Jean-Noël Blocher. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Formes d'éducation et processus d'émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, RENNES, France. Presses Universitaires de Rennes, 151 p., 2015, Païdeia, 978-2-7535-3550-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les « éducations à » dictionnaire critique des enjeux et concepts, Édition revue et augmentée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.454-458, 2024, 978-2-336-43959-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation (2ème édition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.155-159, 2022, 9782807340534</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité, autoformation et histoires de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt-cinq ans de vie d'une collection. Quelle (s) histoire (s) en formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-269, 2021, Histoire de vie et formation, 978-2-343-24844-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May entrepreneurial andragogy be a response to the challenges of inclusive entrepreneurship policies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institute for Pedagogy and Andragogy, Faculty of Philosophy, University of Belgrade, Serbia; ESREA - European Society for Research on the Education of Adults; Adult Education Society, Serbia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Navigating through Contemporary World with Adult Education Research and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.539-555, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation « mondialoguante » par les TIC au prisme de la mobilité internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Émilie Remond; Luc Massou; Philippe Bonfils; Khalid Berrada. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement supérieur et numérique : mondialisation, mobilités : colloque, 28-30 mars 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN-Éditions Universitaires de Lorraine, Nancy, pp.123-132, 2021, 9782814305953</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autoformation &amp;quot;mondialoguante&amp;quot; par les TICE, au prisme de la mobilité internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Nancy - Editions Universitaires de Lorraine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement supérieur et numérique Mondialisation, mobilités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.123-132, 2021, 2814305956</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May ‘entrepreneurial andragogy’ present a space for more humanistic education in response to the challenges of ‘inclusive entrepreneurship policies’?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FPCEUC - Faculty of Psychology and Education Sciences, University of Coimbra, Portugal; CEAD - Centre for the Research on Adult Education and Community Intervention, University of Algarve, Portugal; ESREA - European Society for Research on the Education of Adults. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult education as a resource for resistance and transformation: voices, learning experiences, identities of student and adult educators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.249-255, 2020, 978-86-80712-40-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What transformative links exist between research, work and training?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FPCEUC - Faculty of Psychology and Education Sciences, University of Coimbra, Portugal; CEAD - Centre for the Research on Adult Education and Community Intervention, University of Algarve, Portugal; ESREA - European Society for Research on the Education of Adults. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult education as a resource for resistance and transformation: voices, learning experiences, identities of student and adult educators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.307-314, 2020, 978-86-80712-40-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser et mettre en œuvre des pratiques d'accompagnement coopératif en formation continue à l'université : les voies d'une perspective critique et transformatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Pesce; H. Breton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accompagnement en éducation et formation : dimensions collectives, coopératives et partenariales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Passage aux actes, Téraèdre, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communicative skills of managers : exercing a &amp;quot;transformative authority&amp;quot; through dialogue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Fergal; T. Fleming; A. Kokkos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European perspectives of Transformation Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgram Macmillan, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre coopération et normalisation des environnements d'apprentissage : l'accompagnement des étudiants &amp;quot;en ligne&amp;quot; dans l'élaboration de mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Massou; Brigitte Juanals; Philippe Bonfils; Philippe Dumas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sources ouvertes numériques : usages éducatifs, enjeux communicationnels : colloque international, École de journalisme et de communication d'Aix-Marseille, 13-14 octobre 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN - Éditions universitaires de Lorraine, Nancy, pp.205-220, 2019, 9782814305465</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between formal and informal adult learning: the case of 78 Breton entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ESREA; Université Rennes 2. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">B. Merrill, A. Nizinska, A. Galimberti, J. Eneau, E. Sanojca &amp; S. Bezzari, Exploring learning contexts: implications for access, learning careers and identities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-213, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From self-directed learning to self-formation: transforming the self through Bildung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A. Laros, T. Fuhr &amp; E.W. Taylor (Eds). Transformative Learning meets Bildung. An international exchange</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.165-178, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique des enjeux et concepts des "éducations à" </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.405-412, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation d’adultes et dispositifs hybrides : comment « faire confiance à distance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La confiance en questions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.143-164, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A.S. Deschamps; H. Pentecouteau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l'accompagnement à l'émancipation. Des pratiques questionnées à partir de l'expérience au Secours Catholique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2016, Collection Défis formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre projet intellectuel et projections sur l’action. De l’intention à la réalisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Gueudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Blocher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUR. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes d’éducation et processus d’émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-18, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures d’apprentissage et scénarios pédagogiques : concilier différence et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Bonfils; Philippe Dumas; Luc Massou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TICE et multiculturalités Usages, publics et dispositifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN - Éditions universitaires de Lorraine, pp.49-68, 2015, 9782814302648</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From self-directed learning to self-formation: transforming the self through Bildung.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sense publishers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Learning meets Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des adultes au pluralisme culturel en contexte professionnel : quelle place pour l’apprentissage informel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artois Presses Université (Collection Education et formation). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">O. Meunier (dir.). Culture, éducation, identité : recompositions socioculturelles, transculturalité et interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.311-321, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-94, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître l’expérience pour valider les acquis : quel accompagnement pour quelle reconnaissance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences des adultes et professionnalités des formateurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.146-155, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité et reconnaissance : se reconnaître, être reconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handicap, Reconnaissance en acte(s), formation tout au long de la vie. Les ESAT : lieu d'innovation sociale et d'ingénierie de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Erès, pp.115-126, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desafío sociales en la formación de adultos en la era digital. Equidad y ética.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El uso de las TIC en las universidades : espejismos et disimulos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autónoma del Estado de Morelos, pp.61-92, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation et collaboration en ligne : rôles de la réciprocité, de la coopération et de la confiance pour le développement de l’autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chronique sociale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renforcer l'autoformation. Aspects sociaux et dimensions pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-120, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'évaluation à l'évaluation formative.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sites qualifiants. Établissements de formation au travail social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Téraèdre, pp.73-87, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational reciprocity and developing learner autonomy : the social dimension of self-directed learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Becoming Oneself : Dimensions of "Bildung" and the Facilitation of Personality Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag, pp.29-54, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnaliser les métiers de la formation à l'Université : de la &amp;quot;formation de formateurs&amp;quot; à la &amp;quot;formation à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compétences des acteurs de l'éducation : perspectives internationales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Peisaj, pp.195-212, 2011, Collection Cogito</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la professionnalisation de futurs tuteurs en langues : le cas de l'apprentissage d'une langue étrangère à distance en synchronie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Poyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Nissen, F. Poyet &amp; T. Soubrié. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interagir et apprendre en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Littéraires et Linguistiques, pp.77-93, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de la réciprocité au développement de l’autonomie de l’apprenant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chronique sociale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parier sur la réciprocité. Vivre la solidarité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-135, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chronique sociale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parier sur la réciprocité. Vivre la solidarité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-16, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'autonomie au travail : les apports du don, de la coopération et de la réciprocité pour l'autoformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et dons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université de Nancy, pp.215-234, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions de la confiance et de la crédibilité dans une activité d'apprentissage à distance et en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissage Ubiquitaire et Web 2.0</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Scriptaweb, pp.354-371, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'autonomie au travail : les apports de la réciprocité à une modèle de l'autoformation en contexte organisationnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Jacquot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et dons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.199-215, 2011, Salariat et Transformations Sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'apprenant à la personne : contributions de Ricoeur aux travaux sur la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l'Université Laval - ENS Lyon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Ricœur et la question éducative </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.135-153, 2011, Collection Education et culture, 9782847883183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De las TIC a las TICE : integración de las tecnologías en las prácticas de enseñanza en la universidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Espinosa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">esores y estudiantes en las redes. Universidades Publicas y Tecnologías de la Información y la Comunicación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa Juan Pablos, pp.19-44, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie de l'apprenant et dimensions affectives de l'autoformation. Etude exploratoire dans les Centres de Ressources en Langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Candas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Albero et N. Poteaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enjeux et dilemmes de l'autonomie. Une expérience d'autoformation à l'université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Maison des Sciences de l'Homme, pp.141-167, 2010, praTICs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du développement de l'autonomie à la construction de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : questions d'hier et d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.189-208, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exemple d'un parcours collégial, entre personnalisme et réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : questions d'hier et d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.61-80, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : regards de praticiens-chercheurs sur l'apprentissage des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : questions d'hier et d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.15-26, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation et nouveaux dispositifs de formation en situation de travail: construire la confiance à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Triby et Éric Heilmann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A distance : apprendre, travailler, communiquer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université de Strasbourg, pp.187-200, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former des &amp;quot;hyper-apprenants&amp;quot; : enjeux et déterminants actuels de la formation professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Formateurs face aux Technologies de l'Information et de la Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, REFAD, pp.29-51, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la recherche xCALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (illustration)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité humaine & numérique : état des lieux et prospective en éducation & formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raison et Passion. 2019, 978 2 917645 69 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring learning contexts : implications for access, learning carreers and identities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Merrill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrianna Nizinska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Galimberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Rennes 2; ESREA. 2019, 978-2-9564498-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages, mobilité et formation de soi.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Brémaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : Questions d'hier et d'aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.256, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La part d'autrui dans la formation de soi - Autonomie, autoformation et réciprocité en contexte organisationnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.330, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconstruction permanente de l'identité : de l'apprenant à la personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie, apprentissage, formation : délimitations et instruments conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, https://youtu.be/BCZipqQNhFM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’UTICE et la recherche universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles conditions pour la mise en place d'une stratégie Recherche-Formation-Innovation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner du sens à la formation pour les publics dans les quartiers prioritaires.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place des apprenants et repositionnement des enseignants à l'ère des réseaux sociaux de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Doueihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cassilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Jauréguiberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités et métiers de la formation : Transformation(s) et Reconnaissance(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, http://videos.univ-lorraine.fr/index.php?act=view&amp;id=399</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux fondements de la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, http://shs-app.univ-rouen.fr/civiic/index.php?id=1105)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le défi des relations intergénérationnelles pour les managers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egalité Hommes-Femmes : débats et questions pour les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et usages du numérique : enjeux pour la pédagogie universitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, http://www.univ-rennes2.fr/system/files/UHB/SERVICE-COMMUNICATION/Prog-JIR-web.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités et métiers de la formation : quels enjeux, quelles spécificités ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconnaissance de l'expérience par le dispositif de VAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, http://www.sites.univ-rennes2.fr/webtv/appel_film.php?lienFilm=690</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité éducative et formation des seniors : une chance pour les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité d'enseignants-chercheurs en situations d'enseignement médiatisées par le numérique - rapport d'activité du projet QUALIFORNUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Hoarau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Rennes 2; CREAD; Université Bretagne Loire. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et formation des adultes : enjeux de la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ATHENA. 2017, pp.140-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final d’expérimentation &amp;quot;Usages pédagogiques des médias sociaux dans des dispositifs en alternance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bouvignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nocera-Picand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Européenne de Bretagne - UEB C@mpus. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equité et éthique : enjeux sociaux de la formation d'adultes à l'heure du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'usage de l'hypertexte : une dynamique favorisant les processus métacognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00587845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences sociales et FOAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00587096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une modèle d'organisation autoformatrice. Apports du concept de réciprocité à une perspective d'autonomisation en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université de Montréal; Université de Strasbourg, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00588883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId374"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jerome Eneau </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités Sciences de l’Éducation et de la FormationCREAD - Université Rennes 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jerome-eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1874-1299</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077013808</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences de la formation. Évolutions disciplinaires et perspectives situées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (3), 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04985152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (130)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les interactions entre les groupes professionnels dans les établissements d'hébergement pour personnes âgées dépendantes (EHPAD), entre coopération, tensions et ajustements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l’EHPAD comme objet, contexte et terrain de recherche : le défi du croisement des disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collectif RIRE, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming professional practices: the role of dialogue in nursing home settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogue in and through Adult Education and Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA Triennial Conference 2025, Sep 2025, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogical Aspects of Student Nursing Dropout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Pleven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ESREA triennial conference Dialogue in and through adult education and learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA_ University of Karlova, Prague, Sep 2025, Prague (CZ), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeking or not Seeking Help? Using an Online Learning Environment in an Adult Training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Betrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIS Research Network Sociology of Education International Mid-term Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIS - Sociologia de l'educazione, Apr 2023, Palerme (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérontechnologie et INM : vers une transformation du travail en EHPAD ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénald Gaboriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National USPALZ 2023 (unités de soins d'évaluation et de prise en charge Alzheimer)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, USPALZ, Dec 2023, Issy-les-Moulineaux, France, France. pp.ISSN 1248-9077</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting the autonomy of adults with Alzheimer's disease with non-drug care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educating and learning across the lifespan – adult educators and older learners perspectives. Theory, research, practice, and policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA; Talinn University and School of Educational Sciences, Nov 2023, Talinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04278368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se transformer au travail par la pratique des communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale Internationale de l’Éducation, la Formation et les pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-ICP, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité au cœur de la construction de soi, par soi, par autrui, par et dans le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Heber-Suffrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale Internationale de l’Éducation, la Formation et les pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-ICP, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et facteurs d’appropriation d’une gérontechnologie en EHPAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marsouin séminaire 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Marsouin, May 2023, Lanester, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La demande d’aide dans le cadre d’une formation pour adultes mobilisant une plateforme d’apprentissage en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale de l'éducation, de la formation et des pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autorégulation des apprentissages dans une formation pour adulte. L’exemple de la demande d’aide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fahima Djelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autorégulation environnementale dans une formation pour adultes en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum citoyen international de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le champ d'études des &amp;quot;gérontechnologies&amp;quot;, évolution du domaine et axes thématiques liés aux Sciences de l’Éducation et de la Formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des 20 ans de Marsouin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Marsouin, May 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de l’alternance à l’Université à l’épreuve de la réforme de 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque RUMEF - La réforme permanente de la formation continue. Quels enjeux pour l’éducation des adultes et les métiers de la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RUMEF - Université Picardie Jules Verne, Mar 2021, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche critique et constructive de la formation des adultes (Symposium coordonné par Isabelle Houot et Emmanuel Triby : Se faire adulte avec la formation. Pour un observatoire critique des transformations de la formation des adultes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale de l’Éducation, de la Formation et des Pratiques Professionnelles : "faire/se faire"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03620366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des médias connectés à la médiation intergénérationnelle. Une expérience d’apprentissages réciproques entre séniors et jeunes décrocheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TICEMED 12 L'éducation aux médias tout au long de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Athènes, Grèce. pp.301-309</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Formation-Action-Recherche à l’Université et son ingénierie coopérative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale Internationale de l’Education, la Formation et les pratiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-ICP, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May &amp;quot;entrepreneurial andragogy&amp;quot; be a response to the challenges of inclusive entrepreneurship policies ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA 9th Triennial European Research Conference : Adult education research and practice : between the welfare state and neoliberalism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults; University of Belgrade, Sep 2019, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ingénierie de l'accompagnement en formation continue comme levier de développement. Symposium : Professionnalisation à et de l'université. G. Lameul & S. Mallard (coord.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalisation à l'Université, professionnalisation de l'Université : l'ingénierie de l'accompagnement en formation continue comme levier de développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How action research in Second Chance Schools can help actors reflect on and develop an empowering approach at the university level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lavielle-Gutnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presentation to the 6th Biennal Meeting of the ESREA-ReNadET (Adult Educators, Trainers and their Professional Development network)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults, Oct 2019, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalisation d'étudiants en formation par une démarche e-portfolio. Symposium : Professionnalisation à et de l'université. G. Lameul & S. Mallard (coord.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Liorzou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Velly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What transformative links exist between research, work and training ? The example of a Bachelor's and Master's degree program in the field of training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA Access, Learning Careers and Identities Network - Adult Education as a Resource for Resistance and Transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults; University of Coimbra, Nov 2019, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution d'une démarche de recherche-formation-action en une ingénierie coopérative pour mieux accompagner le développement professionnel des étudiants. Symposium : La recherche participative pour mieux accompagner les acteurs de la formation initiale en enseignement N. Monney & A. Gagné (coord.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Actualité de la Recherche en Éducation et en Formation; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation mondialoguante au prisme de la mobilité internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pédagogie et numérique : l'enseignement supérieur au défit de la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TiceMed 11, Mar 2018, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psycho-sociological process and sense-making of transformative dilemmas in the workplace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Faller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Proceeding : ESREA Interrogating Transformative Processes in Learning and Education conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research in the Education of Adults; University Milano-Bicocca, Jun 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training for entrepreneurship: the dilemma of time and isolation The case of 88 entrepreneurs of small companies in Brittany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Biennial Conference of the Italian Transformative Learning Network: "Contemporary Dilemmas and Learning for Transformation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research on the Education of Adults (ESREA), Jun 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connected tools and the fourth age : An experiment with young people with educational difficulties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference of the ESREA Research Network on Education and Learning of Older Adults</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELOA, Oct 2018, Faro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychological process and sense-making of transformative experiences in the Workplace : a French/US research project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITLC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Transformative Learning Conference; Teachers College, Université of Colombia, Nov 2018, New-York City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité filles-garçons : état des recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Gerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée à destination des lycées : Découverte des universités rennaises. Mixité et orientation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrations, prévention et autonomisation : contribution au développement d’une santé Psychosociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences humaines et sociales à l’épreuve du terrain. Logiques d’enquêtes, approches narratives et dynamiques coopératives depuis l’école de Chicago</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implement a Lifelong Learning Approach to Enhance Learner’s Autonomy Skills within an Apprenticeship Programme in Higher Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Kiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desmontils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interaction, learning and professional development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EARLI SIG 14, Sep 2018, Genève, Switzerland. https://www.unige.ch/earlisig14/index.php/download_file/view/39/138/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer en anglais et construire un réseau à l'international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Netto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée AECSE "Du doctorat au métier d'enseignant.e chercheur.e"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 10 Nanterre, Jun 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invitation comme &amp;quot;Grand témoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Ranacles 2018 - Évaluation(s) et autonomisation dans les centres de langues : pratiques et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg, Nov 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation &amp;quot;mondialoguante&amp;quot; par les TIC, au prisme de la mobilité inetrnationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International TiceMed11 : Pédagogie et numérque : l'enseignement supérieur au défit de la mondialisation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TiceMed11, Mar 2018, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto, co et écoformation : espaces et milieux dialogiques de la formation de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université François Rabelais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation(s) et autonomisation dans les centres de langues : pratiques et enjeux COLLOQUE INVERSE Conférencier invité en tant que &amp;quot;grand témoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Huver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turid Trebbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evaluation(s) et autonomisation dans les centres de langues : pratiques et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomy, self-directed learning and metacognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devising 21st : "Diving Deep" congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et Santé : Enjeux d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque doctoral international de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde de clôture (avec E. Schneider, J.F. Grassin & B. Dechauvelle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RUNED 2018 - Colloque international francophone sur les Usages du numérique en éducation : Regards Critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFé-ENS, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les communautés de pratique hybrides comme leviers de transformation de la pédagogie universitaire dans un établissement d'enseignement supérieur au Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Communauté pour l'Innovation et la Recherche sur les Technologies dans l'enseignement/Apprentissage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRTA, Oct 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Self-Regulated Learning in a Lifelong Learning Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour El Mawas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Garlatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Skaf-Molli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSEDU 2017 : 9th International Conference on Computer Supported Education - Special Session Lifelong Learning </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Porto, Portugal. pp.661 - 670, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006387506610670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J'ai 80 ans et j'apprends a tweeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La question de la formation des personnes âgées à l'usage des outils connectés, symposium "Apres 50 ans de Sciences de l'éducation en France, qu'en est-il de l'éducation des 50+ ?" ; Enjeux, débats et perspectives, 50 ans de sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l'autoformation à l'usage des outils connectés : quand des collégiens forment des séniors. Symposium : L'éducation des 50 ans et plus. D. Kern (dir.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : "Enjeux, débats et perspectives : 50 ans de sciences de l'éducation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Learning Contexts : Implications for access, learning careers and identities. Introduction (with B. Merrill, A. Galimberti & A. Nizinska)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA Access, Learning Careers and Identity Network Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research on the Education of Adults, Nov 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique, facilitateur des collaborations inter-nations en formation d'enseignants dans le supérieur : conditions et limites ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du CIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Communauté pour l'innovation et la recherche sur les technologies dans l'enseignement/apprentissage; Université du Québec à Montréal, Oct 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'internationalisation du métier, entre interculturalité et formation de soi : vers une nouvelle professionnalité des enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyages et Formation de soi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2; Université François Rabelais - Tours, Jun 2017, Rennes, France. https://voyageformation.sciencesconf.org/resource/page/id/5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomy and characteristics of experiential learning for health education: challenges of a narrative approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA - European Society for Research on the Education of Adults LHBN - Life History and Biography Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques d'autoformation à et par la recherche des professionnels de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Colloque Autoformation : Apprendre ensemble dans la société d'accélération</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narration & Prévention. Présentation sous le format de « ma thèse en 180 secondes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soirée science &amp; Santé. La santé au cœur de la cité. 9 Sujets de recherches au service de l’action publique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programa de formación en mediación mediante intercambio de mediadores en Europa. Comparación entre Italia, Bélgica, Francia, Portugal y España.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Hernandez-Carrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Guichot-Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Faria-Fortecoëf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV Congreso de Educación Comparada: Ciudadanía mundial y Educación para el Desarrollo. Una mirada internacional.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Sevilla, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation en entreprise et pratiques d'auto-formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Piquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude : Les PME bretonnes et le numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Région Bretagne, Apr 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre coopération et normalisation des environnements d’apprentissage : l’accompagnement d’étudiants en ligne dans l’élaboration de mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sources ouvertes dans l'éducation et communication des connaissances dans la société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TICEMED, laboratoire Information Milieux Médias Médiations, Centre de Recherche sur les Médiations, Institut de Recherche en Sciences de l’Information et de la Communication, Oct 2016, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01936918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construction d’un savoir expérientiel en santé : Enjeux d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre ensemble dans la société de l’accélération</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vie connectée en EPHAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque IMPEC 2016 - Interactions Multimodales Par ÉCran </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFE - Institut Français de l'Education, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l'autoformation à l'usage des outils connectés. Quand des collégiens forment des séniors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Apprendre ensemble dans la société de l'accélération", 9ème colloque sur l'autoformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le défi intellectuel et scientifique de contribuer à un projet social émancipateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : "Activité humaine &amp; numérique : état des lieux et prospective en sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accompagnement : réciprocité et coresponsabilité (avec J.P. Boutinet et J. Gonzales-Monteaguo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Ethique de l'Accompagnement et Agir Coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communicative skills of managers : exercising a &amp;quot;transformative authority&amp;quot; through dialogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The role, nature and difficulties of dialogue in transformative learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITLP network, Jun 2016, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seniors et écrans : usages du numérique à l'heure du grand âge. Symposium collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interactions Multimodales Par Ecran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMPEC 2016, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical reflection speeches (plenary session, with A. Tsimpoukli & F. Cappa)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference of ITLP Network - The role, nature and difficulties of dialogue in transformative learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITLP Network, Jun 2016, Athène, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomisation et parcours éducatif en santé : enjeux d’une approche narrative.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardy Anne-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au Colloque Éthique de l’Accompagnement et Agir Coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours de chercheur paramédicaux : le modèle du « praticien -chercheur »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche en éducation et en formation (AREF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AECSE, ABC-Educ, SSRE, Jul 2016, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie et caractéristiques du savoir expérientiel en santé Enjeux d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au Colloque doctoral international de l'éducation et de la formation (3ème édition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et perspectives de l'émancipation pour la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude : "Émancipation et formation de soi"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LLCP-Experice; Université Paris 8 - Vincennes Saint Denis, Dec 2016, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la recherche sur la professionnalisation des métiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche paramédicale : quels enjeux pour la pratique clinique ? 4ème journée scientifique interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFPEK, Jun 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambiguities of &amp;quot;collaborative competences&amp;quot; in adult education. Collaborative competences and practices of innovation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Triennial Conference of the European Society for Research on the Education of Adults (ESREA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Maynooth, Ireland. http://triennial2016.maynoothuniversity.ie/upload/files/Sanojca_E_Eneau_J.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication dans le cadre du symposium « Le e-portfolio comme dispositif d’apprentissage : quelles valeurs sous-tendent son implantation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 29ème Congrès International de l’Association Internationale de Pédagogie Universitaire (AIPU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser et mettre en œuvre des pratiques d’accompagnement coopératif en formation continue à l’université : les voies d’une perspective critique et transformatrice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Éthique de l’Accompagnement et Agir Coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconnaissance, dans tous les sens ? Invitation comme &amp;quot;grand témoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres inetrnationales des Réseaux d'Echanges Réciproques de Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter et valoriser l’expérience en formation professionnalisante à l’Université. Analyser et formaliser les pratiques dans un démarche e-portfolio.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Colloque de l’ADMEE - L’évaluation à la lumière des contextes et des disciplines.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RVAE, Jan 2015, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation ou valorisation de l’expérience pour le développement professionnel ? Analyse et formalisation des pratiques dans un e-portfolio de formation professionnalisante.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Colloque de l’AFIRSE - Diversidade e Complexidade da Avaliação em Educação e Formação Contributos da Investigação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIRSE, Jan 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of higher education in the process of professionalisation of adult educators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Biennal meeting of the ESREA Research Network for Adult Educators, Trainers and their Professionalisation (ReNAdET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Research on the Education of Adults, Nov 2015, Cyprus, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dimension interculturelle dans les dispositifs d'apprentissage en milieu de travail: le cas du Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès international de l'ARIC: L'interculturel aujourd'hui, perspectives et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale pour la Recherche Interculturelle (ARIC), Aug 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01729319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult education and vocational training in the French university of the 21st Century : Continuity or development ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference for Vocational and Education and Culture Research Nework - "Vocational education, citizenship and participation : Problematizing relations betweek education, work and politics from contemporary and historical perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de València, Jul 2015, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambiguïtés de la notion de « compétences collaboratives » en formation d’adultes : le cas du dispositif Animacoop.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale internationale de l'éducation, de la formation et des pratiques professionnelles "Coopérer ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198689v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche e-portfolio au service de la construction identitaire en formation d’adultes, colloque scientifique international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international e-Formation des adultes et des jeunes adultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. http://www.trigone.univ-lille1.fr/eformation2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laugh in training situations and its links with professionalization of managers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Mallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 22nd Conference for Vocational and Education and Culture - research network "Vocational education, citizenship and participation: Problematizing relations between education, work and politics from contemporary and historical perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01698423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interculturalité à l’heure du numérique : ce que les dispositifs de formation hybride nous apprennent des rencontres interculturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Cultures au Maghreb. Représentations et interactions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Chouaîb Doukkali, Apr 2014, El Jadida, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to develop university lifelong learning programmes: from the needs analysis to the design; dialogue between research and practice (workshop leader)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Autumn Seminar of the European University Continuing Education Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUCEN, Nov 2014, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs d’apprentissage interculturel en situation de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International "Politique et Idéologies en Didactique des Langues : acteurs et discours"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National des Langues et Civilisations Orientales (INALCO), Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation : 30 ans de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Jézégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 8e Colloque international sur l’autoformation. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01820165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Places et interactions entre le sujet et l'objet de recherche : entre implication et (dés)engagement, entre &amp;quot; ruses &amp;quot; et &amp;quot; bricolages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Mallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et le politique en éducation : enjeux et débats dans le monde francophone. 82e congrès de l'ACFAS : convergence et créativité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01070266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mejora de la competencia clave de Aprender a aprender en estudiantes universitarios: el proyecto INSTALL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Padilla-Carmona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Theory of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Facultad de Ciencias de la Educación, Universidad de Sevilla, Nov 2014, Sevilla, España. pp.336-342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le parcours d’une innovation sociale en éducation. Le Cas des Réseaux d’Echanges Réciproques de Savoirs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque annuel des étudiants des cycles supérieurs du CRISES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexivity and professionalization of adult learners in university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference “Innovative Solutions to Acquire Learning to Learn (INSTALL)”. Reflexivity in Higher Education: Research and Models of Intervention for Underachieving Students</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des adultes au pluralisme culturel en contexte professionnel : quelle place pour l’apprentissage informel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International "Culture, éducation, identité : recompositions socioculturelles, transculturalité et interculturalité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective d’autoformation transformatrice soutenue par une démarche e-portfolio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Colloque sur l’Autoformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The students as self-managers and agents of quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality for New Forms and Contexts of Teaching and Learning”,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Centre for the Development of Vocational Training (CEDEFOP), Oct 2014, Thessalonique, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Analysis of Practices as a melting-pot for the building of professional positions in block-release training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorval Anne-Gaëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research ECER 2014, "The Past, the Present and Future of Educational Research in Europe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La distance transactionnelle : les deux variables de « l’ouverture » et du « dialogue » vues sous l’angle de sa dimension sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international e-éducation : "Place de l’apprenant et repositionnement des enseignants à l’ère des réseaux sociaux de formation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESEN-ESR, May 2013, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Asking for recognition”: an exploratory research for a theoretical framework.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop for IDEAL Project - The Practices and Outlooks of Accreditation of Prior Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionalizing adult learners in the French University: a case-study using portfolios and reflexive analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference "Professionalisation of Adult Educators - International and Comparative Perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA Research network “Adult Educators, Trainers and their Professional Development" (ReNAdET) - Asia-Europe Meeting for Lifelong Learning (ASEM LLL), Nov 2013, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les voies de la reconnaissance de la qualification des professionnels de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle professionnalisation pour les métiers de la formation au XXIème siècle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’été de l’Association Française de Réflexion et d’Echange sur la Formation (AFREF), Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Self-directed Learning to Self-formation: Transforming the Self through Bildung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Learning meets Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pädagogische Hochschule, Jun 2013, Freiburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La distance transactionnelle : les deux dimensions de l’ouverture et du dialogue vue sous l’angle de la présence.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Jézégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ESEN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01820240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique et les fonctions formatives de l’entreprise.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée “La formation à l'épreuve du numérique”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training managers: a case study of a French corporate university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Mallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th European Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01698455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Learning, Institutional Reforms and Professional Development of University Teachers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research - ECER 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does design and practices of Hybrid Learning impact on the professional development of HE professors?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deschryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research - ECER 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Transformative Learning at the University: a Case Study of Action-Learning in an Adult Learning Educational Program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Educational Research - ECER 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage collaboratif en ligne : les déterminants du pari sur la confiance et la collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Echanger pour apprendre en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPAL, Jun 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does design and practices of hybrid learning impact on the professional development of HE professors?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deschryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Biennal of the International Study Association on Teachers and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISATT, Jul 2011, Braga, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître l’expérience pour valider les acquis : quel accompagnement pour quelle reconnaissance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REF : Professionnalités des formateurs dans les dispositifs de formation continuée. Le cas des dispositifs centrés sur l’expérience des formés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Louvain, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités et métiers de la formation : quels enjeux, quels spécificités ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du Réseau des Universités Préparant aux Métiers de la Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité éducative et réseaux d’échanges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence d’ouverture des 2ndes Assises Inter-régionales "Différent et compétent"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARESAT, Oct 2011, Chartres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique &amp;quot;e-learning et Pédagogie universitaire numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions sur la "pédagogie universitaire numérique". Regard et rôle de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INPR, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures d'apprentissage et scénarios pédagogiques : concilier différence et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque TICEMed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Barcelone, Espagne. tools.ticemedconf.org/en/upload/article/479122090.doc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des dispositifs de formation hybrides sur le développement professionnel. Elaboration d'un cadre conceptuel et méthodologique dans la recherche Hy-Sup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Lietard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Questions de Pédagogie dans l'Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Angers, France. pp.173-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working together to enhance learner's autonomy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Develotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual conference of the EUROCALL association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Valencia, Spain. pp.91-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00856761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training the trainers at the University in time of crisis: implications of Transformative Learning for adult learning, educational programs and curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Learning in Time of Crisis: Individual and Collective Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Athens, Greece. pp.596-603</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00860639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire des scénarios collaboratifs pour l’apprentissage en ligne et à distance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l’autonomie au travail : les apports de la réciprocité à un modèle de l’autoformation en contexte organisationnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Biennales Durkheim / Mauss.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalité de l’enseignant universitaire en ligne : chef de projet ou tuteur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalité des enseignants : (se) former dans les environnements numériques d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse. pp.157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance et validation des acquis: se reconnaître, être reconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et validation des acquis: se reconnaître, être reconnu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation des TIC et professionnalisation par l'affordance : attribuer une fonction aux outils synchrones et asynchrones pour réguler les activités d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse. pp.235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crédibilité et confiance en ligne : catégorisation des interventions sur un forum de FOAD.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complémentarité des outils de régulations synchrones et asynchrones dans une activité d'apprentissage collaborative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jocair</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amiens, France. pp.155-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and credibility in an online computer-supported collaborative learning (CSCL) task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Conference on Computers in Education - IFIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Conference on Computers in Education (WCCE) - International Federation for Information Processing (IFIP), Jul 2009, Bento Gonçalves, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration et mémoires externes dans une formation en ligne : le rôle de la confiance dans un environnement virtuel d’apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPAL - Echanger Pour Apprendre en Ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages des TIC : enseignement ou tutorat ? Etude des changements de pratiques chez les enseignants-chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Echanger pour apprendre en ligne (EPAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France. http://w3.u-grenoble3.fr/epal/actes.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la professionnalisation de futurs tuteurs en langues : le cas de l'apprentissage d'une langue étrangère à distance en synchronie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Poyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Echanger pour apprendre en ligne (EPAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France. http://w3.u-grenoble3.fr/epal/actes.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration et mémoires externes dans une formation en ligne : le rôle de la confiance dans un environnement virtuel d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Echanger pour apprendre en ligne (EPAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Grenoble, France. http://w3.u-grenoble3.fr/epal/actes.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions de la confiance et de la crédibilité dans une activité d'apprentissage collaboratif en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque TICEMed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Milan, Italie. http://isdm.univ-tln.fr/PDF/isdm39/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accès à la formation et inégalités liées au sexe : représentations sociales de la formation professionnelle chez des femmes cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystèle Budaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La diversité : questions pour les sciences sociales - Egalité dans l'emploi, Discrimination au travail et Management de la diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité comme condition du développement de l'autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales MRERS-MIRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Evry, France. pp.361-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIC et enseignement universitaire : vers une nouvelle professionnalité enseignante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de pédagogies dans l'enseignement supérieur - Enseigner, étudier dans le supérieur : pratiques pédagogiques et finalités éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Brest, France. pp.267-274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reprendre ses études en ligne à l’Université : construire la confiance et coopérer à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPAL - Echanger Pour Apprendre en Ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02019693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénario d'apprentissage collaboratif à distance et en ligne : des compétences relationnelles sollicitées et /ou développées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tice Méditerranée - L'humain dans la formation à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00418157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrupted trajectory of professional transition: A case study of identity tensions experienced by a nursing assistant engaged in nursing education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Pleven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREA- Rennes 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Rennes, France. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’une stratégie d’autorégulation : la recherche d’aide dans l’apprentissage de la programmation sur une plateforme d’apprentissage en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fahima Djelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Brest, France. , Actes de la onzième Conférence sur les Environnements Informatiques pour l’Apprentissage Humain (EIAH), 2023, https://eiah2023.sciencesconf.org/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutenir l'autonomie des adultes porteurs la maladie d'Alzheimer et maladies apparentées avec des soins non médicamenteux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF - Actualités de la Recherche en Education et Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778263v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étude des trajectoires d'appropriation des « gérontechnologies » en EHPAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Dondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des doctorants du CREAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Brest, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03656274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polysémie autour de la notion d’abandon dans l’enseignement supérieur : clarifications sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Pleven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54/2, pp.463 - 495-463 - 495. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1450g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05121845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport à la pédagogie du supérieur : le cas des enseignants en école d’architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Audran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 59 (1), pp.63-81. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdle.059.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05152403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus entrepreneurial et formation des entrepreneurs : rôles du dilemme et des pairs dans l’élaboration du rapport au temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 26, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rechercheseducations.14184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demande d’aide et engagement en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 238 (2024-1), https://education-permanente.com/catalogue/n238/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04532706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à, par ou pour la recherche, en ingénierie de formation : le cas d’un Master en formation d’adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brémaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (4), pp.167-190. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1106793ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences communicatives interculturelles en contexte hétérogène : (trans)formation et transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Bezzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs : Revue internationale de recherches en éducation et formation des adultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 59 (2), pp.73-91. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/savo.059.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Ricœur et Axel Honneth : deux recours fondateurs pour l’éducation et la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Langar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/3 - Vol 11, pp.98-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Learners’ Autonomy With E-Portfolios And Open Learner Models: A Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Kiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education Thinking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (1), pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03167146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mimétisme et isomorphie : réagencements et adaptations d’un dispositif de formation à son environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TransFormations : Recherche en éducation et formation des adultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (2021-21), pp.4-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d’un dispositif de formation de professeurs stagiaires en physique-chimie pour développer l’autonomie des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Bouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boilevin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23, pp.29-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du récit partagé : une pragmatique de l’attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Qualitatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (2), pp.34. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1084066ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former demain ? Perspectives pour l'autoformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Numéro spécial 50ème anniversaire - Former demain. Utopies, enjeux, tendances, 220-221, pp.89-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repérer les compétences collaboratives et les compétences interculturelles en formation d'adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 218, pp.143-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche paramédicale permet-elle de transformer les organisations de santé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kinésithérapie Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 599, pp.21-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie et altérités en santé : Enjeux et limites d’une approche narrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (1), pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When young students train seniors with digital tools: intergenerational reciprocity and co-education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bildungsforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1-2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le temps des autres pour se former soi-même : les dispositifs d’auto et de coformation au prisme de la temporalité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215, pp.137-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autoformation comme voyage, entre Bildung et transformation de soi.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Voyage, mobilité et formation de soi, 211, pp.149-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche paramédicale : levier de reconnaissance au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Faou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102, pp.47-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’expérience dans le processus d’autonomisation en santé. Enjeux des médiations narratives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardy Anne-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 6 (3), pp.51-63. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/phron.063.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation, autonomisation et émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16, pp.21-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures d’apprentissage et scénarios pédagogiques : concilier différence et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29, pp. 49-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01935456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement professionnel infirmier en promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-France Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nagels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en soins infirmiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 118 (118), pp.74-83. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsi.118.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stage en formation alternée dans l'enseignement supérieur: pour quel développement professionnel?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Le stage en formation, tendances et résistances., 35, http://edso.revues.org/689. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edso.689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démarche qualité des organismes de formation : de la professionnalisation des acteurs à la reconnaissance des organisations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souâd Denoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 46 (4), pp.23-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Réseaux d'Echanges Réciproques de Savoirs à l'heure du numérique : analyse des réseaux comme dispositifs de formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Le Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Hors Série 5, 2 (Numéro spécial), pp.139-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01685435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working online together to enhance learner autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Develotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReCALL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24 (1), pp.3-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former et se transformer : perspective critique et formation universitaire aux métiers de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de pédagogie de l’enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28-1/2012, http://ripes.revues.org/585</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un scénario collaboratif pour développer l'apprentissage d'adultes, en ligne et à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 68, pp.95-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00852377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une typologie des dispositifs hybrides de formation en enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Burton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borruat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Coltice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deschryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distances et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (1), pp.69-96. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DS.9.69-96⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation face aux évolutions du contexte français de la formation professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carriériologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.57-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés de chercheurs praticiens sur le dispositif de formation hybride FORSE : comment les enseignants transforment-ils leur modèle pédagogique en intervenant en ligne?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00619556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire la confiance pour construire les savoirs : Apprendre ensemble, en ligne, sans se connaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; formations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 290, pp.41-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire la confiance pour construire les savoirs : apprendre ensemble, en ligne, sans se connaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Education Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, n°e-290, pp.41-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Autonomy to Reciprocity, or Vice Versa?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult Education Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 58 (3), pp.229-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénario d'apprentissage collaboratif à distance et en ligne : des compétences relationnelles sollicitées et /ou développées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informations, Savoirs, Décisions et Médiations [Informations, Sciences for Decisions Making ] </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01565163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujet(s), société(s) et autoformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole A. Tremblay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168, pp.75-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social and cultural stakes of the transformations of work and training: place and displacement of research in adult education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult education in times of crisis and change: perspectives on access, learning careers and identities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREA Access, Learning Careers and Identities Network; University of Algarve, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The joint professionalization of adult education in higher education, from a critical and transformative perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New seeds for a world to come. Policies, practices, and lives in adult education and learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ledizioni; University of Milano Bicocca, Department of Human Sciences for Education, pp.71-82, 2023, 978-88-5526-918-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d'éducation et processus d'émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Gueudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Blocher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brigitte Albero; Ghislaine Gueudet; Jérôme Eneau; Jean-Noël Blocher. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Formes d'éducation et processus d'émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, RENNES, France. Presses Universitaires de Rennes, 151 p., 2015, Païdeia, 978-2-7535-3550-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les « éducations à » dictionnaire critique des enjeux et concepts, Édition revue et augmentée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.454-458, 2024, 978-2-336-43959-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation (2ème édition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.155-159, 2022, 9782807340534</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autoformation &amp;quot;mondialoguante&amp;quot; par les TICE, au prisme de la mobilité internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Nancy - Editions Universitaires de Lorraine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement supérieur et numérique Mondialisation, mobilités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.123-132, 2021, 2814305956</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May entrepreneurial andragogy be a response to the challenges of inclusive entrepreneurship policies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institute for Pedagogy and Andragogy, Faculty of Philosophy, University of Belgrade, Serbia; ESREA - European Society for Research on the Education of Adults; Adult Education Society, Serbia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Navigating through Contemporary World with Adult Education Research and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.539-555, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité, autoformation et histoires de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt-cinq ans de vie d'une collection. Quelle (s) histoire (s) en formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-269, 2021, Histoire de vie et formation, 978-2-343-24844-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoformation « mondialoguante » par les TIC au prisme de la mobilité internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Émilie Remond; Luc Massou; Philippe Bonfils; Khalid Berrada. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement supérieur et numérique : mondialisation, mobilités : colloque, 28-30 mars 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN-Éditions Universitaires de Lorraine, Nancy, pp.123-132, 2021, 9782814305953</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What transformative links exist between research, work and training?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dorval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Loquais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FPCEUC - Faculty of Psychology and Education Sciences, University of Coimbra, Portugal; CEAD - Centre for the Research on Adult Education and Community Intervention, University of Algarve, Portugal; ESREA - European Society for Research on the Education of Adults. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult education as a resource for resistance and transformation: voices, learning experiences, identities of student and adult educators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.307-314, 2020, 978-86-80712-40-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May ‘entrepreneurial andragogy’ present a space for more humanistic education in response to the challenges of ‘inclusive entrepreneurship policies’?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FPCEUC - Faculty of Psychology and Education Sciences, University of Coimbra, Portugal; CEAD - Centre for the Research on Adult Education and Community Intervention, University of Algarve, Portugal; ESREA - European Society for Research on the Education of Adults. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adult education as a resource for resistance and transformation: voices, learning experiences, identities of student and adult educators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.249-255, 2020, 978-86-80712-40-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between formal and informal adult learning: the case of 78 Breton entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Mégret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ESREA; Université Rennes 2. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">B. Merrill, A. Nizinska, A. Galimberti, J. Eneau, E. Sanojca &amp; S. Bezzari, Exploring learning contexts: implications for access, learning careers and identities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-213, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser et mettre en œuvre des pratiques d'accompagnement coopératif en formation continue à l'université : les voies d'une perspective critique et transformatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José González-Monteagudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Pesce; H. Breton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accompagnement en éducation et formation : dimensions collectives, coopératives et partenariales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Passage aux actes, Téraèdre, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communicative skills of managers : exercing a &amp;quot;transformative authority&amp;quot; through dialogue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Fergal; T. Fleming; A. Kokkos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European perspectives of Transformation Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgram Macmillan, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre coopération et normalisation des environnements d'apprentissage : l'accompagnement des étudiants &amp;quot;en ligne&amp;quot; dans l'élaboration de mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Massou; Brigitte Juanals; Philippe Bonfils; Philippe Dumas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sources ouvertes numériques : usages éducatifs, enjeux communicationnels : colloque international, École de journalisme et de communication d'Aix-Marseille, 13-14 octobre 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN - Éditions universitaires de Lorraine, Nancy, pp.205-220, 2019, 9782814305465</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique des enjeux et concepts des "éducations à" </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.405-412, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From self-directed learning to self-formation: transforming the self through Bildung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A. Laros, T. Fuhr &amp; E.W. Taylor (Eds). Transformative Learning meets Bildung. An international exchange</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.165-178, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation d’adultes et dispositifs hybrides : comment « faire confiance à distance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La confiance en questions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.143-164, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A.S. Deschamps; H. Pentecouteau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l'accompagnement à l'émancipation. Des pratiques questionnées à partir de l'expérience au Secours Catholique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2016, Collection Défis formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures d’apprentissage et scénarios pédagogiques : concilier différence et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Bonfils; Philippe Dumas; Luc Massou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TICE et multiculturalités Usages, publics et dispositifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN - Éditions universitaires de Lorraine, pp.49-68, 2015, 9782814302648</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre projet intellectuel et projections sur l’action. De l’intention à la réalisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Gueudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Blocher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUR. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes d’éducation et processus d’émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-18, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From self-directed learning to self-formation: transforming the self through Bildung.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sense publishers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Learning meets Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des adultes au pluralisme culturel en contexte professionnel : quelle place pour l’apprentissage informel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bezzari Samira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artois Presses Université (Collection Education et formation). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">O. Meunier (dir.). Culture, éducation, identité : recompositions socioculturelles, transculturalité et interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.311-321, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-94, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître l’expérience pour valider les acquis : quel accompagnement pour quelle reconnaissance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences des adultes et professionnalités des formateurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.146-155, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité et reconnaissance : se reconnaître, être reconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handicap, Reconnaissance en acte(s), formation tout au long de la vie. Les ESAT : lieu d'innovation sociale et d'ingénierie de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Erès, pp.115-126, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desafío sociales en la formación de adultos en la era digital. Equidad y ética.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El uso de las TIC en las universidades : espejismos et disimulos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autónoma del Estado de Morelos, pp.61-92, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation et collaboration en ligne : rôles de la réciprocité, de la coopération et de la confiance pour le développement de l’autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chronique sociale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renforcer l'autoformation. Aspects sociaux et dimensions pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-120, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational reciprocity and developing learner autonomy : the social dimension of self-directed learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Becoming Oneself : Dimensions of "Bildung" and the Facilitation of Personality Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag, pp.29-54, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'évaluation à l'évaluation formative.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sites qualifiants. Établissements de formation au travail social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Téraèdre, pp.73-87, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'apprenant à la personne : contributions de Ricoeur aux travaux sur la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l'Université Laval - ENS Lyon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Ricœur et la question éducative </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.135-153, 2011, Collection Education et culture, 9782847883183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la professionnalisation de futurs tuteurs en langues : le cas de l'apprentissage d'une langue étrangère à distance en synchronie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Poyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Nissen, F. Poyet &amp; T. Soubrié. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interagir et apprendre en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Littéraires et Linguistiques, pp.77-93, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnaliser les métiers de la formation à l'Université : de la &amp;quot;formation de formateurs&amp;quot; à la &amp;quot;formation à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compétences des acteurs de l'éducation : perspectives internationales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Peisaj, pp.195-212, 2011, Collection Cogito</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chronique sociale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parier sur la réciprocité. Vivre la solidarité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-16, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de la réciprocité au développement de l’autonomie de l’apprenant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chronique sociale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parier sur la réciprocité. Vivre la solidarité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-135, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'autonomie au travail : les apports du don, de la coopération et de la réciprocité pour l'autoformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et dons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université de Nancy, pp.215-234, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions de la confiance et de la crédibilité dans une activité d'apprentissage à distance et en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Siméone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissage Ubiquitaire et Web 2.0</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Scriptaweb, pp.354-371, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'autonomie au travail : les apports de la réciprocité à une modèle de l'autoformation en contexte organisationnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Jacquot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et dons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.199-215, 2011, Salariat et Transformations Sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie de l'apprenant et dimensions affectives de l'autoformation. Etude exploratoire dans les Centres de Ressources en Langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Candas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Albero et N. Poteaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enjeux et dilemmes de l'autonomie. Une expérience d'autoformation à l'université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Maison des Sciences de l'Homme, pp.141-167, 2010, praTICs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De las TIC a las TICE : integración de las tecnologías en las prácticas de enseñanza en la universidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Espinosa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">esores y estudiantes en las redes. Universidades Publicas y Tecnologías de la Información y la Comunicación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa Juan Pablos, pp.19-44, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00633728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du développement de l'autonomie à la construction de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : questions d'hier et d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.189-208, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : regards de praticiens-chercheurs sur l'apprentissage des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : questions d'hier et d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.15-26, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exemple d'un parcours collégial, entre personnalisme et réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : questions d'hier et d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.61-80, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoformation et nouveaux dispositifs de formation en situation de travail: construire la confiance à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Triby et Éric Heilmann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A distance : apprendre, travailler, communiquer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université de Strasbourg, pp.187-200, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former des &amp;quot;hyper-apprenants&amp;quot; : enjeux et déterminants actuels de la formation professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Formateurs face aux Technologies de l'Information et de la Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, REFAD, pp.29-51, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la recherche xCALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Pentecouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (illustration)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring learning contexts : implications for access, learning carreers and identities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Merrill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrianna Nizinska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Galimberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Sanojca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Rennes 2; ESREA. 2019, 978-2-9564498-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité humaine & numérique : état des lieux et prospective en éducation & formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raison et Passion. 2019, 978 2 917645 69 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages, mobilité et formation de soi.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Brémaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissages pluriels des adultes : Questions d'hier et d'aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.256, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La part d'autrui dans la formation de soi - Autonomie, autoformation et réciprocité en contexte organisationnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.330, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité d'enseignants-chercheurs en situations d'enseignement médiatisées par le numérique - rapport d'activité du projet QUALIFORNUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Hoarau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Rennes 2; CREAD; Université Bretagne Loire. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et formation des adultes : enjeux de la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ATHENA. 2017, pp.140-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final d’expérimentation &amp;quot;Usages pédagogiques des médias sociaux dans des dispositifs en alternance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bouvignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nocera-Picand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Européenne de Bretagne - UEB C@mpus. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconstruction permanente de l'identité : de l'apprenant à la personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie, apprentissage, formation : délimitations et instruments conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Albero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, https://youtu.be/BCZipqQNhFM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’UTICE et la recherche universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles conditions pour la mise en place d'une stratégie Recherche-Formation-Innovation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner du sens à la formation pour les publics dans les quartiers prioritaires.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le défi des relations intergénérationnelles pour les managers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place des apprenants et repositionnement des enseignants à l'ère des réseaux sociaux de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Doueihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cassilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Jauréguiberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités et métiers de la formation : Transformation(s) et Reconnaissance(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, http://videos.univ-lorraine.fr/index.php?act=view&amp;id=399</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux fondements de la formation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, http://shs-app.univ-rouen.fr/civiic/index.php?id=1105)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egalité Hommes-Femmes : débats et questions pour les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités et métiers de la formation : quels enjeux, quelles spécificités ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et usages du numérique : enjeux pour la pédagogie universitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lameul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, http://www.univ-rennes2.fr/system/files/UHB/SERVICE-COMMUNICATION/Prog-JIR-web.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconnaissance de l'expérience par le dispositif de VAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, http://www.sites.univ-rennes2.fr/webtv/appel_film.php?lienFilm=690</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité éducative et formation des seniors : une chance pour les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equité et éthique : enjeux sociaux de la formation d'adultes à l'heure du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'usage de l'hypertexte : une dynamique favorisant les processus métacognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Simonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00587845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences sociales et FOAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00587096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une modèle d'organisation autoformatrice. Apports du concept de réciprocité à une perspective d'autonomisation en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Eneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université de Montréal; Université de Strasbourg, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00588883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId374"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AC0C5061"/>
+    <w:nsid w:val="1EE7B6D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-eneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1874-1299" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077013808" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985152v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Breton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Eneau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010793v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pleven" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Pentecouteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130846v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Djelil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gilliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778263v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dondelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03656274v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290433v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290466v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294937v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353437v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Gaboriau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Delacroix" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560425v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Sanojca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560429v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Heber-Suffrin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278368v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116179v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216592v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072688v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Betrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03674359v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denouel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840090v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bertrand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794749v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leray" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620366v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Loquais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorval Anne-Ga&#235;lle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560411v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560460v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Dorval" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560448v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383016v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382909v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lavielle-Gutnik" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Houot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383007v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Liorzou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Velly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382858v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382987v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382851v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel M&#233;gret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670275v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bezzari Samira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382961v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153728v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Rouillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Gerin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383029v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148018v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875093v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171841v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Hardy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147248v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kiffer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desmontils" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956113v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bardiere" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bailly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turid Trebbi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393784v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Netto" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393636v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393597v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164918v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393651v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393624v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171846v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383036v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383050v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383068v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152270v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Faou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gonz&#225;lez-Monteagudo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783133v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687569v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152156v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574104v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Mawas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Serrano-Alvarado" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Skaf-Molli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006387506610670" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01936918v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simonian" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680997v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Hernandez-Carrera" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Guichot-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Moisan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Faria-Forteco&#235;f" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169372v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171837v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393706v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383106v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687599v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687591v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681037v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardy Anne-France" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393666v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383087v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159909v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783137v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409991v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783142v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383080v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393678v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393691v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681021v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681092v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681009v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409957v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163165v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383114v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729319v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383148v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163116v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198689v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698423v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mallard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163119v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820165v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carr&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jore" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163133v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163129v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Padilla-Carmona" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01070266v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163184v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163178v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Boucher" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Albero" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163132v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163171v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163251v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163168v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163249v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163182v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163255v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163137v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163190v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163197v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163254v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820240v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698455v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163187v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163199v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deschryver" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163203v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163201v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163228v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163226v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Lebrun" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163256v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163233v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Carraud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163141v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163231v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633733v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855806v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Lietard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860639v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856761v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163146v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163236v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644254v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633742v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633740v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855479v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Simonian" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163239v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sim&#233;one" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163234v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633754v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633753v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Poyet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633755v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633751v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703587v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Budaci" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633748v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011607v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855484v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588878v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019693v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418157v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121845v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1450g" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152403v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Metzger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Audran" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.059.0063" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532706v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560084v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.14184" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-M8C282ML-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560089v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Br&#233;maud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1106793ar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560093v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Bezzari" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.059.0073" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560105v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Langar" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167146v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560130v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03481551v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Bouil" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Boilevin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560155v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne France Hardy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084066ar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382445v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670256v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783115v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147927v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152120v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897915v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152097v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680053v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/phron.063.0051" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680294v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680315v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01935456v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162836v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nagels" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.118.0075" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162843v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.689" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162848v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sou&#226;d Denoux" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685435v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855376v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162863v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852377v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633714v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burton" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borruat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DS.9.69-96" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-5KQG4PZN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619556v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849365v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633715v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787523v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850081v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565163v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849369v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole A. Tremblay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560381v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560371v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119722v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Blocher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560186v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560205v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560230v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560344v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670258v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560329v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560314v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560291v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159255v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159277v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382522v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153412v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680931v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680916v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680948v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383166v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162821v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162811v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162742v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162827v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162814v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162830v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855395v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855394v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162834v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855414v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855416v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849373v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633721v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163260v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163258v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855422v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855429v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633717v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322887v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633728v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633725v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Candas" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855449v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855453v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Labelle" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855447v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849378v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855458v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323168v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471707v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164723v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Merrill" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrianna Nizinska" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galimberti" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680346v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Br&#233;maud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855391v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855387v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393852v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393812v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681118v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681162v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393834v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163281v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gallard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862345v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Doueihi" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cassilli" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jaur&#233;guiberry" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Henri" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163288v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Roussel" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163293v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163290v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163301v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163303v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163298v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163295v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163305v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067425v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hoarau" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681107v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163286v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouvignies" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nocera-Picand" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Michinov" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322890v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587845v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587096v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00588883v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-eneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1874-1299" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077013808" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985152v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Breton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Eneau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290433v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dondelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290466v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294937v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pleven" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Pentecouteau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Betrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353437v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Gaboriau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Delacroix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278368v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560425v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Sanojca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560429v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Heber-Suffrin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116179v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216592v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Djelil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840090v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bertrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03674359v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denouel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560460v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Dorval" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620366v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Loquais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorval Anne-Ga&#235;lle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560411v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560448v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382851v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel M&#233;gret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383016v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382909v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382975v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lavielle-Gutnik" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Houot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Liorzou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Velly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382858v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382987v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670275v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bezzari Samira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382961v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875093v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148018v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383029v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153728v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Rouillard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Gerin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171841v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Hardy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147248v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kiffer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desmontils" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393784v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Netto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393597v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164918v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393636v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956113v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bardiere" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bailly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turid Trebbi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393624v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171846v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393651v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152156v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Faou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574104v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Mawas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gilliot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Serrano-Alvarado" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Skaf-Molli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006387506610670" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687569v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383050v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383036v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383068v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152270v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gonz&#225;lez-Monteagudo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783133v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409957v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171837v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680997v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Hernandez-Carrera" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Guichot-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Moisan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Faria-Forteco&#235;f" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169372v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01936918v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simonian" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783137v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687599v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687591v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383106v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393706v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159909v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383087v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393666v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681037v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardy Anne-France" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783142v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383080v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393678v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681009v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681021v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681092v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393691v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163119v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163165v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383114v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729319v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383148v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198689v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163116v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698423v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mallard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163182v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163249v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163133v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820165v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carr&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jore" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01070266v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163129v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Padilla-Carmona" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163178v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Boucher" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Albero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163184v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163171v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163132v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163251v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163168v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163255v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163190v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163137v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163197v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163254v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820240v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163187v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698455v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163201v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163199v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deschryver" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163203v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163228v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163226v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Lebrun" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163141v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163231v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163256v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163233v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Carraud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633733v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855806v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Lietard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856761v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860639v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163234v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163146v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163236v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633742v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644254v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633740v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163239v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sim&#233;one" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855479v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Simonian" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633748v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011607v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633754v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633753v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Poyet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633751v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633755v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703587v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Budaci" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855484v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588878v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019693v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418157v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010793v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130846v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778263v3" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03656274v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121845v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1450g" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152403v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Metzger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Audran" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.059.0063" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560084v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.14184" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-M8C282ML-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532706v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560089v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Br&#233;maud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1106793ar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560093v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Bezzari" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.059.0073" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560105v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Langar" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167146v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560130v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03481551v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Bouil" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Boilevin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560155v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne France Hardy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084066ar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382445v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670256v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152120v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783115v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147927v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897915v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680294v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152097v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680053v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/phron.063.0051" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680315v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01935456v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162836v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nagels" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.118.0075" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162843v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.689" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162848v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sou&#226;d Denoux" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685435v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855376v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162863v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852377v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633714v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burton" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borruat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DS.9.69-96" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-5KQG4PZN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849365v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619556v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633715v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787523v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850081v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565163v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849369v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole A. Tremblay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560381v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560371v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119722v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Blocher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560186v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560205v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560329v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560344v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560230v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670258v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560291v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560314v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153412v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159255v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159277v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382522v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680916v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680931v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680948v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383166v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162811v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162821v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162742v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162827v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162814v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162830v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855395v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855394v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162834v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855416v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855414v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322887v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633721v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849373v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163258v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163260v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855422v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855429v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633717v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633725v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Candas" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633728v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855449v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855447v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855453v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Labelle" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849378v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855458v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323168v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164723v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Merrill" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrianna Nizinska" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galimberti" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471707v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680346v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Br&#233;maud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855391v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855387v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067425v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hoarau" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681107v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163286v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouvignies" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nocera-Picand" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Michinov" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393852v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393812v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681118v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681162v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393834v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163281v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gallard" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163290v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862345v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Doueihi" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cassilli" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jaur&#233;guiberry" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Henri" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163288v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Roussel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163293v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163301v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163298v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163303v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163295v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163305v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322890v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587845v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587096v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00588883v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>