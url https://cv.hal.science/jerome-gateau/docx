--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2068,399 +2068,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02186125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementary speckle patterns: deterministic interchange of intrincic vortices and maxima throuhg scattering media</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical imaging of post-embryonic zebrafish using multi orientation raster scan optoacoustic mesoscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Rigneault</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Murad Omar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Rebling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Wicker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Schmitt-Manderbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Schwarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.043903⟩</w:t>
+              <w:t xml:space="preserve">Light: Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (1), pp.e16186-e16186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/lsa.2016.186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01450021v1</w:t>
+                <w:t xml:space="preserve">hal-03992689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic super-attenuation of capillary waves on driven glass interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Buet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ciccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 119 (23), pp.235501 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.235501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532487v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical imaging of post-embryonic zebrafish using multi orientation raster scan optoacoustic mesoscopy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Tobias Schmitt-Manderbach</w:t>
+                <w:t xml:space="preserve">Complementary speckle patterns: deterministic interchange of intrincic vortices and maxima throuhg scattering media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Schwarz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hervé Rigneault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light: Science and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 6 (1), pp.e16186-e16186. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (4), pp. 043903. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/lsa.2016.186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.043903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03992689v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01450021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-contact and through-clothing measurement of the heart rate using ultrasound vibrocardiography</w:t>
               </w:r>
@@ -2557,295 +2557,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nondestructive measurement of the roughness of the inner surface of hollow core-photonic bandgap fibers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Super-resolution photoacoustic fluctuation imaging with multiple speckle illumination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seyed Reza Sandoghchi</w:t>
+                <w:t xml:space="preserve">Thomas Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ori Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Gigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.41.005086⟩</w:t>
+              <w:t xml:space="preserve">Optica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (1), pp.54-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OPTICA.3.000054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01447953v1</w:t>
+                <w:t xml:space="preserve">hal-01634450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-resolution photoacoustic fluctuation imaging with multiple speckle illumination</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ori Katz</w:t>
+                <w:t xml:space="preserve">Nondestructive measurement of the roughness of the inner surface of hollow core-photonic bandgap fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Buet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gâteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Gigan</w:t>
+                <w:t xml:space="preserve">Seyed Reza Sandoghchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 3 (1), pp.54-57. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41 (21), pp.5086-5089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OPTICA.3.000054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.41.005086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634450v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-side access, isotropic resolution, and multispectral three-dimensional photoacoustic imaging with rotate-translate scanning of ultrasonic detector array</w:t>
               </w:r>
@@ -3065,103 +3065,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light focusing and two-dimensional imaging through scattering media using the photoacoustic transmission matrix with an ultrasound array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ori Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gigan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 39 (9), pp.2664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3195,103 +3195,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving photoacoustic-guided optical focusing in scattering media by spectrally filtered detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ori Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 39 (20), pp.6054. </w:t>
@@ -3342,77 +3342,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving visibility in photoacoustic imaging using dynamic speckle illumination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ori Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3983,239 +3983,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibrated Photoacoustic Spectroscopy as a New Tool for Quantitative Characterization of Imaging Contrast Agent</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Gateau</w:t>
+                <w:t xml:space="preserve">Reconstruction d'images en tomographie photoacoustique avec régularisation combinée variation totale -Cauchy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung-Thai Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Escande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gâteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conferences on Biomedical Optics 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strasboug, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05338755v1</w:t>
+                <w:t xml:space="preserve">hal-05187210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction d'images en tomographie photoacoustique avec régularisation combinée variation totale -Cauchy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Gâteau</w:t>
+                <w:t xml:space="preserve">Calibrated Photoacoustic Spectroscopy as a New Tool for Quantitative Characterization of Imaging Contrast Agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Linger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Conferences on Biomedical Optics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.S2D.3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/ECBO.2025.S2D.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05187210v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical method for fast 3D photoacoustic tomography with arbitrary geometry of sensors</w:t>
               </w:r>
@@ -4227,64 +4227,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gâteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Escande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées RITS (Recherche en Imagerie et Technologies pour la Santé)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4813,51 +4813,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Davenet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Billon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Battaglia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lori Bridal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gateau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.588474" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008854v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Linger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lordez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Co&#239;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR05291A" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Yu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiali Fu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theotim Lucas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Zhao" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changchong Chen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202402418" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250457v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Maccini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tsapis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR02880E" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904339v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Atlas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Winter" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vandebrouck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Faure" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3268820" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250433v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bodin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Beguin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otim Lucas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c03500" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Naillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahshid Hashemkhani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Abiven" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR03727D" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207382v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitradeep Sarkar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailyn P&#233;rez-Liva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tavitian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3306592" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855214v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Xiao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartikey Pandey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Nicol&#225;s-Boluda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Onidas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nizard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c12796" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509232v4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176543" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785927v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c04874" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868891v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Silva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyang Shi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gazeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/viw2.193" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011745v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quidu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gateau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11020493" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411996v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda K A Silva" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/viw.20200176" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186125v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me G&#226;teau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Claude" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tessier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Guillon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.6.000914" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450021v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rigneault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.043903" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532487v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brun" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Buet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Chen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.235501" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992689v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad Omar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Rebling" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Wicker" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schmitt-Manderbach" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Schwarz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2016.186" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776077v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Jeger-Madiot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fink" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ros-Kiri Ing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2017.09.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447953v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Reza Sandoghchi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005086" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634450v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chaigne" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allain" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Katz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gigan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.3.000054" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634481v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gesnik" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Chassot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bossy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.20.5.056004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634483v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simandoux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Prost" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pacs.2014.12.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.39.002664" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974520v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boccara" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.39.006054" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974514v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.38.005188" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00854363v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Taccoen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tanter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aubry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2013.04.011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878254v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Araque Caballero" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Dima" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Ntziachristos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.4770292" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00607669v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pernot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2011.1836" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00547895v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marsac" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2009.2031816" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338755v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.S2D.3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187210v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Thai Do" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chaux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Escande" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817196v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lafont" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286002v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Planat-Chr&#233;tien" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761905v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Boni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ramalli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stuart Savoia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Tortoli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00863591v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Davenet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Billon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Battaglia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lori Bridal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gateau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.588474" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008854v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Linger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lordez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Co&#239;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR05291A" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Yu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiali Fu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theotim Lucas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Zhao" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changchong Chen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202402418" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250457v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Maccini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tsapis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR02880E" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904339v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Atlas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Winter" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vandebrouck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Faure" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3268820" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250433v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bodin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Beguin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otim Lucas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c03500" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Naillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahshid Hashemkhani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Abiven" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR03727D" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207382v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitradeep Sarkar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailyn P&#233;rez-Liva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tavitian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3306592" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855214v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Xiao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartikey Pandey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Nicol&#225;s-Boluda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Onidas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nizard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c12796" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509232v4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176543" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785927v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c04874" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868891v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Silva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyang Shi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gazeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/viw2.193" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011745v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quidu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gateau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11020493" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411996v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda K A Silva" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/viw.20200176" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186125v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me G&#226;teau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Claude" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tessier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Guillon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.6.000914" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992689v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad Omar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Rebling" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Wicker" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schmitt-Manderbach" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Schwarz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2016.186" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532487v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Buet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Chen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.235501" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450021v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rigneault" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.043903" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776077v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Jeger-Madiot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fink" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ros-Kiri Ing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2017.09.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634450v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chaigne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allain" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Katz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gigan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.3.000054" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447953v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Reza Sandoghchi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005086" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634481v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gesnik" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Chassot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bossy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.20.5.056004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634483v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simandoux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Prost" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pacs.2014.12.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.39.002664" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974520v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boccara" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.39.006054" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974514v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.38.005188" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00854363v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Taccoen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tanter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aubry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2013.04.011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878254v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Araque Caballero" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Dima" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Ntziachristos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.4770292" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00607669v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pernot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2011.1836" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00547895v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marsac" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2009.2031816" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187210v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Thai Do" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Escande" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338755v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.S2D.3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817196v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lafont" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286002v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Planat-Chr&#233;tien" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761905v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Boni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ramalli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stuart Savoia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Tortoli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00863591v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>