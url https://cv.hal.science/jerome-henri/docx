--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -2454,307 +2454,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-01348712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low or high doses of cefquinome targeting low or high bacterial inocula cure Klebsiella pneumoniae lung infections but differentially impact the levels of antibiotic resistance in fecal flora.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low in vitro permeability of the cyanotoxin microcystin-LR across a Caco-2 monolayer: With identification of the limiting factors using modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maleck V. Vasseur</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Henri</w:t>
+                <w:t xml:space="preserve">Aurore Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 58 (3), pp.1744-8. </w:t>
+              <w:t xml:space="preserve">Toxicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AAC.02135-13⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.toxicon.2014.07.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00978511v1</w:t>
+                <w:t xml:space="preserve">hal-01076975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low in vitro permeability of the cyanotoxin microcystin-LR across a Caco-2 monolayer: With identification of the limiting factors using modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low or high doses of cefquinome targeting low or high bacterial inocula cure Klebsiella pneumoniae lung infections but differentially impact the levels of antibiotic resistance in fecal flora.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maleck V. Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Laurentie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guy Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxicon.2014.07.023⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58 (3), pp.1744-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02135-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01076975v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00978511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeability of dihydro- and cysteine-brevetoxin metabolites across a Caco-2 cell monolayer</w:t>
               </w:r>
@@ -3687,51 +3687,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05468562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (16)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3842,291 +3842,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic Modeling of Antibiotics Transfer across the Blood-Milk Barrier in Ruminants: Case Study of Marbofloxacin</w:t>
+                <w:t xml:space="preserve">Use of New Approach Methodologies (NAMs) in unravelling interspecies Toxicokinetics of Enniatin B1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Codaccioni</w:t>
+                <w:t xml:space="preserve">M. Mahdjoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Tardiveau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Henri</w:t>
+                <w:t xml:space="preserve">M. Dechir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Grégoire</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Hegarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">59th Congress of the European Societies of Toxicology (EUROTOX 2025) : Toxicology addresses society's real life risks for sustainable health and well being</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.468⟩</w:t>
+              <w:t xml:space="preserve">59th Congress of the European Societies of Toxicology (EUROTOX 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Athènes, Greece. , Toxicology letters, 411, pp.S389-S390, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05251265v1</w:t>
+                <w:t xml:space="preserve">anses-05460157v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of New Approach Methodologies (NAMs) in unravelling interspecies Toxicokinetics of Enniatin B1</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanistic Modeling of Antibiotics Transfer across the Blood-Milk Barrier in Ruminants: Case Study of Marbofloxacin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gendre</w:t>
+                <w:t xml:space="preserve">Marc Codaccioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Dubreil</w:t>
+                <w:t xml:space="preserve">Jennifer Tardiveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Le Hegarat</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Viel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">59th Congress of the European Societies of Toxicology (EUROTOX 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Athènes, Greece. , Toxicology letters, 411, pp.S389-S390, 2025, </w:t>
+              <w:t xml:space="preserve">59th Congress of the European Societies of Toxicology (EUROTOX 2025) : Toxicology addresses society's real life risks for sustainable health and well being</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Athènes, Greece. Toxicology letters, 411, pp.S195, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-05460157v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolism of Enniatin B in primary mouse, rat and human hepatocytes</w:t>
               </w:r>
@@ -4736,368 +4736,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the effects of dietary lipid content and digestibility on lipophilic contaminants transfer from feed to milk: insights from a Physiologically Based ToxicoKinetic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation mécaniste du transfert de contaminants lipophiles chez la vache laitière : vers une meilleure maitrise de la qualité sanitaire du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 th International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468582v1</w:t>
+                <w:t xml:space="preserve">hal-04463527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lack of experimental evidence to support mcr-1-positive Escherichia coli strain selection during oral administration of colistin by gavage in weaned piglets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Viel</w:t>
+                <w:t xml:space="preserve">Exploring the effects of dietary lipid content and digestibility on lipophilic contaminants transfer from feed to milk: insights from a Physiologically Based ToxicoKinetic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th international congress of the European association for veterinary pharmacology and toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Wroclaw, Poland. </w:t>
+              <w:t xml:space="preserve">10 th International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-01985196v1</w:t>
+                <w:t xml:space="preserve">hal-05468582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation mécaniste du transfert de contaminants lipophiles chez la vache laitière : vers une meilleure maitrise de la qualité sanitaire du lait</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agnès Fournier</w:t>
+                <w:t xml:space="preserve">Lack of experimental evidence to support mcr-1-positive Escherichia coli strain selection during oral administration of colistin by gavage in weaned piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Couet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">14th international congress of the European association for veterinary pharmacology and toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Wroclaw, Poland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04463527v1</w:t>
+                <w:t xml:space="preserve">anses-01985196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation générique du devenir d’un retardateur de flammes bromé (α-HBCD) chez le poulet de chair et le porc</w:t>
               </w:r>
@@ -5221,51 +5221,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of age on colistin methanosulfonate and colistin plasmatic and tissular distribution after intravenous administration of colistin methanosulfonate in pigs background</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5577,129 +5577,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Microcystin-LR transfer through the in vitro intestinal barrier of caco-2 cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fessard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 8th international conference on toxic cyanobacteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05479973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">EFFECTS OF MICROCYSTIN LR ON THE INTEGRITY OF THE IN VITRO CACO-2 INTESTINAL BARRIER MODEL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fessard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSAAT (European society for alternatives to animal testing)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Linz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-05479948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5709,196 +5830,196 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">114. Population pharmacokinetic modelling of different sulphonamides associated with trimethoprim in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Z Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57th Swine Research Days [57es Journées de la Recherche Porcine] (JRP 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Saint-Malo, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal. Science proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 16 (6), pp.896, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2025.08.115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population PK modeling of different sulfonamides in association with trimethoprim in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5958,70 +6079,70 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Congress of the European Association for Veterinary Pharmacology and Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Veterinary Pharmacology and Therapeutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 46 (S1), pp.82-83, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvp.13277⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6031,51 +6152,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-mecanistic PKPD modeling of enrofloxacin against sensitive strains of Pasteurella multocida in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6104,73 +6225,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twelfth International Conference on Antimicrobial Agents in Veterinary Medicine (AAVM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mechanistic model of lipophilic contaminants transfer in dairy cow for improve milk safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6212,73 +6333,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e journées Rencontres Recherches Ruminants, 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France. pp.425</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanistic modelling of lipophilic contaminant transfer in lactating cow from knowledge integration toward risk assessment tool for improve milk safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6320,73 +6441,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on the Nutrition of Herbivores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont - Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des déplétions tissulaires du monensin chez le poulet et la dinde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Roudaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6408,451 +6529,573 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Burel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (2)</w:t>
+        <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport d'expertise collective ANSES : Actualisation des données relatives aux substances phytopharmaceutiques de la famille des inhibiteurs de la succinate déshydrogénase (SDHI)</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">EFSA Pilot Project on New Approach Methodologies (NAMs) for Tebufenpyrad Risk Assessment. Part 1. Development of Physiologically‐Based Kinetic (PBK) Model Coupled With Pulmonary and Dermal Exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lehegarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Cavelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Desprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EFSA. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Emond</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-04873181v1</w:t>
+                <w:t xml:space="preserve">hal-05468568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EFSA Pilot Project on New Approach Methodologies (NAMs) for Tebufenpyrad Risk Assessment. Part 1. Development of Physiologically‐Based Kinetic (PBK) Model Coupled With Pulmonary and Dermal Exposure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Henri</w:t>
+                <w:t xml:space="preserve">Rapport d'expertise collective ANSES : Actualisation des données relatives aux substances phytopharmaceutiques de la famille des inhibiteurs de la succinate déshydrogénase (SDHI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Emond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Lehegarat</w:t>
+                <w:t xml:space="preserve">Thierry Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Cavelier</w:t>
+                <w:t xml:space="preserve">Sylvie Bortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Desprez</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">EFSA. 2023</w:t>
+                <w:t xml:space="preserve">Frédéric Bouillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ANSES. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04873181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OPINION of the French Agency for Food, Environmental and Occupational Health &amp; Safety on &amp;quot;Updating data on succinate dehydrogenase inhibitor (SDHI)-based plant protection substances</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468568v1</w:t>
+                <w:t xml:space="preserve">Claude Emond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES). 2023, 50 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05468521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles cinétiques dans le domaine des risques sanitaires liés aux contaminants chimiques de l'alimentation humaine : expérimentation et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Henri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pharmacologie. Université de Rennes 1, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05468126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId212"/>
+      <w:footerReference w:type="default" r:id="rId214"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6999,51 +7242,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510220v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Viel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Khaled" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Devreese" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bruneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Henri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxag045" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453769v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le H&#233;garat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dubreil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Yondre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Br&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2025.154379" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290011v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boulanger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Taillandier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegrid de Baere" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01652176.2025.2565351" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064148v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#233;s Fournier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues-Marty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04383220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriqueta Louro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vettorazzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela L&#243;pez de Cerain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Spyropoulou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Solhaug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-023-03636-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04700110v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Hernandez&#8208;jerez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Coja" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paparella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Price" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Henri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/j.efsa.2024.8759" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04687626v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2024.104200" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04167240v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Nouichi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le van Suu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Rolland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sanders" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c06561" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04265997v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fr&#233;ville" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;se Serra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ram&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2023.10.009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03922139v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abubakar Bello" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Paul Mochel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#322;a&#380;ej Po&#378;niak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2022.102280" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03266193v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Lanceleur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delmas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fessard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huguet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13030178" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02359869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guyot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Royer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2019.1681596" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01743743v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Bouch&#232;ne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Laroche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-018-2379-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01419605v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chevance" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jacques" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurentie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.12351" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01570163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.04.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01421392v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.12343" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01418236v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carrez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.12370" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01348712v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dta.2006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00978511v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleck V. Vasseur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02135-13" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076975v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Besson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2014.07.023" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C9ZKHQB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00998117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta Leighfield" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Js Ramsdell" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2013.11.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07JZGSRT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00815224v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Petitpas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hogeveen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbt.21482" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T2B2T0Q3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00601106v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maurice" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Postollec" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dubreil-Cheneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Roudaut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2885.2011.01285.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H8G0XR4P-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00405458v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leli&#232;vre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cadieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00769-009-0505-z" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985346v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanders" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurentie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2885.2009.01063.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-88JJFRSZ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468571v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Manceau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2885.2008.00996.x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N448H52M-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468562v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ch&#233;neau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Pirotais" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Abjean" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2006.10.072" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L3B9VX0H-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477628v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Mahdjoub" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Gendre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dubreil-Ch&#233;neau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Hegarat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251265v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Codaccioni" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Tardiveau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gr&#233;goire" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.468" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05460157v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mahdjoub" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dechir" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gendre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dubreil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Hegarat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.897" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04701403v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lada Ivanova" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2024.07.322" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034843v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Slimani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mompelat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vignal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Ait-Ali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467972v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03499578v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Valentin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480054v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468582v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fournier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01985196v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04463527v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688926v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Garcia de Salazar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Dominguez-Romero" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480028v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gobin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367303v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guerin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477842v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Robiolle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Grandois" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger-Lemaitre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Poirier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05479948v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406887v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Taillandier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z Lacroix" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Roques" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.08.115" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352560v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.13277" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628898v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477706v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477677v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052972v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Maurice" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873181v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emond" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bortoli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillaud" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468568v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lehegarat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cavelier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Desprez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/tel-05468126v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510220v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Viel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Khaled" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Devreese" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bruneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Henri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxag045" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453769v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le H&#233;garat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dubreil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Yondre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Br&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2025.154379" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290011v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boulanger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Taillandier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegrid de Baere" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01652176.2025.2565351" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064148v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#233;s Fournier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues-Marty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04383220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriqueta Louro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vettorazzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela L&#243;pez de Cerain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Spyropoulou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Solhaug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-023-03636-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04700110v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Hernandez&#8208;jerez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Coja" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paparella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Price" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Henri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/j.efsa.2024.8759" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04687626v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2024.104200" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04167240v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Nouichi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le van Suu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Rolland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sanders" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c06561" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04265997v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fr&#233;ville" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;se Serra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ram&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2023.10.009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03922139v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abubakar Bello" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Paul Mochel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#322;a&#380;ej Po&#378;niak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2022.102280" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03266193v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Lanceleur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delmas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fessard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huguet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13030178" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02359869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guyot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Royer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2019.1681596" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01743743v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Bouch&#232;ne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Laroche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-018-2379-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01419605v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chevance" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jacques" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurentie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.12351" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01570163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.04.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01421392v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.12343" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01418236v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carrez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.12370" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01348712v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dta.2006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076975v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Besson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2014.07.023" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C9ZKHQB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00978511v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleck V. Vasseur" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02135-13" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00998117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta Leighfield" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Js Ramsdell" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2013.11.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07JZGSRT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00815224v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Petitpas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hogeveen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbt.21482" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T2B2T0Q3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00601106v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maurice" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Postollec" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dubreil-Cheneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Roudaut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2885.2011.01285.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H8G0XR4P-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00405458v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leli&#232;vre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cadieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00769-009-0505-z" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985346v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanders" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurentie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2885.2009.01063.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-88JJFRSZ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468571v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Manceau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2885.2008.00996.x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N448H52M-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468562v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ch&#233;neau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Pirotais" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Abjean" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2006.10.072" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L3B9VX0H-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477628v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Mahdjoub" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Gendre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dubreil-Ch&#233;neau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Hegarat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05460157v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mahdjoub" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dechir" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gendre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dubreil" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Hegarat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.897" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251265v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Codaccioni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Tardiveau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gr&#233;goire" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.468" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04701403v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lada Ivanova" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2024.07.322" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034843v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Slimani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mompelat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vignal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Ait-Ali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467972v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03499578v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Valentin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480054v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04463527v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fournier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468582v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01985196v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688926v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Garcia de Salazar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Dominguez-Romero" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480028v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gobin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367303v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guerin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477842v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Robiolle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Grandois" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger-Lemaitre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Poirier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05479973v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05479948v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406887v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Taillandier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z Lacroix" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Roques" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.08.115" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352560v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.13277" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628898v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477706v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477677v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052972v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Maurice" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468568v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lehegarat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cavelier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Desprez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873181v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emond" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bortoli" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05468521v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/tel-05468126v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>