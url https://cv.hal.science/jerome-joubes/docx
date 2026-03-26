--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2657,441 +2657,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05190055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichment of hydroxylated C24-and C26-acyl-chain sphingolipids mediates PIN2 apical sorting at trans-Golgi network subdomains</w:t>
+                <w:t xml:space="preserve">An ethoxylated surfactant enhances the penetration of the sulfated laminarin through leaf cuticle and stomata, leading to increased induced resistance against grapevine downy mildew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Wattelet-Boyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lysiane Brocard</w:t>
+                <w:t xml:space="preserve">Franck Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristoffer Jonsson</w:t>
+                <w:t xml:space="preserve">Yuko Krzyżaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Esnay</w:t>
+                <w:t xml:space="preserve">Christian Gauvrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Joubes</w:t>
+                <w:t xml:space="preserve">Frank Jamois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms12788⟩</w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 156 (3), pp.338-350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.12394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608825v1</w:t>
+                <w:t xml:space="preserve">hal-01217847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Glycerol-3-Phosphate Acyltransferase GPAT6 from Tomato Plays a Central Role in Fruit Cutin Biosynthesis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enrichment of hydroxylated C24-and C26-acyl-chain sphingolipids mediates PIN2 apical sorting at trans-Golgi network subdomains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Mauxion</w:t>
+                <w:t xml:space="preserve">Valérie Wattelet-Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lysiane Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Wong Jun Tai</w:t>
+                <w:t xml:space="preserve">Kristoffer Jonsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia B B Martin</w:t>
+                <w:t xml:space="preserve">Nicolas Esnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Joubes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.16.00409⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms12788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02637507v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ethoxylated surfactant enhances the penetration of the sulfated laminarin through leaf cuticle and stomata, leading to increased induced resistance against grapevine downy mildew</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Glycerol-3-Phosphate Acyltransferase GPAT6 from Tomato Plays a Central Role in Fruit Cutin Biosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuko Krzyżaniak</w:t>
+                <w:t xml:space="preserve">Johann Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gauvrit</w:t>
+                <w:t xml:space="preserve">Cécile Bres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Jamois</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Mauxion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Domergue</w:t>
+                <w:t xml:space="preserve">Virginie Wong Jun Tai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia B B Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppl.12394⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 171 (2), pp.894-913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.16.00409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01217847v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary fatty alcohols are major components of suberized root tissues of arabidopsis in the form of Alkyl Hydroxycinnamates</w:t>
               </w:r>
@@ -3345,103 +3345,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses of tomato fruit brightness mutants uncover both cutin-deficient and cutin- abundant mutants and a new hypomorphic allele of GDSL lipase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Just</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Mauxion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 164 (2), pp.888-906. </w:t>
@@ -4010,51 +4010,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Cacas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Su Melser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Joubes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4277,51 +4277,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitution of Plant Alkane Biosynthesis in Yeast Demonstrates That Arabidopsis ECERIFERUM1 and ECERIFERUM3 Are Core Components of a Very-Long-Chain Alkane Synthesis Complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4558,51 +4558,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Bourdenx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6035,541 +6035,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological, biochemical and molecular analysis of sugar-starvation responses in tomato roots</w:t>
+                <w:t xml:space="preserve">Plant cell cycle transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Devaux</w:t>
+                <w:t xml:space="preserve">Lieven De Veylder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Baldet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dirk Inzé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erg113⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 6 (6), pp.536 - 543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbi.2003.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677924v1</w:t>
+                <w:t xml:space="preserve">hal-05190138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant cell cycle transitions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physiological, biochemical and molecular analysis of sugar-starvation responses in tomato roots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lieven De Veylder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Joubès</w:t>
+                <w:t xml:space="preserve">Pierre Baldet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Joubes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Inzé</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Dieuaide-Noubhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Just</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbi.2003.09.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 54 (385), pp.1143-1151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erg113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05190138v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditional, recombinase-mediated expression of genes in plant cell cultures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Gene Expression and Enzyme Activity of Plant 3-Deoxy- D -Manno-2-Octulosonic Acid-8-Phosphate Synthase Are Preferentially Associated with Cell Division in a Cell Cycle-Dependent Manner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Inze</w:t>
+                <w:t xml:space="preserve">Martial Séveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lieven de Veylder</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Paccalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 37 (6), pp.889-896. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 133 (1), pp.348-360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2004.02004.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.103.026872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190125v1</w:t>
+                <w:t xml:space="preserve">hal-03277947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Gene Expression and Enzyme Activity of Plant 3-Deoxy- D -Manno-2-Octulosonic Acid-8-Phosphate Synthase Are Preferentially Associated with Cell Division in a Cell Cycle-Dependent Manner</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conditional, recombinase-mediated expression of genes in plant cell cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristof de Schutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurine Verkest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martial Séveno</w:t>
+                <w:t xml:space="preserve">Dirk Inze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Paccalet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lieven de Veylder</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 133 (1), pp.348-360. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 37 (6), pp.889-896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.103.026872⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2004.02004.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03277947v1</w:t>
+                <w:t xml:space="preserve">hal-05190125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new C-type Cyclin-dependent kinase from tomato expressed in dividing tissues does not interact with motic and G1 cyclins</w:t>
               </w:r>
@@ -6732,51 +6732,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dudits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Heberle-Bors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Inzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 43 (5-6), pp.607-620</w:t>
@@ -7321,51 +7321,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Joubes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwyneth Ingram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipids in Plant and Algae Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 86, SPRINGER, pp.27, 2016, Subcellular Biochemistry, 978-3-319-25979-6; 978-3-319-25977-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7489,51 +7489,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5A929E71"/>
+    <w:nsid w:val="FE5EFAC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7637,51 +7637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="57E58094"/>
+    <w:nsid w:val="275786E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7785,51 +7785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="9400A315"/>
+    <w:nsid w:val="6387613E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7933,51 +7933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="C072C0C5"/>
+    <w:nsid w:val="9EA5D7F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8081,51 +8081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="37B76466"/>
+    <w:nsid w:val="58DBCF12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8229,51 +8229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="F225F57F"/>
+    <w:nsid w:val="F67E2309"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8475,51 +8475,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-joubes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5385-450X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098269364" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/219459232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263175v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Ruyet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde Usunow" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Delft" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thoraval" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2025.07.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chavonet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bernardo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guinand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stress.2025.101051" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673335v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Alves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Boutt&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Darnet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2024.101290" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Luzarowska" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Kathrin Ru&#223;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#281;drzej Szyma&#324;ski" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad059" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alonso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1107333" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dussarrat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Latorre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Flandin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18095" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774766v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32109-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297803v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2022.2132042" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366449v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Degraeve-Guilbault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattiwong Pankasem" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurean Gueirrero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lemoigne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.639330" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366412v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bahammou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mongrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10061284" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004236v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra To" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thueux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kazaz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14759" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973890v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattiwong Pankansem" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00281" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02155235v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Creff" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Taconnat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Doll" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007847" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gronnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Fournier-Goss" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01075" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177909v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valentin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Batoko" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erx392" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190055v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Hegebarth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Buschhaus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bird" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12981" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608825v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristoffer Jonsson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Esnay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joubes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms12788" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637507v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Petit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Mauxion" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wong Jun Tai" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia B B Martin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00409" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01217847v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Paris" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Krzy&#380;aniak" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gauvrit" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jamois" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12394" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7RZWQNV7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602409v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delude" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palash Bhar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josee Cardinal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pascal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00834" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190072v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegan M Haslam" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.253195" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Just" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.232645" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190085v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moreau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Lessire" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sten Stymne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m114.579318" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650729v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sollapura J. Vishwanath" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K. Kosma" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian P. Pulsifer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Scandola" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.224410" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643891v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sorel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12060" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bernard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2012.10.002" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9CK27MPG-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651318v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cacas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Melser" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Joubes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bourdenx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-012-6060-1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FMPVVV7S-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004104v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barthole" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Scagnelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.106120" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003414v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Jetter" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.099796" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658162v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pribat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodnay Sormani" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rousseau-Gueutin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena M. Julkowska" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Testerink" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20110776" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651224v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.172320" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115342v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Ono" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A Lee" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.158238" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190095v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Babiychuk" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Vandepoele" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Wissing" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Garcia-Diaz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riet de Rycke" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1103442108" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667248v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aly Mahjoub" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hernould" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decendit" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mars" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2009.02.015" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-41FLZM7R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190097v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K Kosma" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene P Parsons" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyou L&#252;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.141911" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607787v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raffaele" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Garcia" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanny Laroche-Traineau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-008-9339-z" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/328BFB3D172DE55FBB1B87ED1AC6AB1F45E2ABA1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608640v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Vailleau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Miersch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.054858" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190105v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristof de Schutter" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toon Cools" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurine Verkest" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Corellou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.045047" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661083v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Bisbis" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delmas" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sicard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190111v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hocquellet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Joub&#232;s" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Perret" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2005.10.002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7JCTFL3-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308040v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Costaglioli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Stef" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Arveiler" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2005.04.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1FQM765G-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677924v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Devaux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dieuaide-Noubhani" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Just" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erg113" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190138v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven De Veylder" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Inz&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2003.09.001" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8VNJP30-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190125v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Inze" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven de Veylder" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2004.02004.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03277947v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial S&#233;veno" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Paccalet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.026872" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675216v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delmas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Walter" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684891v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevalier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dudits" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Heberle-Bors" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693715v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690950v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Walsh" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raymond" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684679v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348054v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Hai Phan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bergounioux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.121.3.857" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801667v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Moussu" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwyneth Ingram" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25979-6_12" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-joubes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5385-450X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098269364" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/219459232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263175v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Ruyet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde Usunow" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Delft" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thoraval" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2025.07.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chavonet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bernardo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guinand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stress.2025.101051" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673335v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Alves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Boutt&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Darnet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2024.101290" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Luzarowska" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Kathrin Ru&#223;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#281;drzej Szyma&#324;ski" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad059" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alonso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1107333" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dussarrat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Latorre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Flandin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18095" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774766v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32109-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297803v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2022.2132042" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366449v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Degraeve-Guilbault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattiwong Pankasem" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurean Gueirrero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lemoigne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.639330" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366412v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bahammou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mongrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10061284" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004236v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra To" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thueux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kazaz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14759" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973890v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattiwong Pankansem" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00281" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02155235v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Creff" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Taconnat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Doll" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007847" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gronnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Fournier-Goss" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01075" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177909v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valentin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Batoko" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erx392" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190055v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Hegebarth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Buschhaus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bird" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12981" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01217847v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Paris" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Krzy&#380;aniak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gauvrit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jamois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12394" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7RZWQNV7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608825v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristoffer Jonsson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Esnay" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joubes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms12788" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637507v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Petit" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Mauxion" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wong Jun Tai" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia B B Martin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00409" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602409v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delude" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palash Bhar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josee Cardinal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pascal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00834" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190072v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegan M Haslam" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.253195" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Just" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.232645" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190085v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moreau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Lessire" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sten Stymne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m114.579318" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650729v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sollapura J. Vishwanath" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K. Kosma" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian P. Pulsifer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Scandola" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.224410" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643891v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sorel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12060" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bernard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2012.10.002" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9CK27MPG-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651318v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cacas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Melser" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Joubes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bourdenx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-012-6060-1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FMPVVV7S-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004104v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barthole" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Scagnelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.106120" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003414v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Jetter" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.099796" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658162v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pribat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodnay Sormani" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rousseau-Gueutin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena M. Julkowska" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Testerink" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20110776" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651224v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.172320" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115342v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Ono" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A Lee" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.158238" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190095v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Babiychuk" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Vandepoele" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Wissing" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Garcia-Diaz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riet de Rycke" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1103442108" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667248v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aly Mahjoub" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hernould" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decendit" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mars" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2009.02.015" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-41FLZM7R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190097v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K Kosma" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene P Parsons" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyou L&#252;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.141911" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607787v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raffaele" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Garcia" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanny Laroche-Traineau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-008-9339-z" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/328BFB3D172DE55FBB1B87ED1AC6AB1F45E2ABA1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608640v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Vailleau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Miersch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.054858" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190105v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristof de Schutter" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toon Cools" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurine Verkest" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Corellou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.045047" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661083v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Bisbis" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delmas" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sicard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190111v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hocquellet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Joub&#232;s" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Perret" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2005.10.002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7JCTFL3-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308040v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Costaglioli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Stef" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Arveiler" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2005.04.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1FQM765G-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190138v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven De Veylder" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Inz&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2003.09.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8VNJP30-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677924v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Devaux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dieuaide-Noubhani" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Just" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erg113" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03277947v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial S&#233;veno" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Paccalet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.026872" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190125v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Inze" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven de Veylder" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2004.02004.x" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675216v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delmas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Walter" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684891v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevalier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dudits" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Heberle-Bors" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693715v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690950v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Walsh" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raymond" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684679v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348054v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Hai Phan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bergounioux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.121.3.857" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801667v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Moussu" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwyneth Ingram" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25979-6_12" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>