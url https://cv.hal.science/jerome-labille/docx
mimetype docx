--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -109,161 +109,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption of anti-inflammatory and analgesic drugs traces in water on clay minerals</w:t>
+                <w:t xml:space="preserve">Groundwater-surface water exchanges in an alluvial plain in southern France subjected to pumping: A coupled multitracer and modeling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatma Mansouri</w:t>
+                <w:t xml:space="preserve">Jérôme Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khawla Chouchene</w:t>
+                <w:t xml:space="preserve">Julio Gonçalvès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Wali</w:t>
+                <w:t xml:space="preserve">Thomas Stieglitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christine Vallet-Coulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 353, pp.141469. </w:t>
+              <w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56, pp.101995. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04486562v1</w:t>
+                <w:t xml:space="preserve">ird-04757488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunscreen use during recreational activities on a French Atlantic beach: release of UV filters at sea and influence of air temperature</w:t>
               </w:r>
@@ -377,1212 +377,1212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater-surface water exchanges in an alluvial plain in southern France subjected to pumping: A coupled multitracer and modeling approach</w:t>
+                <w:t xml:space="preserve">Adsorption of anti-inflammatory and analgesic drugs traces in water on clay minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Texier</w:t>
+                <w:t xml:space="preserve">Fatma Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julio Gonçalvès</w:t>
+                <w:t xml:space="preserve">Khawla Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Stieglitz</w:t>
+                <w:t xml:space="preserve">Ahmed Wali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Vallet-Coulomb</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Nicolas Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 56, pp.101995. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 353, pp.141469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101995⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-04757488v1</w:t>
+                <w:t xml:space="preserve">hal-04486562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoidance behaviour and toxicological impact of sunscreens in the teleost Chelon auratus</w:t>
+                <w:t xml:space="preserve">Les enjeux du Génie des Procédés pour la réutilisation des eaux usées traitées au sein du réseau REUSE d'INRAE – de la nécessité d'une approche pluridisciplinaire et multi-échelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Grimmelpont</w:t>
+                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Lefrançois</w:t>
+                <w:t xml:space="preserve">Sami Bouarfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannis Panisset</w:t>
+                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Jourdon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Justine Receveur</w:t>
+                <w:t xml:space="preserve">Christelle Guigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2023.115245⟩</w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 379, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/202337908001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04173750v1</w:t>
+                <w:t xml:space="preserve">hal-04099633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution does not affect grass phytolith assemblages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avoidance behaviour and toxicological impact of sunscreens in the teleost Chelon auratus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Grimmelpont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hongye Liu</w:t>
+                <w:t xml:space="preserve">Christel Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Dominique Meunier</w:t>
+                <w:t xml:space="preserve">Yannis Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Grauby</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Guilhem Jourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Alexandre</w:t>
+                <w:t xml:space="preserve">Justine Receveur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 610, pp.111345. </w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 194, pp.115245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2022.111345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2023.115245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03962098v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UV filter occurrence in beach water of the Mediterranean coast – A field survey over 2 years in Palavas‐les‐Flots, France</w:t>
+                <w:t xml:space="preserve">Dissolution does not affect grass phytolith assemblages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Thallinger</w:t>
+                <w:t xml:space="preserve">Hongye Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Labille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Milinkovitch</w:t>
+                <w:t xml:space="preserve">Jean-Dominique Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐luc Boudenne</w:t>
+                <w:t xml:space="preserve">Olivier Grauby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Loosli</w:t>
+                <w:t xml:space="preserve">Anne Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cosmetic Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 45 (S1), pp.67-83. </w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 610, pp.111345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ics.12904⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2022.111345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04253200v1</w:t>
+                <w:t xml:space="preserve">hal-03962098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux du Génie des Procédés pour la réutilisation des eaux usées traitées au sein du réseau REUSE d'INRAE – de la nécessité d'une approche pluridisciplinaire et multi-échelles</w:t>
+                <w:t xml:space="preserve">UV filter occurrence in beach water of the Mediterranean coast – A field survey over 2 years in Palavas‐les‐Flots, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
+                <w:t xml:space="preserve">Delphine Thallinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Bouarfa</w:t>
+                <w:t xml:space="preserve">Jerome Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Milinkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+                <w:t xml:space="preserve">Jean‐luc Boudenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Guigui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Frédéric Loosli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 379, </w:t>
+              <w:t xml:space="preserve">International Journal of Cosmetic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45 (S1), pp.67-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/matecconf/202337908001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ics.12904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04099633v1</w:t>
+                <w:t xml:space="preserve">hal-04253200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of TiO2 nanocomposite UV filter surface chemistry and their interactions with organic UV filters on uptake and toxicity toward cultured fish gill cells</w:t>
+                <w:t xml:space="preserve">Potential Use of Constructed Wetland Systems for Rural Sanitation and Wastewater Reuse in Agriculture in the Moroccan Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Martin</w:t>
+                <w:t xml:space="preserve">Meryem Hdidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Britt Wassmur</w:t>
+                <w:t xml:space="preserve">Mohamed Chaker Necibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Slomberg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Souad El Hajjaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Lammel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Driss Dhiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 243, pp.113984. </w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (1), pp.156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2022.113984⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en15010156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03876913v1</w:t>
+                <w:t xml:space="preserve">hal-03528220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport of nanoparticulate TiO2 UV-filters through a saturated sandcolumn at environmentally relevant concentrations</w:t>
+                <w:t xml:space="preserve">Influence of TiO2 nanocomposite UV filter surface chemistry and their interactions with organic UV filters on uptake and toxicity toward cultured fish gill cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Motellier</w:t>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Arnould</w:t>
+                <w:t xml:space="preserve">Britt Wassmur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Locatelli</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Danielle Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Lammel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.152408⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 243, pp.113984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2022.113984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03662686v1</w:t>
+                <w:t xml:space="preserve">hal-03876913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of ligand-promoted dissolution at mild pH for the selective recovery of rare earth elements in bauxite residue</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transport of nanoparticulate TiO2 UV-filters through a saturated sandcolumn at environmentally relevant concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Ambrosi</w:t>
+                <w:t xml:space="preserve">Sylvie Motellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Borschneck</w:t>
+                <w:t xml:space="preserve">Amandine Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Angeletti</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.1c08081⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 811, pp.152408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.152408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03677657v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03662686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential Use of Constructed Wetland Systems for Rural Sanitation and Wastewater Reuse in Agriculture in the Moroccan Context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential of ligand-promoted dissolution at mild pH for the selective recovery of rare earth elements in bauxite residue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meryem Hdidou</w:t>
+                <w:t xml:space="preserve">Jean-Paul Ambrosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Chaker Necibi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souad El Hajjaji</w:t>
+                <w:t xml:space="preserve">Bernard Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driss Dhiba</w:t>
+                <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 15 (1), pp.156. </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en15010156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.1c08081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03528220v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03677657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SERENADE project : a step forward in the safe by design process of nanomaterials: The benefits of a diverse and interdisciplinary approach</w:t>
               </w:r>
@@ -1754,51 +1754,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 28 (6), pp.7564-757. </w:t>
@@ -1875,51 +1875,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 271, pp.116263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1966,51 +1966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ determination of engineered nanomaterial aggregation state in a cosmetic emulsion – toward safer-by-design products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2100,51 +2100,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safety Evaluation of TiO2 Nanoparticle-Based Sunscreen UV Filters on the Development and the Immunological State of the Sea Urchin Paracentrotus lividus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Gaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2221,90 +2221,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing Sunscreen Lifecycle to Minimize Environmental Risk Posed by Nanoparticulate UV-Filters – A Review for Safer-by-Design Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Motellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Pinsino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2355,51 +2355,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aqueous aging of a silica coated TiO 2 UV filter used in sunscreens: investigations at the molecular scale with dynamic nuclear polarization NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2489,90 +2489,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum: Assessing Sunscreen Lifecycle to Minimize Environmental Risk Posed by Nanoparticulate UV-Filters – A Review for Safer-by-Design Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Motellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Pinsino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2636,51 +2636,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clays and modified clays in remediating environmental pollutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhabananda Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Prelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2766,51 +2766,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Masion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Ziarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Laisney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2861,64 +2861,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing UV filter inputs into beach waters during recreational activity: A field study of three French Mediterranean beaches from consumer survey to water analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2989,277 +2989,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flocculation into, and resuspension of, engineered nanomaterials from coagulated sludges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoparticle stability in lake water shaped by natural organic matter properties and presence of particulate matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Brant</w:t>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luke Ruff</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Helene Miche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Angeletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auguste Bruchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Nanotechnology, Monitoring &amp; Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enmm.2019.100257⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 656, pp.338-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.11.279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414696v1</w:t>
+                <w:t xml:space="preserve">hal-02120386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticle stability in lake water shaped by natural organic matter properties and presence of particulate matter</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flocculation into, and resuspension of, engineered nanomaterials from coagulated sludges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auguste Bruchet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jonathan Brant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Ruff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.11.279⟩</w:t>
+              <w:t xml:space="preserve">Environmental Nanotechnology, Monitoring &amp; Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.100257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enmm.2019.100257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02120386v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental risk and eco-toxicology of nanomaterials: exposure driven methodology</w:t>
               </w:r>
@@ -3271,64 +3271,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Auffan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Levard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3379,51 +3379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural attenuation of TiO2 nanoparticles in a fractured hard-rock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3538,51 +3538,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear release dynamics for a CeO2 nanomaterial embedded in a protective wood stain, due to matrix photo-degradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorette Scifo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Bossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3672,77 +3672,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of past research on the design of experiments with dissolved organic matter and engineered nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Sani-Kast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konrad Hungerbühler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3806,64 +3806,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations into titanium dioxide nanoparticle and pesticide interactions in aqueous environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana M. Ilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Baran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3940,51 +3940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into natural organic matter and pesticide characterisation and distribution in the Rhone River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle L. Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4055,338 +4055,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01492676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A network perspective reveals decreasing material diversity in studies on nanoparticle interactions with dissolved organic matter</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Enhanced transportability of zero valent iron nanoparticles in aquifer sediments: surface modifications, reactivity, and particle traveling distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naresh Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Konrad Hungerbühler</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Bossa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Auffan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Doumenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1608106114⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (10), pp.9269 - 9277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-017-8597-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01519532v1</w:t>
+                <w:t xml:space="preserve">hal-01670098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced transportability of zero valent iron nanoparticles in aquifer sediments: surface modifications, reactivity, and particle traveling distances</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A network perspective reveals decreasing material diversity in studies on nanoparticle interactions with dissolved organic matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Sani-Kast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Doumenq</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konrad Hungerbühler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 24 (10), pp.9269 - 9277. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114 (10), pp.E1756-E1765. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-017-8597-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1608106114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670098v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polysaccharide coating on environmental collectors affects the affinity and deposition of nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliya Dzumedzey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cathala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4631,51 +4631,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Loyaux-Lawniczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Galindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4752,51 +4752,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of suspended particulate matter in the Rhone River: insights into analogue selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle L. Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4899,51 +4899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Bounoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5001,792 +5001,792 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the complexity of water chemistry in environmental fate modeling for engineered nanoparticles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decontamination of nanoparticles from aqueous samples using supramolecular gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Scheringer</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Amit Patwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonia Praetorius</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Yves Bottero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Thiéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.12.025⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (13), pp.2547-2550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4cc08888c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01355434v1</w:t>
+                <w:t xml:space="preserve">hal-01426101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heteroaggregation of Titanium Dioxide Nanoparticles with Natural Clay Colloids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Addressing the complexity of water chemistry in environmental fate modeling for engineered nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Sani-Kast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Scheringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Praetorius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.5b00357⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 535, pp.150-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.12.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426109v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01355434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aggregation and Dispersion Behavior in the 0-to 2-mu m Fraction of Luvisols</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Heteroaggregation of Titanium Dioxide Nanoparticles with Natural Clay Colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Cornu</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carrie Harns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Bottero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Brant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Science Society of America Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2136/sssaj2013.12.0538⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 49 (11), pp.6608-6616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.5b00357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01458008v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for TiO2 nanoparticle transfer in a hard-rock aquifer</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aggregation and Dispersion Behavior in the 0-to 2-mu m Fraction of Luvisols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Picot-Colbeaux</w:t>
+                <w:t xml:space="preserve">Romain van den Bogaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Leroy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 179, pp.148-159. </w:t>
+              <w:t xml:space="preserve">Soil Science Society of America Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 79 (1), pp.43-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2015.06.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2136/sssaj2013.12.0538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01169974v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01458008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanotechnology, global development in the frame of environmental risk forecasting. A necessity of interdisciplinary researches</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Evidence for TiO2 nanoparticle transfer in a hard-rock aquifer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Cary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Picot-Colbeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2014.10.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 179, pp.148-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2015.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426095v1</w:t>
+                <w:t xml:space="preserve">hal-01169974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decontamination of nanoparticles from aqueous samples using supramolecular gels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nanotechnology, global development in the frame of environmental risk forecasting. A necessity of interdisciplinary researches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Bottero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Auffan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Borschneck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Chaurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 51 (13), pp.2547-2550. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 347 (1), pp.35-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4cc08888c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2014.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426101v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term aging of a CeO2 based nanocomposite used for wood protection</w:t>
               </w:r>
@@ -5957,51 +5957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary N. Cherr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hunter S. Lenihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Hassellov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6052,77 +6052,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heteroaggregation of Titanium Dioxide Nanoparticles with Model Natural Colloids under Environmentally Relevant Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Praetorius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Scheringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6346,51 +6346,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Cuoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Masion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6505,51 +6505,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Noury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysiane Dherret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khedidja Abbaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6651,51 +6651,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6784,51 +6784,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Masion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Auffan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6886,311 +6886,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications of the bacterial reverse mutation test reveals mutagenicity of TiO2 nanoparticles and byproducts from a sunscreen TiO2-based nanocomposite</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exposure and environmental impact during the life cycle of manufactured nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Auffan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Chaurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Botta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Masion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 367, pp.59-62</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426292v1</w:t>
+                <w:t xml:space="preserve">hal-01519535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure and environmental impact during the life cycle of manufactured nanomaterials</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modifications of the bacterial reverse mutation test reveals mutagenicity of TiO2 nanoparticles and byproducts from a sunscreen TiO2-based nanocomposite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jomini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Bauda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pagnout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 215 (1), pp.54-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2012.09.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01519535v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufactured metal and metal-oxide nanoparticles: Properties and perturbing mechanisms of their biological activity in ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Bottero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Auffan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7198,51 +7198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 343 (2-3, SI), pp.168-176. </w:t>
@@ -7331,64 +7331,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elara Moudilou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 37 (6), pp.1105-1110. </w:t>
@@ -7490,51 +7490,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bigorgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 159 (10), pp.2515-2522. </w:t>
@@ -7623,51 +7623,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Foucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lapied Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7743,90 +7743,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TiO2-based nanoparticles released in water from commercialized sunscreens in a life-cycle perspective: Structures and quantities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Auffan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Miche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 159 (6), pp.1543-1548. </w:t>
@@ -7876,90 +7876,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aging of TiO2 nanocomposites used in sunscreen. Dispersion and fate of the degradation products in aqueous environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinghuan Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Sammut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8022,64 +8022,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of nanoparticles in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Brant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 5 (6), pp.985-998. </w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8385,90 +8385,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concurrent Aggregation and Deposition of TiO2 Nanoparticles in a Sandy Porous Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Solovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (13), pp.4897-4902. </w:t>
@@ -8500,1045 +8500,1045 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implications of nanoparticle aggregation state and reactivity in toxicity testing</w:t>
+                <w:t xml:space="preserve">Characterization of fullerene C60 nanomaterials within commercial face cream byproducts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. R. Wiesner</w:t>
+                <w:t xml:space="preserve">Ernest M. Hotze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. M. Hotze</w:t>
+                <w:t xml:space="preserve">Soryong Chae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Jassby</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yao Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Botta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 73 (13, S), pp.A1440</w:t>
+              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 237</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01519540v1</w:t>
+                <w:t xml:space="preserve">hal-01519539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecotoxicological effect of altered TiO2 nanocomposite on the earthworm, Eisenia fetida</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Implications of nanoparticle aggregation state and reactivity in toxicity testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R. Wiesner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bigorgne</w:t>
+                <w:t xml:space="preserve">E. M. Hotze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Foucaud</w:t>
+                <w:t xml:space="preserve">David Jassby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Falla</w:t>
+                <w:t xml:space="preserve">J. Y. Bottero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Labille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 73 (13, S), pp.A122</w:t>
+              <w:t xml:space="preserve">, 2009, 73 (13, S), pp.A1440</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519541v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical-chemical characterization and ecotoxicity of residues from alteration of engineered nanomaterials</w:t>
+                <w:t xml:space="preserve">Ecotoxicological effect of altered TiO2 nanocomposite on the earthworm, Eisenia fetida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Botta</w:t>
+                <w:t xml:space="preserve">E. Bigorgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Foucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Falla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rose</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 73 (13), pp.A144</w:t>
+              <w:t xml:space="preserve">, 2009, 73 (13, S), pp.A122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01519542v1</w:t>
+                <w:t xml:space="preserve">hal-01519541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical-chemical characterization and ecotoxicity of residues from alteration of engineered nanomaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 73 (13), pp.1</w:t>
+              <w:t xml:space="preserve">, 2009, 73 (13), pp.A144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02592999v1</w:t>
+                <w:t xml:space="preserve">hal-01519542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical-chemical characterization of residues from alteration of engineered nanomaterials: Commercialized sunscreens containing titanium dioxide nanoparticles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Physical-chemical characterization and ecotoxicity of residues from alteration of engineered nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Botta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rosé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Gatri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ernest M. Hotze</w:t>
+                <w:t xml:space="preserve">P. Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 237</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73 (13), pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426344v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02592999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration and Dispersion of C60 in Aqueous Systems: The Nature of Water-Fullerene Interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Physical-chemical characterization of residues from alteration of engineered nanomaterials: Commercialized sunscreens containing titanium dioxide nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Botta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Brant</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Gatri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinghuan Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest M. Hotze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 237</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la9022807⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00415336v1</w:t>
+                <w:t xml:space="preserve">hal-01426344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between two types of nanoparticles (nC(60) and TiO2) and porous media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J Labille</w:t>
+                <w:t xml:space="preserve">Hydration and Dispersion of C60 in Aqueous Systems: The Nature of Water-Fullerene Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Masion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Ziarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Brant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la9022807⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519538v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00415336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of fullerene C60 nanomaterials within commercial face cream byproducts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions between two types of nanoparticles (nC(60) and TiO2) and porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yao Xiao</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Solovitch-Vella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rose</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 237</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73 (13, S), pp.A1248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519539v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of photochemistry and reactive oxygen production by fullerene suspensions in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernest M. Hotze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9623,51 +9623,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fullerol cluster formation in aqueous solutions: Implications for environmental release</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan A. Brant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ogilvie Robichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10058,51 +10058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Buffle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fatin-Rouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of electroanalytical chemistry and interfacial electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 595 (2), pp.125-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10423,51 +10423,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flocculation of colloidal clay by bacterial polysaccharides: effect of macromolecule charge and structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10565,51 +10565,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative characteristics of aqueous suspensions of fullerene nanoclusters produced through different techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ja Brant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ly Bottero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10660,51 +10660,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Destabilization of montmorillonite suspensions by Ca2+ and succinoglycan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10835,51 +10835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11042,51 +11042,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’observation hydrosédimentaire de long terme et à large échelle : comment quantifier les flux de matières en suspension et de contaminants qui transitent dans les fleuves ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11176,51 +11176,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEDNET 2025 - 14th International SedNet Conference - Healthy sediments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSIC, Oct 2025, Madrid, Spain</w:t>
@@ -11243,687 +11243,687 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05332776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de méthodologies d’évaluation des microplastiques dans les rivières sur le continuum du Rhône</w:t>
+                <w:t xml:space="preserve">Vers une méthodologie harmonisée de mesure des concentrations et des flux de microplastiques en rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourier Brice</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Labille</w:t>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Lelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’échange (micro)plastiques dans les hydrosystèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EUR H2O'Lyon, Nov 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">1. Journées du GDR Plastiques, Environnement, Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Plastiques Environnement Santé, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04868860v1</w:t>
+                <w:t xml:space="preserve">hal-04622307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une méthodologie harmonisée de mesure des concentrations et des flux de microplastiques en rivière</w:t>
+                <w:t xml:space="preserve">Comparaison de méthodologies d’évaluation des microplastiques dans les rivières sur le continuum du Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Gateuille</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourier Brice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guiraud Nathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Mourier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Soline Lelay</w:t>
+                <w:t xml:space="preserve">Lelay Soline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées du GDR Plastiques, Environnement, Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Plastiques Environnement Santé, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journée d’échange (micro)plastiques dans les hydrosystèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUR H2O'Lyon, Nov 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622307v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The challenges of Process Engineering for the reuse of treated wastewater within INRAE’s REUSE network - the need for a multidisciplinary and multi-scale approach</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pollution des eaux de baignade du littoral par les filtres UV issus des crèmes solaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. Congrès de la Société Française de Génie des Procédés (SFGP 2022) « Sciences et Solutions technologiques pour la Transition »</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dix ans de recherches de l'Observatoire Hommes-Milieux Littoral méditerranéen sur le Littoral marseillais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OHM Littoral méditerranéen; ESPACE UMR 7300, Jun 2023, Marseille (13), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779573v1</w:t>
+                <w:t xml:space="preserve">hal-04142087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accélérez le changement - Quelles transformations sociétales et technologiques pour répondre aux urgences de l’eau et du changement climatique ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Philip</w:t>
+                <w:t xml:space="preserve">The challenges of Process Engineering for the reuse of treated wastewater within INRAE’s REUSE network - the need for a multidisciplinary and multi-scale approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bouarfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Roche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Reiche</w:t>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée mondiale de l'eau</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18. Congrès de la Société Française de Génie des Procédés (SFGP 2022) « Sciences et Solutions technologiques pour la Transition »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France. pp.08001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/202337908001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04402400v1</w:t>
+                <w:t xml:space="preserve">hal-04779573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution des eaux de baignade du littoral par les filtres UV issus des crèmes solaires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Accélérez le changement - Quelles transformations sociétales et technologiques pour répondre aux urgences de l’eau et du changement climatique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Closet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix ans de recherches de l'Observatoire Hommes-Milieux Littoral méditerranéen sur le Littoral marseillais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OHM Littoral méditerranéen; ESPACE UMR 7300, Jun 2023, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">Journée mondiale de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix-Marseille Université (AMU); Altereo; Société du Canal de Provence (SCP); Société des Eaux de Marseille (SEM), Mar 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04142087v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux du Génie des Procédés pour la réutilisation des eaux usées traitées au sein du réseau REUSE d'INRAE – de la nécessité d'une approche pluridisciplinaire et multi-échelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Bouarfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congrès de la Société Française de Génie des Procédés (SFGP 2022) « Sciences et Solutions technologiques pour la Transition »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFGP, Nov 2022, Toulouse, France</w:t>
@@ -12077,51 +12077,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution des eaux du Littoral par les Absorbeurs d'UV issus de crèmes solaires, Générée par les activités Estivales PLAGE-UV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12192,902 +12192,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the heteroaggregation of manufactured nanoparticles with naturally occurring colloids in a typical surface water</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J Labille</w:t>
+                <w:t xml:space="preserve">Lifecycle and ompact of sunscreens using TiO2 nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Praetorius</w:t>
+                <w:t xml:space="preserve">D. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hubaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Harns</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J-y Bottero</w:t>
+                <w:t xml:space="preserve">S. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
+              <w:t xml:space="preserve">26. SETAC Europe annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03572358v1</w:t>
+                <w:t xml:space="preserve">ineris-01854193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heteroaggregation of titanium dioxide nanoparticles with suspended particulate and natural organic matter analogues</w:t>
+                <w:t xml:space="preserve">Assessing the heteroaggregation of manufactured nanoparticles with naturally occurring colloids in a typical surface water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle L Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ollivier</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Praetorius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Harns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-y Bottero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanosafe 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03572461v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safer by design sunscreen using titanium dioxide nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Heteroaggregation of titanium dioxide nanoparticles with suspended particulate and natural organic matter analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle L Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Capron</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Praetorius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference Nanosafe "Health and safety issues related to nanomaterials for a socially responsible approach"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Grenoble, France. pp.229</w:t>
+              <w:t xml:space="preserve">Nanosafe 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01854345v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing TiO 2 nanoparticles in a hard rock aquifer</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Safer by design sunscreen using titanium dioxide nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hubaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Yokohama, Japan</w:t>
+              <w:t xml:space="preserve">5. International Conference Nanosafe "Health and safety issues related to nanomaterials for a socially responsible approach"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Grenoble, France. pp.229</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01284878v1</w:t>
+                <w:t xml:space="preserve">ineris-01854345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-SUN for Eco-design of sunscreen using titanium dioxide nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hubaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. SETAC Europe annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of titanium dioxide nanoparticle heteroaggregation with suspended particulate and natural organic matter analogues</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Tracing TiO 2 nanoparticles in a hard rock aquifer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Cary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Picot-Colbeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on the Environmental Effects of Nanoparticles and Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Golden, CO, United States</w:t>
+              <w:t xml:space="preserve">Goldschmidt 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03572424v1</w:t>
+                <w:t xml:space="preserve">hal-01284878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifecycle and ompact of sunscreens using TiO2 nanomaterials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Evaluation of titanium dioxide nanoparticle heteroaggregation with suspended particulate and natural organic matter analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle L Slomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S. Lehmann</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Praetorius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. SETAC Europe annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">11th International Conference on the Environmental Effects of Nanoparticles and Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Golden, CO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01854193v1</w:t>
+                <w:t xml:space="preserve">hal-03572424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanomaterials across a salinity gradient : exposure and ecotoxicological effects within a life cycle perspective</w:t>
               </w:r>
@@ -13211,51 +13211,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight into mechanisms leading to the release of ceo2 nanoparticles embedded in an acrylic wood coating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorette Scifo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Avellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13599,64 +13599,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Vollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chaurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13711,51 +13711,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging substances in groundwater : detection and fate of manufactured nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Cary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13976,51 +13976,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are sunscreen UV filters polluting our beaches? A case study from consumer habits to water analysis on the French Mediterranan Coast Coauthors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle L. Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14149,51 +14149,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Montouo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Risk Assessment of Pharmaceuticals in the Environment (ICRAPHE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14231,77 +14231,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of pesticides in stabilization of TiO2 nanoparticles in aquatic environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Ilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Baran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14382,51 +14382,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Baran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Sani-Kast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14494,77 +14494,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Ilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Baran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Slomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Sani-Kast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 25th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Barcelone, Spain</w:t>
@@ -14869,90 +14869,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du gadolinium (Gd) sur le continuum Rhôdanien comme marqueur de l'activité anthropique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Martelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Angeletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CEREGE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -15096,90 +15096,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affinité des contaminants pour les matières en suspension en fonction de la composition organo-minérale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Martelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15456,271 +15456,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactivité des contaminants avec la matière organique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Geneviève Dur</w:t>
+                <w:t xml:space="preserve">Fonctionnement du réseau d’observation des flux de matières en suspension et de contaminants particulaires (OSR 6 – année 2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gruat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lagouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] IRSN; CNRS; Université de Rouen; INRAE. 2021</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAE; CEREGE; IRSN; MIO; Ifremer. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03293511v1</w:t>
+                <w:t xml:space="preserve">hal-03750716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement du réseau d’observation des flux de matières en suspension et de contaminants particulaires (OSR 6 – année 2021)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Lagouy</w:t>
+                <w:t xml:space="preserve">Réactivité des contaminants avec la matière organique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Eyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Radakovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Delaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Ambrosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] INRAE; CEREGE; IRSN; MIO; Ifremer. 2021</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] IRSN; CNRS; Université de Rouen; INRAE. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03750716v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03293511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport sur le fonctionnement du réseau OSR d'observation des flux de matières en suspension et de contaminants particulaires (OSR 5 – année 2020)</w:t>
               </w:r>
@@ -15860,51 +15860,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déstabilisation d'une suspension colloïdale de montmorillonite par coagulation-floculation, en présence de polysaccharides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de la Terre. Institut National Polytechnique de Lorraine, 2003. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2003INPL021N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -16100,51 +16100,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04486562v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Mansouri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Chouchene" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Wali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141469" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609642v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Milinkovitch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Le B&#233;guec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubillot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-33783-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04757488v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Texier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Gon&#231;alv&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stieglitz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101995" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173750v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Grimmelpont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Panisset" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Jourdon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.115245" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962098v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongye Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Meunier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grauby" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alexandre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2022.111345" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253200v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thallinger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Labille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Boudenne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Loosli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ics.12904" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04099633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guigui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337908001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876913v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britt Wassmur" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Slomberg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Lammel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2022.113984" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662686v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Motellier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Arnould" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Locatelli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152408" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677657v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lallemand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borschneck" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Chaurand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.1c08081" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03528220v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Hdidou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chaker Necibi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad El Hajjaji" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Dhiba" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15010156" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03274485v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Auffan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Garidel-Thoron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Artous" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auplat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nantod.2020.101065" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989392v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Levard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Hamdi-Alaoui" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Guillon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-11076-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164569v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle L Slomberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Catalano" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bartolomei" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.116263" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455688v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Picard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Vidal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1en00345c" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989363v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Gaglio" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andi Alijagic" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Napodano" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10112102" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898213v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Pinsino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.00101" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02505488v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ziarelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra00595a" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215078v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.597861" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923143v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhabananda Biswas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09828-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864484v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Masion" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Laisney" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.124792" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414659v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.136010" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414696v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Brant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Ruff" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enmm.2019.100257" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120386v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Miche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Bruchet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.279" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NFZLVBSG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02393686v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2018.06.1168" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120384v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauwels" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wille" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Braibant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2018.07.035" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QSFKSGXK-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799682v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Scifo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bossa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Avellan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.05.045" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120383v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sani-Kast" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Hungerb&#252;hler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196549" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654924v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana M. Ilina" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pariat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7en00445a" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01492676v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle L. Slomberg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN16038" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519532v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608106114" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01670098v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Kumar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Doumenq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8597-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765449v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Dzumedzey" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Moreau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Santaella" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2016.12.004" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519288v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bertrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Zalouk-Vergnoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Giamb&#233;rini" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Poirier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.3428" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZSPQZG7Z-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519533v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Adam" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Loyaux-Lawniczak" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Galindo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Del Nero" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-015-3319-4" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445665v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN15065" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519534v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Bounoua" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Tomas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Granier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00271-016-0506-8" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01355434v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Scheringer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Praetorius" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.12.025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BKL3W534-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426109v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrie Harns" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bottero" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b00357" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458008v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain van den Bogaert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cornu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj2013.12.0538" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01169974v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cary" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Picot-Colbeaux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2015.06.007" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426095v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2014.10.004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426101v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Patwa" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thi&#233;ry" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc08888c" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057463v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Auffan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masion" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Labille" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Diot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Liu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2014.01.016" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N5C5XWM8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426114v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Corsi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary N. Cherr" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunter S. Lenihan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hassellov" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn504684k" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157196v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thill" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es501655v" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057470v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Allainmat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Simonet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chan&#233;ac" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es500216t" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781732v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cuoq" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2012.11.120" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ1NSTF5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426274v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Fouqueray" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Noury" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1256-7" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-91TKKNQM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766640v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dufils" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vollat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Botta" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.11.035" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZP0B6BRL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426186v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Solovitch" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2012.045325" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426292v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jomini" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bauda" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pagnout" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2012.09.012" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBWST761-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519535v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426205v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2011.01.001" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5185V7BH-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766618v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lapied" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nahmani" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Moudilou" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2011.01.009" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ0CPHPV-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766589v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Foltete" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Masfaraud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bigorgne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.06.020" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FHKZWTNZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426207v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Foucaud" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapied Emmanuel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.05.024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VMSTF07F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426200v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.03.003" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5XP29QT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519536v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinghuan Feng" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Sammut" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2010.02.012" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2Z1709VX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519537v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/NNM.10.62" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426341v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pedeutour" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es903757q" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426342v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Levard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Solovitch" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519289v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es1000819" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519540v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Wiesner" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Hotze" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jassby" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Bottero" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519541v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bigorgne" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Foucaud" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Falla" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519542v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Botta" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Feng" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaurand" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592999v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ros&#233;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426344v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Gatri" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest M. Hotze" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415336v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la9022807" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519538v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Solovitch-Vella" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519539v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soryong Chae" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Xiao" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519543v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alvarez" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Wiesner" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es702172w" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CHZ15X3F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519544v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A. Brant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ogilvie Robichaud" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wiesner" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.05.020" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8ZT3XCS-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519547v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zeyons" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Decome" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thill" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.06.995" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RWF7DZ0N-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519546v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Villi&#233;ras" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pelletier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Thill" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15363830600665250" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519549v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Noel" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Buffle" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fatin-Rouge" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2006.07.020" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPZJC0FT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519545v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja Brant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Bottero" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mr Wiesner" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la053293o" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DZWQJ0K3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519548v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Laguecir" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ulrich" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fatin-Rouge" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Stoll" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2005.11.023" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6PLQ4PT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110223v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Milas" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vanhaverbeke" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2004.10.001" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F37V0375-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519550v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Bottero" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519551v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Thomas" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Bihannic" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/0009855033820087" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310396v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181635v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Giraud" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293907v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332776v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779573v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402400v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guilleux" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Closet" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Philip" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Reiche" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142087v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166926v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853357v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Slomberg" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Catalano" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hubaud" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bartolomei" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Motellier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650396v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Boudenne" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572358v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Praetorius" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Harns" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-y Bottero" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572461v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854345v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopes" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01284878v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854203v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guerin" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lehmann" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572424v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854193v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03174228v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855605v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863926v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Joubert" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dumestre" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumont" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cardetti" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Kvapil" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03174233v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595538v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Garric" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vollat" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abacci" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970426v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rollin" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Janex-Habibi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868929v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thollet Fabien" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lagouy Mickael" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gruat Alexandra" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373825v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-12a97c" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558032v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Bourdat-Deschamps" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Montouo" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01285033v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ilina" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01283926v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01140608v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237900v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lootgieter" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652823v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lagouy" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653122v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martelet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Dur" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653248v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Borschneck" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228357v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874942v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vidal" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Rose Thomas" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293511v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eyrolle" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delaval" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Ambrosi" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Dur" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750716v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312630v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lagouy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750158v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003INPL021N" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04757488v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Texier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Gon&#231;alv&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stieglitz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609642v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Milinkovitch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Le B&#233;guec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubillot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-33783-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04486562v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Mansouri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Chouchene" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Wali" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141469" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04099633v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guigui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337908001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173750v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Grimmelpont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Panisset" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Jourdon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.115245" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962098v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongye Liu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Meunier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grauby" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alexandre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2022.111345" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253200v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thallinger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Labille" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Boudenne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Loosli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ics.12904" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03528220v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Hdidou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chaker Necibi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad El Hajjaji" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Dhiba" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15010156" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876913v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britt Wassmur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Slomberg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Lammel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2022.113984" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662686v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Motellier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Arnould" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Locatelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152408" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677657v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lallemand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borschneck" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Chaurand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.1c08081" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03274485v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Auffan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Garidel-Thoron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Artous" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auplat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nantod.2020.101065" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989392v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Levard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Hamdi-Alaoui" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Guillon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-11076-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164569v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle L Slomberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Catalano" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bartolomei" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.116263" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455688v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Picard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Vidal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1en00345c" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989363v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Gaglio" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andi Alijagic" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Napodano" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10112102" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898213v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Pinsino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.00101" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02505488v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ziarelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra00595a" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215078v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.597861" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923143v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhabananda Biswas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09828-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864484v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Masion" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Laisney" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.124792" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414659v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.136010" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120386v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Miche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Bruchet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.279" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NFZLVBSG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414696v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Brant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Ruff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enmm.2019.100257" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02393686v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2018.06.1168" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120384v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauwels" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wille" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Braibant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2018.07.035" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QSFKSGXK-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799682v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Scifo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bossa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Avellan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.05.045" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120383v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sani-Kast" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Hungerb&#252;hler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196549" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654924v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana M. Ilina" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pariat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7en00445a" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01492676v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle L. Slomberg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN16038" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01670098v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Kumar" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Doumenq" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8597-1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519532v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608106114" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765449v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Dzumedzey" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Moreau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Santaella" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2016.12.004" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519288v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bertrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Zalouk-Vergnoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Giamb&#233;rini" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Poirier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.3428" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZSPQZG7Z-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519533v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Adam" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Loyaux-Lawniczak" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Galindo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Del Nero" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-015-3319-4" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445665v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN15065" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519534v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Bounoua" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Tomas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Granier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00271-016-0506-8" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426101v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Patwa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bottero" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thi&#233;ry" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc08888c" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01355434v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Scheringer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Praetorius" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.12.025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BKL3W534-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426109v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrie Harns" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b00357" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458008v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain van den Bogaert" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cornu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj2013.12.0538" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01169974v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cary" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Picot-Colbeaux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2015.06.007" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426095v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2014.10.004" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057463v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Auffan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masion" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Labille" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Diot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Liu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2014.01.016" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N5C5XWM8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426114v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Corsi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary N. Cherr" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunter S. Lenihan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hassellov" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn504684k" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157196v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thill" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es501655v" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057470v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Allainmat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Simonet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chan&#233;ac" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es500216t" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781732v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cuoq" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2012.11.120" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ1NSTF5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426274v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Fouqueray" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Noury" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1256-7" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-91TKKNQM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766640v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dufils" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vollat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Botta" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.11.035" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZP0B6BRL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426186v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Solovitch" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2012.045325" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519535v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426292v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jomini" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bauda" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pagnout" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2012.09.012" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBWST761-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426205v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2011.01.001" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5185V7BH-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766618v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lapied" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nahmani" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Moudilou" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2011.01.009" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ0CPHPV-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766589v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Foltete" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Masfaraud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bigorgne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.06.020" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FHKZWTNZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426207v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Foucaud" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapied Emmanuel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.05.024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VMSTF07F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426200v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.03.003" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5XP29QT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519536v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinghuan Feng" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Sammut" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2010.02.012" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2Z1709VX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519537v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/NNM.10.62" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426341v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pedeutour" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es903757q" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426342v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Levard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Solovitch" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519289v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es1000819" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519539v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest M. Hotze" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soryong Chae" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Xiao" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519540v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Wiesner" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Hotze" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jassby" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Bottero" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519541v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bigorgne" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Foucaud" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Falla" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519542v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Botta" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Feng" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaurand" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592999v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ros&#233;" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426344v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Gatri" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415336v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la9022807" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519538v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Solovitch-Vella" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519543v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alvarez" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Wiesner" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es702172w" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CHZ15X3F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519544v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A. Brant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ogilvie Robichaud" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wiesner" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.05.020" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8ZT3XCS-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519547v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zeyons" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Decome" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thill" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.06.995" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RWF7DZ0N-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519546v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Villi&#233;ras" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pelletier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Thill" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15363830600665250" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519549v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Noel" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Buffle" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fatin-Rouge" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2006.07.020" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPZJC0FT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519545v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja Brant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Bottero" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mr Wiesner" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la053293o" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DZWQJ0K3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519548v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Laguecir" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ulrich" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fatin-Rouge" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Stoll" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2005.11.023" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6PLQ4PT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110223v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Milas" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vanhaverbeke" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2004.10.001" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F37V0375-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519550v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Bottero" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01519551v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Thomas" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Bihannic" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/0009855033820087" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310396v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181635v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Giraud" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293907v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332776v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142087v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779573v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402400v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guilleux" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Closet" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Philip" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Reiche" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166926v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853357v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Slomberg" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Catalano" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hubaud" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bartolomei" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Motellier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650396v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Boudenne" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854193v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guerin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lehmann" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572358v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Praetorius" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Harns" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-y Bottero" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572461v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854345v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopes" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854203v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01284878v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572424v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03174228v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855605v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863926v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Joubert" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dumestre" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumont" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cardetti" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Kvapil" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03174233v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595538v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Garric" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vollat" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abacci" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970426v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rollin" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Janex-Habibi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868929v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thollet Fabien" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lagouy Mickael" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gruat Alexandra" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373825v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-12a97c" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558032v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Bourdat-Deschamps" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Montouo" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01285033v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ilina" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01283926v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01140608v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237900v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lootgieter" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652823v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lagouy" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653122v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martelet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Dur" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653248v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Borschneck" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228357v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874942v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vidal" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Rose Thomas" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750716v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293511v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eyrolle" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delaval" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Ambrosi" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Dur" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312630v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lagouy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750158v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003INPL021N" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>