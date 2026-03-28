--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -735,247 +735,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récits de covid à l'ère de l'Anthropocène : des discours précursifs.</w:t>
+                <w:t xml:space="preserve">Récits anthropocéniques et jeu de langage ou de « l’engagement » pour une habitabilité socioécologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "Le paradigme du biographique à l’ère de l’Anthropocène"</w:t>
+              <w:t xml:space="preserve">Colloque international « Le paradigme du biographique à l’ère de l’Anthropocène »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS, Le sujet dans la cité, Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03993398v1</w:t>
+                <w:t xml:space="preserve">hal-03993390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récits anthropocéniques et jeu de langage ou de « l’engagement » pour une habitabilité socioécologique ?</w:t>
+                <w:t xml:space="preserve">Dynamique dialogique et (dé)légitimation des savoirs, un enjeu majeur pour une démocratie écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Le paradigme du biographique à l’ère de l’Anthropocène »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS, Le sujet dans la cité, Feb 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">"Démocratie par temps sombres. Autoritarismes, participations, expérimentations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Démocratie &amp; participation - Groupement d'Intérêt Scientifique, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03993390v1</w:t>
+                <w:t xml:space="preserve">hal-04179973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique dialogique et (dé)légitimation des savoirs, un enjeu majeur pour une démocratie écologique</w:t>
+                <w:t xml:space="preserve">Récits de covid à l'ère de l'Anthropocène : des discours précursifs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Démocratie par temps sombres. Autoritarismes, participations, expérimentations"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Démocratie &amp; participation - Groupement d'Intérêt Scientifique, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international "Le paradigme du biographique à l’ère de l’Anthropocène"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS, Le sujet dans la cité, Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04179973v1</w:t>
+                <w:t xml:space="preserve">hal-03993398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique dialogique et (dé)légitimation des savoirs, enjeu majeur d’une démocratie écologique</w:t>
               </w:r>
@@ -1162,204 +1162,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03650435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le ralentissement du chercheur.e : comment résister à l’entrepreunarisation de l'université ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégies d'institutionnalisation en éducation des adultes et en ERE au Québec : quelques éléments de convergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joanne Lehrers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société canadienne pour l'étude de l'éducation au 86th Congress of the Social Sciences and Humanities at Ryerson University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">Trajectoires, tendances et tensions. Regards sur la recherche contemporaine en ERE au sein de la Francophonie, 6e forum Planèt'ERE, UQAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03654593v1</w:t>
+                <w:t xml:space="preserve">hal-03654586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éléments de politiques nationales dans divers pays : quelles sources d'inspiration ?</w:t>
+                <w:t xml:space="preserve">Le ralentissement du chercheur.e : comment résister à l’entrepreunarisation de l'université ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Demers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Sauvé</w:t>
+                <w:t xml:space="preserve">Joanne Lehrers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">le "Sommet pour une stratégie québécoise en ERE.E". Planétarium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Société canadienne pour l'étude de l'éducation au 86th Congress of the Social Sciences and Humanities at Ryerson University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654597v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication citoyenne et participation publique: l'« impératif participatif » au risque des savoirs environnementaux</w:t>
               </w:r>
@@ -1408,109 +1408,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03650448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d'institutionnalisation en éducation des adultes et en ERE au Québec : quelques éléments de convergence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Éléments de politiques nationales dans divers pays : quelles sources d'inspiration ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lafitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Dahl</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lafitte</w:t>
+                <w:t xml:space="preserve">Lucie Sauvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trajectoires, tendances et tensions. Regards sur la recherche contemporaine en ERE au sein de la Francophonie, 6e forum Planèt'ERE, UQAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">le "Sommet pour une stratégie québécoise en ERE.E". Planétarium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03654586v1</w:t>
+                <w:t xml:space="preserve">hal-03654597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1541,51 +1541,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les initiatives d’institutionnalisation d’une éducation en matière d’environnement dans différents contextes nationaux: constats et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sauvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabel Orellana; Laurence Brière; Hugue Asselin; Adolfo Agundez Rodriguez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation relative à l'environnement : Trajectoires, perspectives et défis contemporains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université du Québec, pp.257-283, 2024, 978-2-7605-5599-12</w:t>
@@ -1862,182 +1862,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03993421v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postface. Apprendre avec la COVID : temporalités formatives et vécu de l'incertitude</w:t>
+                <w:t xml:space="preserve">Végétarisme et véganisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maestripieri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chronique du vécu d'une pandémie planétaire. Récits d’universitaires, d’Est en Ouest, premier semestre 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L’Harmattan, pp.287-298, 2020, 2343214131</w:t>
+              <w:t xml:space="preserve">Collectif, Dictionnaire critique de l’anthropocène. Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS-Editions, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03650409v1</w:t>
+                <w:t xml:space="preserve">hal-03650410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Végétarisme et véganisme</w:t>
+                <w:t xml:space="preserve">Postface. Apprendre avec la COVID : temporalités formatives et vécu de l'incertitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lafitte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hervé Breton (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collectif, Dictionnaire critique de l’anthropocène. Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS-Editions, 2020</w:t>
+              <w:t xml:space="preserve">Chronique du vécu d'une pandémie planétaire. Récits d’universitaires, d’Est en Ouest, premier semestre 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, pp.287-298, 2020, 2343214131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03650410v1</w:t>
+                <w:t xml:space="preserve">hal-03650409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoire et territorialités : quelles « prises » pour l’éducation relative à l’environnement ?</w:t>
               </w:r>
@@ -2435,51 +2435,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="16B2F0AD"/>
+    <w:nsid w:val="2D295D59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2666,51 +2666,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-lafitte" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9150-7725" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/251791017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/42161028793223740106" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537925v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lafitte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.062.0183" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636272v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Breton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.216.0793" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650399v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.6526" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650403v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566818v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.2835" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242317v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993398v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993390v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179973v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993126v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650419v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650435v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654593v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Demers" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Lehrers" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654597v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sauv&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650448v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dahl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027789v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993644v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613898v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maestripieri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lanternpm.org/book/vegan-geographies/#:~:text=Vegan%20Geographies%20fundamentally%20challenges%20outdated,collectively%20toward%20less%20destructive%20worlds." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993421v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berryman Thomas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650409v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650410v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650412v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993707v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lepage Laurent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Choquette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Larivi&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03080509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU20057" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-lafitte" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9150-7725" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/251791017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/42161028793223740106" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537925v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lafitte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.062.0183" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636272v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Breton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.216.0793" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650399v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.6526" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650403v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566818v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.2835" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242317v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993390v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993398v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993126v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650419v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650435v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654586v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dahl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654593v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Demers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Lehrers" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650448v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sauv&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027789v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993644v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613898v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maestripieri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lanternpm.org/book/vegan-geographies/#:~:text=Vegan%20Geographies%20fundamentally%20challenges%20outdated,collectively%20toward%20less%20destructive%20worlds." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993421v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berryman Thomas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650410v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650412v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993707v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lepage Laurent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Choquette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Larivi&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03080509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU20057" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>