--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,10135 +100,10135 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new organic-inorganic hybrid compound [C6H9N2]2[CuBr4]: Crystal structure, Hirshfeld surface analysis, DFT calculations, optical and electrical investigations</w:t>
+                <w:t xml:space="preserve">New insights into Bismuth(III) based co-crystal with potential antibacterial activity against clinically relevant pathogens: Hydrothermal synthesis and comprehensive physico-chemical characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanen Elgahami</w:t>
+                <w:t xml:space="preserve">Nour Elleuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arafet Ghoudi</w:t>
+                <w:t xml:space="preserve">Sameh Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najoua Weslati</w:t>
+                <w:t xml:space="preserve">Eya Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noweir Ahmad Alghamdi</w:t>
+                <w:t xml:space="preserve">Chaima Jridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Znaidia</w:t>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 1351, pp.144325. </w:t>
+              <w:t xml:space="preserve">, 2026, 1351, pp.144271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2025.144325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2025.144271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318715v1</w:t>
+                <w:t xml:space="preserve">hal-05318714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into Bismuth(III) based co-crystal with potential antibacterial activity against clinically relevant pathogens: Hydrothermal synthesis and comprehensive physico-chemical characterization</w:t>
+                <w:t xml:space="preserve">A new organic-inorganic hybrid compound [C6H9N2]2[CuBr4]: Crystal structure, Hirshfeld surface analysis, DFT calculations, optical and electrical investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour Elleuch</w:t>
+                <w:t xml:space="preserve">Hanen Elgahami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sameh Sellami</w:t>
+                <w:t xml:space="preserve">Arafet Ghoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eya Toumi</w:t>
+                <w:t xml:space="preserve">Najoua Weslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaima Jridi</w:t>
+                <w:t xml:space="preserve">Noweir Ahmad Alghamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+                <w:t xml:space="preserve">Sami Znaidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 1351, pp.144271. </w:t>
+              <w:t xml:space="preserve">, 2026, 1351, pp.144325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2025.144271⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2025.144325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318714v1</w:t>
+                <w:t xml:space="preserve">hal-05318715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Co2+ substitution by Fe2+ on the thermal behavior of a hydrated fluoride, precursor of a mixed iron-based oxyfluoride with reduced cobalt content as efficient OER electrocatalyst</w:t>
+                <w:t xml:space="preserve">Structure–property relationships in tris(2-amino-5-methylpyridinium) hexabromobismuthate monohydrate with a focus on optical and electrical behavior for optoelectronics applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Terry</w:t>
+                <w:t xml:space="preserve">Rima Altalib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Duval</w:t>
+                <w:t xml:space="preserve">Imen Ibrahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arafet Ghoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Znaidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Mathiot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ralf Weisbarth</w:t>
+                <w:t xml:space="preserve">Walid Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crchim.371⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (39), pp.32906-32918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5RA04097C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017599v1</w:t>
+                <w:t xml:space="preserve">hal-05318710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unusual planar anisotropy of the induced magnetism in KTb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;F&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New organic–inorganic chloride (2-amino-4-methylpyridinium hexachlorostannate): Crystal structure, BFDH morphology, and electrical conduction mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iheb Garoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Hajlaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Demortier</w:t>
+                <w:t xml:space="preserve">Mohamed Tliha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Petit</w:t>
+                <w:t xml:space="preserve">Raja Naouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Fauqué</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Kibalin</w:t>
+                <w:t xml:space="preserve">Saber Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.9.056201⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 206, pp.112840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2025.112840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05223632v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure–property relationships in tris(2-amino-5-methylpyridinium) hexabromobismuthate monohydrate with a focus on optical and electrical behavior for optoelectronics applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Straightforward Access to Polyfunctionalized δ-Lactams via Domino Aza–Michael/Thia–Michael/Aldol Sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Alahyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rima Altalib</w:t>
+                <w:t xml:space="preserve">Marie-José Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Ibrahmi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sami Znaidia</w:t>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Rekik</w:t>
+                <w:t xml:space="preserve">Vincent Dalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (39), pp.32906-32918. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (10), pp.2154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5RA04097C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules30102154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318710v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new luminescent material based on bismuth(III): Synthesis, structural characterization, DFT calculations, Hirshfeld surface, thermal behavior, vibrational and optical properties</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unusual planar anisotropy of the induced magnetism in KTb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;F&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">O. Demortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fauqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ressouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Kibalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rechem.2024.101921⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (5), pp.056201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.9.056201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318383v1</w:t>
+                <w:t xml:space="preserve">hal-05223632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New organic–inorganic chloride (2-amino-4-methylpyridinium hexachlorostannate): Crystal structure, BFDH morphology, and electrical conduction mechanism</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Raja Naouari</w:t>
+                <w:t xml:space="preserve">A new luminescent material based on bismuth(III): Synthesis, structural characterization, DFT calculations, Hirshfeld surface, thermal behavior, vibrational and optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Jridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saber Nasri</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 206, pp.112840. </w:t>
+              <w:t xml:space="preserve">Results in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.101921. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2025.112840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rechem.2024.101921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318712v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Straightforward Access to Polyfunctionalized δ-Lactams via Domino Aza–Michael/Thia–Michael/Aldol Sequence</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dalla</w:t>
+                <w:t xml:space="preserve">A zero-dimensional (C 6 H 9 N 2 ) 3 [BiCl 6 ] hybrid material: synthesis and structural, optical, and electrical conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rima Altalib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arafet Ghoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tliha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Naouari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules30102154⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (41), pp.33946-33961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5RA01766A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05067699v1</w:t>
+                <w:t xml:space="preserve">hal-05318711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual optical and biological functionalities of the bismuth-based metal halide semiconductor (C8H12N)4Bi2Cl10</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaima Jridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sameh Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Elleuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 1342, pp.142664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molstruc.2025.142664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A zero-dimensional (C 6 H 9 N 2 ) 3 [BiCl 6 ] hybrid material: synthesis and structural, optical, and electrical conductivity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Walid Rekik</w:t>
+                <w:t xml:space="preserve">Fluorine as a key element in solid-state chemistry of mixed anions 3d transition metal-based materials for electronic properties and energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helies Hyrondelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tencé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D5RA01766A⟩</w:t>
+              <w:t xml:space="preserve">Chemical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 125 (8), pp.4287-4358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.4c00868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05318711v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05047070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorine as a key element in solid-state chemistry of mixed anions 3d transition metal-based materials for electronic properties and energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crystal structure, Hirshfeld surfaces analysis, vibrational spectroscopy, thermal behavior, and DFT study of S-triazine perchlorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Zouari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helies Hyrondelle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+                <w:t xml:space="preserve">Thameur Dammak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Tencé</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohamed Abdelhedi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.4c00868⟩</w:t>
+              <w:t xml:space="preserve">Results in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.101982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rechem.2024.101982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05047070v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure, Hirshfeld surfaces analysis, vibrational spectroscopy, thermal behavior, and DFT study of S-triazine perchlorate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Mixed-Valence Iron in Rutile-Type Oxy-Hydroxy-Fluorides on Their Performance as Oxygen Evolution Reaction Catalysts in Alkaline Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaima Zouari</w:t>
+                <w:t xml:space="preserve">Ines Alvez da Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thameur Dammak</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Abdelhedi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amandine Guiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.101982. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (11), pp.6935-6944. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rechem.2024.101982⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.4c03076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318709v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05315821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Mixed-Valence Iron in Rutile-Type Oxy-Hydroxy-Fluorides on Their Performance as Oxygen Evolution Reaction Catalysts in Alkaline Media</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Impact of Co2+ substitution by Fe2+ on the thermal behavior of a hydrated fluoride, precursor of a mixed iron-based oxyfluoride with reduced cobalt content as efficient OER electrocatalyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Alvez da Cruz</w:t>
+                <w:t xml:space="preserve">Samuel Mathiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Boivin</w:t>
+                <w:t xml:space="preserve">Jean-Marc Grenèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Guiet</w:t>
+                <w:t xml:space="preserve">Ralf Weisbarth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (11), pp.6935-6944. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (G1), pp.289-300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.4c03076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crchim.371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05315821v1</w:t>
+                <w:t xml:space="preserve">hal-05017599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New centrosymmetric supramolecular Hybrid Antimony (III)-based material :X-ray characterization, vibrational studies, theoretical (DFT and TD-DFT) studies, thermal behavior, opto-electric properties and atomic Hirshfeld surface analysis.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, crystal structure, Hirshfeld surface analysis, vibrational and photoluminescence properties of a supramolecular hybrid of 2-amino, 3-nitropyridinium perchlorate (C5H6N3O2)ClO4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lobna Jlaeil</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Marwa Mhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1316, pp.138871. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.138871⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 1295, pp.136625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318379v1</w:t>
+                <w:t xml:space="preserve">hal-05318353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Knölker‐type catalysts for the anomeric oxidation of unprotected mono‐ and disaccharides</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Terpyridine-Decorated Polymer Nanosphere Latex: Template Nanocarriers for the Synthesis of Cu–CeO 2 Hollow Spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Comesse</w:t>
+                <w:t xml:space="preserve">Francesca Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Hy Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Piogé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Kornienko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemCatChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cctc.202400411⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (31), pp.41351-41362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.4c09575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599910v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05315839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure, and ionic conductivity of a new organic–inorganic bromides (C6H9N2)2[SbBr4]Br</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rhodium(I)-Catalyzed O–H Insertions on O-Protected α-Diazo-β-Hydroxyesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Oueslati</w:t>
+                <w:t xml:space="preserve">Ophélie Montiège</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Rouzier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gaulon-Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ionics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11581-024-05680-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 89 (5), pp.3194-3201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.3c02652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05104627v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, crystal structure, BFDH morphology, Hirshfeld surface analysis and electrical characterization of the new bi-(2-amino-5-methylpyridinium) hexa-chlorostannate compound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Garoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hajlaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ouasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica E: Low-dimensional Systems and Nanostructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 158, pp.115897. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physe.2024.115897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure, Hirshfeld surface analysis, vibrational and photoluminescence properties of a supramolecular hybrid of 2-amino, 3-nitropyridinium perchlorate (C5H6N3O2)ClO4</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marwa Mhiri</w:t>
+                <w:t xml:space="preserve">Synthesis, crystal structure, and ionic conductivity of a new organic–inorganic bromides (C6H9N2)2[SbBr4]Br</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Chaabane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zaghrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Kammoun</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Houcine Ammar</w:t>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136625⟩</w:t>
+              <w:t xml:space="preserve">Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (9), pp.5827-5844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11581-024-05680-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318353v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05104627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terpyridine-Decorated Polymer Nanosphere Latex: Template Nanocarriers for the Synthesis of Cu–CeO 2 Hollow Spheres</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nikolay Kornienko</w:t>
+                <w:t xml:space="preserve">N -benzyloxyacrylamides as bisnucleophiles in an organocatalyzed domino aza-Michael/Morita-Baylis-Hillman sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Alahyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Taillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Comesse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.4c09575⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c00295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05315839v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04481372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure, optical characterization, conduction and relaxation mechanisms of a new hybrid compound (C 6 H 9 N 2 ) 2 [Sb 2 Cl 8 ]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ghalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zaghrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (5), pp.3588-3598. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d3ra08885e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N -benzyloxyacrylamides as bisnucleophiles in an organocatalyzed domino aza-Michael/Morita-Baylis-Hillman sequence</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chemical Storage of Elemental Fluorine in Nanostructured Cerium Fluorides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Camus-Génot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Legein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Body</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c00295⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (15), pp.17816-17828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.4c03024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04481372v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhodium(I)-Catalyzed O–H Insertions on O-Protected α-Diazo-β-Hydroxyesters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Castanet</w:t>
+                <w:t xml:space="preserve">Crystal Structure and Spectroscopic Characterization of a New Hybrid Compound, (C 12 H 17 N 2 ) 2 [CdBr 4 ], for Energy Storage Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arafet Ghoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Ghalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.3c02652⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (26), pp.28339-28353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.4c01997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04653652v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Storage of Elemental Fluorine in Nanostructured Cerium Fluorides</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">2,3‐Epoxyamide‐alcohols in Domino Reactions: En Route to Molecular Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Body</w:t>
+                <w:t xml:space="preserve">Abderrahman El Bouakher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étienne Durand</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Comesse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (15), pp.17816-17828. </w:t>
+              <w:t xml:space="preserve">ChemistryOpen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (9), pp.e202400115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.4c03024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/open.202400115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04676815v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal Structure and Spectroscopic Characterization of a New Hybrid Compound, (C 12 H 17 N 2 ) 2 [CdBr 4 ], for Energy Storage Applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandy Auguste</w:t>
+                <w:t xml:space="preserve">Physico-chemical characterization of a new supramolecular chlorobismuthate salt templated with 2,6 diaminopurinium hybrid material: Spectral, structural, theoretical (DFT and TD-DFT) studies, thermal behavior and optical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Lhoste</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Bulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.4c01997⟩</w:t>
+              <w:t xml:space="preserve">Polyhedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 261, pp.117100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.poly.2024.117100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318369v1</w:t>
+                <w:t xml:space="preserve">hal-05318378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physico-chemical characterization of a new supramolecular chlorobismuthate salt templated with 2,6 diaminopurinium hybrid material: Spectral, structural, theoretical (DFT and TD-DFT) studies, thermal behavior and optical investigation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simple and Scalable Synthetic Route for Tunable Compositions of Multimetallic Oxyfluorides as Oxygen Evolution Reaction Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mathiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Guiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Gohari-Bajestani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polyhedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.poly.2024.117100⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (24), pp.11466-11474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.4c00259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318378v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2,3‐Epoxyamide‐alcohols in Domino Reactions: En Route to Molecular Diversity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectral, crystal structure of novel Pyran-2-one Zwitterion Schiff derivative: Thermal, Physicochemical, DFT/HSA-interactions, enol↔imine tautomerization and anticancer activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Tabti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahman El Bouakher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+                <w:t xml:space="preserve">Djouhra Aggoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Martel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diaa Aref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashraf Sawafta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Djedouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistryOpen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/open.202400115⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1310, pp.138258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.138258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04578270v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple and Scalable Synthetic Route for Tunable Compositions of Multimetallic Oxyfluorides as Oxygen Evolution Reaction Catalysts</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prospective light-harvesting material of L-phenylalaninium selenate monohydrate: Synthesis, thermal behavior, vibrational and optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumaima Mastouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1305, pp.137809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.137809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.4c00259⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05316382v1</w:t>
+                <w:t xml:space="preserve">hal-05318360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral, crystal structure of novel Pyran-2-one Zwitterion Schiff derivative: Thermal, Physicochemical, DFT/HSA-interactions, enol↔imine tautomerization and anticancer activity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Access to Syn α‐Amino‐β‐Hydroxyesters by N−H Insertion on O‐Protected α‐Diazo‐β‐Hydroxyesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diaa Aref</w:t>
+                <w:t xml:space="preserve">Thomas Defuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gaulon-Nourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashraf Sawafta</w:t>
+                <w:t xml:space="preserve">Anne‐sophie Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amel Djedouani</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne‐caroline Chany</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1310, pp.138258. </w:t>
+              <w:t xml:space="preserve">Asian Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.138258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajoc.202400539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318376v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective light-harvesting material of L-phenylalaninium selenate monohydrate: Synthesis, thermal behavior, vibrational and optical properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A New centrosymmetric supramolecular Hybrid Antimony (III)-based material :X-ray characterization, vibrational studies, theoretical (DFT and TD-DFT) studies, thermal behavior, opto-electric properties and atomic Hirshfeld surface analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sameh Sellami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oumaima Mastouri</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Lobna Jlaeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1305, pp.137809. </w:t>
+              <w:t xml:space="preserve">, 2024, 1316, pp.138871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.137809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.138871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318360v1</w:t>
+                <w:t xml:space="preserve">hal-05318379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Access to Syn α‐Amino‐β‐Hydroxyesters by N−H Insertion on O‐Protected α‐Diazo‐β‐Hydroxyesters</w:t>
+                <w:t xml:space="preserve">Design of Knölker‐type catalysts for the anomeric oxidation of unprotected mono‐ and disaccharides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Defuentes</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Branquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Comesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asian Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">ChemCatChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (19), pp.e202400411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajoc.202400539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cctc.202400411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813588v1</w:t>
+                <w:t xml:space="preserve">hal-04599910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of structural, optical and electrical conductivity of a new organic inorganic bromide: [C 12 H 17 N 2 ] 2 ZnBr 4</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. Kammoun</w:t>
+                <w:t xml:space="preserve">Reversible transition of an amorphous Cu-Al oxyfluoride into a highly active electrocatalyst for NO3− reduction to NH3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Guiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Belhouchet</w:t>
+                <w:t xml:space="preserve">Alexandre Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ben Ahmed</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Lhoste</w:t>
+                <w:t xml:space="preserve">Hossein Bemana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gargouri</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hasan Al-Mahayni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junnan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3ra00561e⟩</w:t>
+              <w:t xml:space="preserve">Chem Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (5), pp.100595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.checat.2023.100595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427720v1</w:t>
+                <w:t xml:space="preserve">hal-04427719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facile preparation of 3D interconnected macroporous CeF3</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of Mössbauer spectrometry to structural characterizations of iron-based fluorinated materials: Application to pyrochlore (NH4)CuFeF6 and a new derived hydrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Galven</w:t>
+                <w:t xml:space="preserve">Kévin Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Grenèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2023.124099⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (4), pp.1138-1148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/s43578-022-00836-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427718v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Mössbauer spectrometry to structural characterizations of iron-based fluorinated materials: Application to pyrochlore (NH4)CuFeF6 and a new derived hydrate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Terry</w:t>
+                <w:t xml:space="preserve">Facile preparation of 3D interconnected macroporous CeF3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Camus-Génot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Galven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/s43578-022-00836-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 324, pp.124099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2023.124099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095070v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible transition of an amorphous Cu-Al oxyfluoride into a highly active electrocatalyst for NO3− reduction to NH3</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">K 0.5 FeF 3 as a New Zero-Strain Cathode Material for Lithium-Ion Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hossein Bemana</w:t>
+                <w:t xml:space="preserve">Alexander Vogt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hasan Al-Mahayni</w:t>
+                <w:t xml:space="preserve">Holger Geßwein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junnan Li</w:t>
+                <w:t xml:space="preserve">Johann Chable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aljoscha Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chem Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.checat.2023.100595⟩</w:t>
+              <w:t xml:space="preserve">ECS Meeting Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, MA2023-02 (2), pp.260-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/MA2023-022260mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427719v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K 0.5 FeF 3 as a New Zero-Strain Cathode Material for Lithium-Ion Batteries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Holger Geßwein</w:t>
+                <w:t xml:space="preserve">Synthesis, crystal structure and &amp;lt;sup&amp;gt;19&amp;lt;/sup&amp;gt;F NMR parameters modelling of CaTiF&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;(H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; yielding to a revision of the bond-valence parameters for the Ti&amp;lt;sup&amp;gt;4+&amp;lt;/sup&amp;gt;/F&amp;lt;sup&amp;gt;-&amp;lt;/sup&amp;gt; ion pair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Legein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Body</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johann Chable</w:t>
+                <w:t xml:space="preserve">Wei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aljoscha Baumann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mutter</w:t>
+                <w:t xml:space="preserve">Thibault Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Meeting Abstracts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/MA2023-022260mtgabs⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 319, pp.123793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2022.123793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318346v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03830435v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure and &amp;lt;sup&amp;gt;19&amp;lt;/sup&amp;gt;F NMR parameters modelling of CaTiF&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;(H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; yielding to a revision of the bond-valence parameters for the Ti&amp;lt;sup&amp;gt;4+&amp;lt;/sup&amp;gt;/F&amp;lt;sup&amp;gt;-&amp;lt;/sup&amp;gt; ion pair</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+                <w:t xml:space="preserve">Crystal structure and optical characterization of a new hybrid compound, C 6 H 9 N 2 FeCl 4 , with large dielectric constants for field-effect transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Li</w:t>
+                <w:t xml:space="preserve">Kh. Ben Brahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ghalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Charpentier</w:t>
+                <w:t xml:space="preserve">S. Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 319, pp.123793. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (19), pp.12844-12862. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2022.123793⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D3RA01239E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03830435v2</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and optical characterization of a new hybrid compound, C 6 H 9 N 2 FeCl 4 , with large dielectric constants for field-effect transistors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of structural, optical and electrical conductivity of a new organic inorganic bromide: [C 12 H 17 N 2 ] 2 ZnBr 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ghoudi</w:t>
+                <w:t xml:space="preserve">M. Belhouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kh. Ben Brahim</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">A. Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Auguste</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 13 (19), pp.12844-12862. </w:t>
+              <w:t xml:space="preserve">, 2023, 13 (12), pp.8034-8042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3RA01239E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3ra00561e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318333v1</w:t>
+                <w:t xml:space="preserve">hal-04427720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and optoelectronic properties of a supramolecular chlorobismuthate salt templated with 4-pyridiniumthioamide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nour Elleuch</w:t>
+                <w:t xml:space="preserve">Structural phase transition, optical and electrical properties of the hybrid material [(C2H5)4N]2ZnI4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Elgahami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Kammoun</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Corbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.133142⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 314, pp.123357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2022.123357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427724v1</w:t>
+                <w:t xml:space="preserve">hal-03767318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and photoluminescence properties of a supramolecular hybrid bisulfate and hydrogenphosphate salts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Crystal structure and optical property of a supramolecular bromotellurate salt templated with 4 (Ethylammoniummethyl)pyridinium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Mhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1261, pp.132816. </w:t>
+              <w:t xml:space="preserve">, 2022, 1251, pp.131994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.132816⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2021.131994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427725v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and optical property of a supramolecular bromotellurate salt templated with 4 (Ethylammoniummethyl)pyridinium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Houcine Ammar</w:t>
+                <w:t xml:space="preserve">Highly efficient water oxidation via a bimolecular reaction mechanism on rutile structured mixed-metal oxyfluorides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Gohari-Bajestani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Guiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Grenèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2021.131994⟩</w:t>
+              <w:t xml:space="preserve">Chem Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (5), pp.1114-1127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.checat.2022.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427728v1</w:t>
+                <w:t xml:space="preserve">hal-03887886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural phase transition, optical and electrical properties of the hybrid material [(C2H5)4N]2ZnI4</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Crystal structure, phase transitions and Raman scattering in the new non‐centrosymmetric [(C 3 H 7 ) 4 N] 3 Bi 3 Br 12 compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaël Corbel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Oueslati</w:t>
+                <w:t xml:space="preserve">Wala Trigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Oueslati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2022.123357⟩</w:t>
+              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53 (8), pp.1453-1463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jrs.6378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767318v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorinated Materials as Positive Electrodes for Li- and Na-Ion Batteries</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Acid-Catalyzed Decomposition of O -Silylated α-Diazo-β-hydroxy Esters: Access to Mixed Monosilyl Acetals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Rouzier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Montiège</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Tarascon</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gaulon-Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 122 (18), pp.14405-14439. </w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 87 (21), pp.14264-14273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.2c00247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.2c01762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04104496v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly efficient water oxidation via a bimolecular reaction mechanism on rutile structured mixed-metal oxyfluorides</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, structural and electrical characterization of a new organic inorganic bromide: [(C3H7)4N]2CoBr4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiao Wang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Grenèche</w:t>
+                <w:t xml:space="preserve">M. Khalfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Khirouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chem Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.checat.2022.03.002⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (5), pp.2798-2809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1RA07965D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887886v1</w:t>
+                <w:t xml:space="preserve">hal-03796770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, structural and electrical characterization of a new organic inorganic bromide: [(C3H7)4N]2CoBr4</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Crystal structure and photoluminescence properties of a supramolecular hybrid bisulfate and hydrogenphosphate salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rousseau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emna Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (5), pp.2798-2809. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1261, pp.132816. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D1RA07965D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.132816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03796770v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acid-Catalyzed Decomposition of O -Silylated α-Diazo-β-hydroxy Esters: Access to Mixed Monosilyl Acetals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Fluorinated Materials as Positive Electrodes for Li- and Na-Ion Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Castanet</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Tarascon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.2c01762⟩</w:t>
+              <w:t xml:space="preserve">Chemical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 122 (18), pp.14405-14439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.2c00247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03821500v1</w:t>
+                <w:t xml:space="preserve">hal-04104496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure, phase transitions and Raman scattering in the new non‐centrosymmetric [(C 3 H 7 ) 4 N] 3 Bi 3 Br 12 compound</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Growth, crystal structure, Hirshfeld surface and vibrational properties of a new supramolecular hybrid material: (C4H7N2)2TeBr6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Mhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abderrazek Oueslati</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jrs.6378⟩</w:t>
+              <w:t xml:space="preserve">Polymer Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 80 (1), pp.829-846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00289-021-04053-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427729v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth, crystal structure, Hirshfeld surface and vibrational properties of a new supramolecular hybrid material: (C4H7N2)2TeBr6</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">A supramolecular non centrosymmetric 2,6-diaminopyridinium perchlorate salt: Crystal structure and optoelectronic DFT study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Slassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cornil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00289-021-04053-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1267, pp.133561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.133561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427721v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A supramolecular non centrosymmetric 2,6-diaminopyridinium perchlorate salt: Crystal structure and optoelectronic DFT study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Crystal structure and optoelectronic properties of a supramolecular chlorobismuthate salt templated with 4-pyridiniumthioamide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amine Slassi</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Cornil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+                <w:t xml:space="preserve">Attia Boudjemline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1267, pp.133561. </w:t>
+              <w:t xml:space="preserve">, 2022, 1263, pp.133142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.133561⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.133142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427722v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amorphous Iron–Manganese Oxyfluorides, Promising Catalysts for Oxygen Evolution Reaction under Acidic Media</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lanthanide Isophthalate Metal‐Organic Frameworks: Crystal Structure, Thermal Behavior, and White Luminescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Trannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis N'Dala-Louika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Devic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Serier-Brault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.0c02417⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (4), pp.398-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202000906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03888230v1</w:t>
+                <w:t xml:space="preserve">hal-03275267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanide Isophthalate Metal‐Organic Frameworks: Crystal Structure, Thermal Behavior, and White Luminescence</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">δ-Valerolactamic Quaternary Amino Acid Derivatives : Enantiodivergent Synthesis and Evidence for Stereodifferentiated β-Turn-Inducing Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sopa Chewchanwuttiwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawan Hadade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202000906⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 86 (12), pp.8041-8055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.1c00456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03275267v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">δ-Valerolactamic Quaternary Amino Acid Derivatives : Enantiodivergent Synthesis and Evidence for Stereodifferentiated β-Turn-Inducing Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Laurent</w:t>
+                <w:t xml:space="preserve">MgF2-Based Organized Porous Inorganic Nanofluorides as Heterogeneous Catalysts for Fluorination of 2-Chloropyridine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Goharibajestani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yawen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Camus-Génot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Arrii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Dominique Comparot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.1c00456⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (10), pp.10601 - 10612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.1c01768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03371450v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MgF2-Based Organized Porous Inorganic Nanofluorides as Heterogeneous Catalysts for Fluorination of 2-Chloropyridine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Dominique Comparot</w:t>
+                <w:t xml:space="preserve">Crystal structure and electrical conduction mechanism of the new bi-tetrabutylphosphonium hexachlorostannate compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ben Gzaiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsanm.1c01768⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1226 (Part A), pp.129361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.129361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404608v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and electrical conduction mechanism of the new bi-tetrabutylphosphonium hexachlorostannate compound</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Lhoste</w:t>
+                <w:t xml:space="preserve">Controlled morphology synthesis of nanostructured β-AlF3– x(OH)x with tunable specific surface area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Camus-Génot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Guiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Fayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Body</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.129361⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (10), pp.5914-5927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.1c00808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427732v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled morphology synthesis of nanostructured β-AlF3– x(OH)x with tunable specific surface area</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Monique Body</w:t>
+                <w:t xml:space="preserve">TIPS-Diazoacetone Aldol Addition: Mechanistic Aspects and Contribution to the Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Gavelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bohdan Biletskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.1c00808⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 86 (7), pp.4917-4931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.0c02725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370214v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TIPS-Diazoacetone Aldol Addition: Mechanistic Aspects and Contribution to the Synthesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+                <w:t xml:space="preserve">First mixed-metal fluoride pyrochlores obtained by topotactic oxidation of ammonium fluorides under F2 gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Arroyo-de Dompablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.0c02725⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (2), pp.935-945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.0c01279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427730v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03167049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First mixed-metal fluoride pyrochlores obtained by topotactic oxidation of ammonium fluorides under F2 gas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">Amorphous Iron–Manganese Oxyfluorides, Promising Catalysts for Oxygen Evolution Reaction under Acidic Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Gohari-Bajestani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Moury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emilio Morán</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Guiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (2), pp.935-945. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (2), pp.1173-1181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.0c01279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.0c02417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03167049v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03888230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topotactic desolvation and condensation reactions of 3D Zn&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;TiF&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;(H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; (taz)&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; ·S (S = 3H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O or C&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;H&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;OH)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">The Effects of Various Parameters of the Microwave-Assisted Solvothermal Synthesis on the Specific Surface Area and Catalytic Performance of MgF2 Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yawen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Gohari-Bajestani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Legein</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0DT03391J⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (16), pp.3566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma13163566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026120v1</w:t>
+                <w:t xml:space="preserve">hal-02961375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effects of Various Parameters of the Microwave-Assisted Solvothermal Synthesis on the Specific Surface Area and Catalytic Performance of MgF2 Nanoparticles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Stabilization of a mixed iron vanadium based hexagonal tungsten bronze hydroxyfluoride HTB–(Fe 0.55 V 0.45 )F 2.67 (OH) 0.33 as a positive electrode for lithium-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma13163566⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (24), pp.8186-8193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0DT01310B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961375v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilization of a mixed iron vanadium based hexagonal tungsten bronze hydroxyfluoride HTB–(Fe 0.55 V 0.45 )F 2.67 (OH) 0.33 as a positive electrode for lithium-ion batteries</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization, Hirshfeld surface analysis andvibrational properties of 2,6-diaminopurinium chloride tetrachloroantimonates(III) monohydrate (C5H8N6)[SbCl4]Cl·H2O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0DT01310B⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1217, pp.128386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961363v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05317565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization, Hirshfeld surface analysis andvibrational properties of 2,6-diaminopurinium chloride tetrachloroantimonates(III) monohydrate (C5H8N6)[SbCl4]Cl·H2O</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Topotactic desolvation and condensation reactions of 3D Zn&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;TiF&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;(H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; (taz)&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; ·S (S = 3H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O or C&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;H&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;OH)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Body</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Legein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1217, pp.128386. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (11), pp.6873-6884. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128386⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0DT03391J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05317565v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis by Thermal Decomposition of Two Iron Hydroxyfluorides: Structural Effects of Li Insertion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kévin Lemoine</w:t>
+                <w:t xml:space="preserve">Crystal structure, Hirshfeld surface analysis, Thermal study and Conduction mechanism of [(C 4 H 9 ) 4 P] 3 Bi 2 Cl 9 compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Elgahami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leiting Zhang</w:t>
+                <w:t xml:space="preserve">W. Trigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Dambournet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Hlel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b01252⟩</w:t>
+              <w:t xml:space="preserve">Applied Organometallic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aoc.5078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02167657v1</w:t>
+                <w:t xml:space="preserve">hal-02435365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strong magnetic exchange and frustrated ferrimagnetic order in a weberite-type inorganic–organic hybrid fluoride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Clark</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Albino</w:t>
+                <w:t xml:space="preserve">V. Pimenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 377 (2149), pp.20180224. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rsta.2018.0224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure, Hirshfeld surface analysis, Thermal study and Conduction mechanism of [(C 4 H 9 ) 4 P] 3 Bi 2 Cl 9 compound</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigation of mixed-metal (oxy)fluorides as a new class of water oxidation electrocatalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Heidary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Organometallic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aoc.5078⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (40), pp.9209-9218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9SC04027G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02435365v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, structural characterization and spectroscopic studies of bis tetramethylammonium hexabromostannate [N(CH3)4]2SnBr6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Mhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Krichen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goutenoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 772, pp.546-556. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jallcom.2018.09.158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01981864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of lanthanide metal organic frameworks incorporating dicarboxylate ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Krichen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Walha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goutenoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahlem Kabadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Porous Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 26, pp.1679-1689. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10934-019-00768-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of mixed-metal (oxy)fluorides as a new class of water oxidation electrocatalysts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">New Amorphous Iron-Based Oxyfluorides as Cathode Materials for High-Capacity Lithium-Ion Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leiting Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9SC04027G⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (35), pp.21386-21394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b06055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02435151v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02272943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supramolecular and heterometallic architectures based on [Fe(CN)6]3− metallotectons and diverse organic cations: Crystal structure, Hirshfeld surface analysis, spectroscopic and thermal properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Krichen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Walha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 486, pp.36 - 47. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2018.10.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2018.10.023⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01905968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Amorphous Iron-Based Oxyfluorides as Cathode Materials for High-Capacity Lithium-Ion Batteries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">Synthesis by Thermal Decomposition of Two Iron Hydroxyfluorides: Structural Effects of Li Insertion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leiting Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Dambournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 123 (35), pp.21386-21394. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (11), pp.4246-4257. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b06055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b01252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02272943v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02167657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure, thermal behaviour, vibrational spectroscopy and optical properties of new compounds K2Ca(HAsO4)2·2H2O K2Ca(HAsO4)2·2H2O with kröhnkite-type chain</w:t>
+                <w:t xml:space="preserve">Solvent effect on 3D topology of hybrid fluorides: Synthesis, structure and luminescent properties of Zn(II) coordination compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Ayadi</w:t>
+                <w:t xml:space="preserve">Vanessa Pimenta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Lhoste</w:t>
+                <w:t xml:space="preserve">Marine Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Dammak</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Mhiri</w:t>
+                <w:t xml:space="preserve">Guillaume Salek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12034-018-1581-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 206, pp.48-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2017.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02173686v1</w:t>
+                <w:t xml:space="preserve">hal-01728048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR Crystallography, Hydrogen Bonding and Optical Properties of the Novel 2D Hybrid Oxyfluorotitanate [H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;taz]&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;·(Ti&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;F&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Leblanc</w:t>
+                <w:t xml:space="preserve">Crystal structure, thermal behaviour, vibrational spectroscopy and optical properties of new compounds K2Ca(HAsO4)2·2H2O K2Ca(HAsO4)2·2H2O with kröhnkite-type chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Dammak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Ledoux-Rak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.8b01085⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (3), pp.78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12034-018-1581-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01906241v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02173686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvent effect on 3D topology of hybrid fluorides: Synthesis, structure and luminescent properties of Zn(II) coordination compounds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Salek</w:t>
+                <w:t xml:space="preserve">NMR Crystallography, Hydrogen Bonding and Optical Properties of the Novel 2D Hybrid Oxyfluorotitanate [H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;taz]&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;·(Ti&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;F&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Body</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Legein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (11), pp.6873-6884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.8b01085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2017.12.005⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01728048v1</w:t>
+                <w:t xml:space="preserve">hal-01906241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A magnetisation and Mössbauer study of triazole (M 1−x 2+ M x 3+ )M 3+ F 5 (Htaz) 1−x (taz) x weberites (M = Fe, Co, Mn, Zn, Ga, V)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Chemo-, Regio-, and Stereoselective Synthesis of Polysusbtituted Oxazolo[3,2- d ][1,4]oxazepin-5(3 H )ones via a Domino oxa-Michael/aza-Michael/Williamson Cycloetherification Sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahman El Bouakher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Tasserie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c7dt00587c⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 82 (11), pp.5798-5809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.7b00629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01906425v1</w:t>
+                <w:t xml:space="preserve">hal-01912420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, Crystal Structure and Thermal Behaviour of a New Threedimensional Hybrid Fluoride Framework with Mixed Valence: (Fe2+/Fe3+)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna Smida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Dammak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Sciences Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (3), pp.1000161. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4172/2150-3494.1000161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01905652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supramolecular architecture based on [Fe(CN)6]3− metallotectons and melaminium synthons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Krichen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Walha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahlem Kabadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1146, pp.409-416. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2017.05.123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02435178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure, Hirshfeld surface analysis, thermal behavior and IR investigation of a new organic selenate-selenide [C 3 H 12 N 2 ] 2 (SeO 4 )(SeO 3 )·4H 2 O</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayda Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ledoux Rak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tahar Mhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Boujelbene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Saudi Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21 (7), pp.869-877. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jscs.2017.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemo-, Regio-, and Stereoselective Synthesis of Polysusbtituted Oxazolo[3,2- d ][1,4]oxazepin-5(3 H )ones via a Domino oxa-Michael/aza-Michael/Williamson Cycloetherification Sequence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jordan Tasserie</w:t>
+                <w:t xml:space="preserve">A magnetisation and Mössbauer study of triazole (M 1−x 2+ M x 3+ )M 3+ F 5 (Htaz) 1−x (taz) x weberites (M = Fe, Co, Mn, Zn, Ga, V)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Le Goff</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Martel</w:t>
+                <w:t xml:space="preserve">C. Payen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 82 (11), pp.5798-5809. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46 (16), pp.5352 - 5362. </w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.7b00629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c7dt00587c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912420v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural characterization, vibrational spectroscopy accomplished with DFT calculation, thermal and dielectric behaviors in a new organic-inorganic tertrapropylammonium aquapentachlorostannate dihydrate compound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondes Hajlaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskandar Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Guidara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10281,389 +10281,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01981801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Oxazolidin-4-ones: Domino O -Alkylation/Aza-Michael/Intramolecular Retro-Claisen Condensation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Martel</w:t>
+                <w:t xml:space="preserve">Effect of the synthesis temperature on the dimensionality of hybrid fluorozincates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Pimenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Hoang Hanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.6b00851⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 188, pp.164-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2016.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01912406v1</w:t>
+                <w:t xml:space="preserve">hal-01906420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the synthesis temperature on the dimensionality of hybrid fluorozincates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
+                <w:t xml:space="preserve">Synthesis of Oxazolidin-4-ones: Domino O -Alkylation/Aza-Michael/Intramolecular Retro-Claisen Condensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahman El Bouakher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Tasserie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (10), pp.2383-2386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.6b00851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2016.07.003⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01906420v1</w:t>
+                <w:t xml:space="preserve">hal-01912406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral and nonlinear optical studies of Propane-1, 3-diaminium nitrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayda Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.M. Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ledoux-Rak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tahar Mhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 448, pp.36-43. </w:t>
@@ -10707,688 +10707,688 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of New Fluorinated Coordination Compounds in the Composition Space Diagram of FeF3/ZnF2-Hamtetraz-HFaq System.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Synthesis, crystal structure and high temperature phase transition in the new organic–inorganic hybrid [N(C4H9)4]3Zn2Cl7H2O crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Ben Gzaiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bulou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.5b00530⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1089, pp.153-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2015.01.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01215159v1</w:t>
+                <w:t xml:space="preserve">hal-01981752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New iron tetrazolate frameworks: synthesis, temperature effect, thermal behaviour, Mössbauer and magnetic studies</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">[H2amtaz]+ iron fluorides: Synthesis, crystal structures, magnetic and Mössbauer studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insaf Abdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 173, pp.23-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2015.01.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5dt00281h⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01905643v1</w:t>
+                <w:t xml:space="preserve">hal-02018742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure and high temperature phase transition in the new organic–inorganic hybrid [N(C4H9)4]3Zn2Cl7H2O crystals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Hydrothermal synthesis, thermal decomposition and optical properties of Fe2F5(H2O)(Htaz)(taz)(Hdma)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Smida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Bulou</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Dammak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago García-Granda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arabian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (8), pp.2519-2523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arabjc.2015.04.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2015.01.040⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01981752v1</w:t>
+                <w:t xml:space="preserve">hal-02173712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[H2amtaz]+ iron fluorides: Synthesis, crystal structures, magnetic and Mössbauer studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Evidence of New Fluorinated Coordination Compounds in the Composition Space Diagram of FeF3/ZnF2-Hamtetraz-HFaq System.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Pimenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (9), pp.4248-4255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.5b00530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2015.01.017⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02018742v1</w:t>
+                <w:t xml:space="preserve">hal-01215159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal synthesis, thermal decomposition and optical properties of Fe2F5(H2O)(Htaz)(taz)(Hdma)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">New iron tetrazolate frameworks: synthesis, temperature effect, thermal behaviour, Mössbauer and magnetic studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Pimenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Hoang Hanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 12 (8), pp.2519-2523. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (17), pp.7951 - 7959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.arabjc.2015.04.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5dt00281h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02173712v1</w:t>
+                <w:t xml:space="preserve">hal-01905643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluoroferrates with ( dabco H2)2+ or (dabco H)+ Cations</w:t>
               </w:r>
@@ -11413,51 +11413,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jouffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11533,77 +11533,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Ruthenium-Catalyzed 1,3-Dipolar Cycloadditions between C -Carboalkoxy Ketonitrones and Methacrolein: Solvent Effect on Reaction Selectivity and Its Rational</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Selim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Y. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11654,103 +11654,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F−/OH− substitution in [H4tren]4+ and [H3tren]3+ hydroxyfluorotitanates(IV) and classification of tren cation configurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Body</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Legein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 217, pp.72-79. </w:t>
@@ -11801,90 +11801,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(H 3 O) 2 NaAl 3 F 12 , isostructural with A 2 NaAl 3 F 12 ( A = K + , Rb + , Cs + ) fluorides having HTB-type sheets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jouffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Crystallographica Section C : Structural Chemistry [2014-..]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 70 (5), pp.512-516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11918,90 +11918,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure and optical properties of new 0D-hybrid hydroxyfluorotitanates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Galven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rocquefelte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12064,51 +12064,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structures of 2,2′:6′,2″-terpyridine uranyl chlorides molecular assemblies and their luminescence signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12206,77 +12206,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New series of hybrid fluoroferrates synthesized with triazoles: various dimensionalities and Mössbauer studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna Smida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Pimenta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12379,51 +12379,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Litaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ktari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dammak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12482,90 +12482,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed metalII–metalIV hybrid fluorides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Adil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armel Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12628,77 +12628,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bis(butane-1,4-diammonium) di-μ-oxido-bis[trifluoridooxidomolybdate(V)] monohydrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jobic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12784,64 +12784,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid B. Selim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Beauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Y. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12904,51 +12904,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave-assisted synthesis of a neodymium trichloride complex with phenanthroline containing infinite chains, NdCl3(H2O)(phen)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13033,51 +13033,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chain-like and dinuclear coordination polymers in lanthanide (Nd, Eu) oxochloride complexes with 2,2′:6′,2′′-terpyridine: synthesis, XRD structure and magnetic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Pérez-Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13167,51 +13167,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An uranyl citrate coordination polymer with a 3D open-framework involving uranyl cation-cation interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13297,51 +13297,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Organic-Inorganic Hybrid Oxyfluorotitanate [Hgua](2)center dot(Ti(5)O(5)F(12)) as a Transparent UV Filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Rocquefelte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13431,51 +13431,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular assemblies of trichloride neodymium and europium complexes chelated by 1,10-phenanthroline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13560,90 +13560,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal chemistry of three new monodimensional fluorometalates templated with ethylenediamine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gervier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Adil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13702,51 +13702,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructured aluminium hydroxyfluorides derived from b-AlF3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Dambournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Demourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13754,51 +13754,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislav Pechev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 20 (4), pp.1459-1469. </w:t>
@@ -13861,77 +13861,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the local environments of fluorine in Ce-based fluorite-type oxyfluorides with 19F MAS NMR spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Sronek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Gaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Legein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Buzaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13982,90 +13982,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diethylenetriaminium hexafluoridotitanate(IV) fluoride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Adil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 64 (11), pp.m1375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14093,286 +14093,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essai de nouvelles formulations d'attractifs de synthese pour le piegeage sexuel de Cryptophlebia leucotreta Meyr. (lepidoptera)</w:t>
+                <w:t xml:space="preserve">Nouveaux resultats obtenus avec un attractif sexuel de Cryptophlebia leucotreta Meyr. (Lepidoptera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Angelini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Descoins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Rumeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Zagatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coton et Fibres Tropicales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1981, 36 (3), pp.259-264</w:t>
+              <w:t xml:space="preserve">, 1981, 35 (3), pp.277-281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02720766v1</w:t>
+                <w:t xml:space="preserve">hal-02725164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux resultats obtenus avec un attractif sexuel de Cryptophlebia leucotreta Meyr. (Lepidoptera)</w:t>
+                <w:t xml:space="preserve">Essai de nouvelles formulations d'attractifs de synthese pour le piegeage sexuel de Cryptophlebia leucotreta Meyr. (lepidoptera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Angelini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Descoins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Trijau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Rumeur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Lhoste</w:t>
+                <w:t xml:space="preserve">Pierre Zagatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coton et Fibres Tropicales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1981, 35 (3), pp.277-281</w:t>
+              <w:t xml:space="preserve">, 1981, 36 (3), pp.259-264</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02725164v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02720766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle technique pour l'evaluation des insecticides sur noctuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Poitout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14481,340 +14481,340 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Based Fluoride Catalysts for Decarbonized Ammonia Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 Spring Meeting - EMRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Online Webinar of the RJ-SCF-BPL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French Chemical Society (section Brittany), Jun 2025, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318944v1</w:t>
+                <w:t xml:space="preserve">hal-05318997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Based Fluoride Catalysts for Decarbonized Ammonia Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Online Webinar of the RJ-SCF-BPL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, French Chemical Society (section Brittany), Jun 2025, Online, France</w:t>
+              <w:t xml:space="preserve">2025 Spring Meeting - EMRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318997v1</w:t>
+                <w:t xml:space="preserve">hal-05318944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-metallic oxyfluoride catalysts for decarbonized hydrogen production via water electrolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Terry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Alvez da Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Guiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 Spring Meeting EMRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Jean-Marie Lehn, May 2025, Strasbourg, France</w:t>
@@ -14856,90 +14856,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Based Fluoride Catalysts for Decarbonized Ammonia Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JED 3MG 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Le Mans, France</w:t>
@@ -14981,90 +14981,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron Catalysis for the Oxidation of Unprotected Sugars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euchems 9th</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Euchems and the Institute of Chemistry of Ireland, Jul 2024, Dublin (IR), Ireland</w:t>
@@ -15093,103 +15093,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new knölker type pre-catalysts for selective catalytic oxidation mono and disaccharides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Comesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECOM-CONCOORD-23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GECOM-CONCOORD, May 2023, Fournols, France</w:t>
@@ -15218,103 +15218,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new iron-based pre-catalysts: synthesis, characterization and trend in selective catalytic oxidation of unprotected carbohydrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lancien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Comesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCF2023 Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SCF, Jun 2023, Nantes, France</w:t>
@@ -15337,277 +15337,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisations et modélisations structurales de fluorures inorganiques désordonnés : apports de la RMN du solide et des calculs DFT</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">NMR Parameters Modelling of CaTiF6∙2H2O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Body</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Fayon</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Dambournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Français de Chimie du Fluor, CFCF 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Forges-les-Eaux, France</w:t>
+              <w:t xml:space="preserve">Alpine Conference on Magnetic Resonance in Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement Ampere and International Society of Magnetic Resonance (ISMAR), Sep 2022, Chamonix Mont-Blanc, France. pp.RT 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287392v1</w:t>
+                <w:t xml:space="preserve">hal-05286027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR Parameters Modelling of CaTiF6∙2H2O</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Caractérisations et modélisations structurales de fluorures inorganiques désordonnés : apports de la RMN du solide et des calculs DFT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Legein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Body</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouail Zakary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Dambournet</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Fayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alpine Conference on Magnetic Resonance in Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupement Ampere and International Society of Magnetic Resonance (ISMAR), Sep 2022, Chamonix Mont-Blanc, France. pp.RT 11</w:t>
+              <w:t xml:space="preserve">Colloque Français de Chimie du Fluor, CFCF 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Forges-les-Eaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05286027v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -15619,484 +15619,484 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New designs of Knölker-type catalysts for the anomeric oxidation of unprotected mono- and disaccharides</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Matériaux fluorés pour la production de NH3 décarboné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Comesse</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuChems 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">CFCF 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814876v1</w:t>
+                <w:t xml:space="preserve">hal-05319028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimetallic oxyfluoride catalysts for decarbonized hydrogen production via water electrolysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
+                <w:t xml:space="preserve">New designs of Knölker-type catalysts for the anomeric oxidation of unprotected mono- and disaccharides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Branquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Comesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoral School Day: Matter, Molecule, Materials and Geoscience 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Angers, France</w:t>
+              <w:t xml:space="preserve">EuChems 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318142v1</w:t>
+                <w:t xml:space="preserve">hal-04814876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matériaux fluorés pour la production de NH3 décarboné</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Bimetallic oxyfluoride catalysts for decarbonized hydrogen production via water electrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFCF 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Le Mans, France</w:t>
+              <w:t xml:space="preserve">Doctoral School Day: Matter, Molecule, Materials and Geoscience 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319028v1</w:t>
+                <w:t xml:space="preserve">hal-05318142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New designs of Knölker-type catalysts for the anomeric oxidation of unprotected mono- and disaccharides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lancien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Comesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">URCOM 25</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Le Havre, France</w:t>
@@ -16125,90 +16125,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyseurs oxyfluorés bimétalliques pour la production d’hydrogène décarboné par électrolyse de l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Terry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Moury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16263,90 +16263,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorinated materials for the production of decarbonated NH3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Hémon-Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JED 3MG 2024 (Journée scolaire doctorale sur la matière, la molécule, les matériaux et les géosciences (JED 3MG))</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Angers, France. </w:t>
@@ -16407,103 +16407,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOVEL OXYFLUORIDES, ELECTRODES CONTAINING THEM AND THEIR USE FOR HYDROGEN PRODUCTION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Kornienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Gohari-Bajestani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Guiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2022/234120 A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -16694,51 +16694,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318715v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Elgahami" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arafet Ghoudi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Weslati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noweir Ahmad Alghamdi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Znaidia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.144325" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318714v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Elleuch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Sellami" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Toumi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Jridi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lhoste" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.144271" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017599v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Terry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mathiot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gren&#232;che" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Weisbarth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.371" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223632v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demortier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fauqu&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kibalin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.056201" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318710v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Altalib" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ibrahmi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Rekik" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA04097C" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318383v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boujelbene" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2024.101921" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318712v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Garoui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Hajlaoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tliha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Naouari" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Nasri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112840" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067699v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Genty" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Alahyen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Tranchant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lhoste" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30102154" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318713v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.142664" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318711v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA01766A" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047070v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helies Hyrondelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tenc&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lemoine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.4c00868" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318709v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Zouari" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thameur Dammak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdelhedi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2024.101982" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Alvez da Cruz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boivin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Guiet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c03076" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318379v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Jlaeil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138871" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04599910v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uchchhal Bandyopadhyay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Branquet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Comesse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400411" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-05104627v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chaabane" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rekik" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zaghrioui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lhoste" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oueslati" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11581-024-05680-5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garoui" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hajlaoui" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kammoun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouasri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2024.115897" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318353v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Mhiri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Kammoun" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Auguste" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ammar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136625" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315839v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Francois" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Hy Tran" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Piog&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Kornienko" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maisonneuve" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c09575" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427717v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ghalla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra08885e" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481372v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c00295" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653652v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Monti&#232;ge" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rouzier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gaulon-Nourry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Castanet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c02652" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676815v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Camus-G&#233;not" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Legein" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Body" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Durand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c03024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318369v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Lhoste" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ghalla" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c01997" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318378v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bulou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2024.117100" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578270v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bouakher" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/open.202400115" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316382v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Gohari-Bajestani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c00259" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318376v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Tabti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djouhra Aggoun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaa Aref" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Sawafta" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Djedouani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138258" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318360v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Mastouri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.137809" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813588v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Defuentes" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Castanet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;caroline Chany" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.202400539" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427720v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhouchet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Ahmed" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gargouri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra00561e" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427718v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moury" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Galven" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie H&#233;mon-Ribaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2023.124099" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04095070v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Lemoine" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leblanc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43578-022-00836-3" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427719v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Simonin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Bemana" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Al-Mahayni" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junnan Li" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.checat.2023.100595" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318346v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Vogt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Ge&#223;wein" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Chable" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aljoscha Baumann" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mutter" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-022260mtgabs" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03830435v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2022.123793" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318333v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghoudi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kh. Ben Brahim" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Auguste" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3RA01239E" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427724v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attia Boudjemline" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.133142" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427725v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Bouaziz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.132816" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427728v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2021.131994" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767318v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elgahami" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Corbel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2022.123357" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104496v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Tarascon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.2c00247" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887886v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Wang" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.checat.2022.03.002" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796770v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalfa" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Khirouni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA07965D" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821500v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c01762" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427729v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wala Trigui" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Oueslati" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6378" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427721v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00289-021-04053-6" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427722v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Slassi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornil" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.133561" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888230v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.0c02417" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275267v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Trannoy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis N'Dala-Louika" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Serier-Brault" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000906" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03371450v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Zhang" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ligny" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sopa Chewchanwuttiwong" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawan Hadade" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurent" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c00456" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404608v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Goharibajestani" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawen Wang" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Arrii" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Comparot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c01768" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427732v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ines" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Gzaiel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129361" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370214v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.1c00808" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427730v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Gavelle" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Abid" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Biletskyi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Henrion" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.0c02725" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167049v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Durand" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Arroyo-de Dompablo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Mor&#225;n" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.0c01279" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03026120v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Albino" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT03391J" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02961375v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13163566" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02961363v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01310B" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317565v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128386" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167657v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leiting Zhang" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dambournet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Greneche" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b01252" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268796v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Clark" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pimenta" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. da Silva" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0224" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02435365v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Trigui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hlel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aoc.5078" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981864v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Mhiri" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Krichen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goutenoire" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.09.158" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150268v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Walha" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Kabadou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10934-019-00768-0" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02435151v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Heidary" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SC04027G" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905968v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2018.10.023" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQWVB2N6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272943v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b06055" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173686v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ayadi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lhoste" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dammak" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ledoux-Rak" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mhiri" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12034-018-1581-7" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01906241v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.8b01085" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728048v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pimenta" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Oger" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salek" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2017.12.005" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3G58XJW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01906425v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Payen" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt00587c" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905652v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Smida" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Dammak" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2150-3494.1000161" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02435178v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2017.05.123" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSJ2W2SL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173694v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayda Ayadi" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ledoux Rak" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Mhiri" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jscs.2017.05.001" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01912420v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Tasserie" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goff" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b00629" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981801v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskandar Chaabane" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Guidara" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.04.015" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCHV5Z9N-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01912406v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b00851" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01906420v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Hoang Hanh Le" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2016.07.003" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1NXMTP1K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173703v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Ngo" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ledoux-Rak" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.05.010" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SD1BZ414-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215159v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.5b00530" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905643v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Clark" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt00281h" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981752v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Gzaiel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gargouri" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2015.01.040" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018742v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Abdi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2015.01.017" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7W2Z0FQJ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173712v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Garc&#237;a-Granda" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arabjc.2015.04.023" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173725v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganna Darmograi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jouffret" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dujardin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.201300656" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QKZG5ZTM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652185v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Selim" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Y. Laurent" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Py" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo5001737" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984410v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2014.05.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173720v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205322961400919X" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961245v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2013.07.014" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCFVSPC0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780238v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Henry" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guyot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Abraham" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2012.11.026" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFG8XLMC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173730v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt51812d" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173734v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bechibani" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Litaiem" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ktari" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dammak" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2012.11.009" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6LQ9BT38-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02113903v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adil" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Le Bail" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2011.03.021" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J72PDS6Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173736v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jobic" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bujoli-Doeuff" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536812046892" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761295v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid B. Selim" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beauchard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2012.11.010" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGBPT78J-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173751v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2011.06.013" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q52FJFB5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173758v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P&#233;rez-Campos" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rabu" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1dt10485c" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173767v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0dt01721c" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849350v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Rocquefelte" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Adil" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Dessapt" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jobic" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic200407h" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173761v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2011.02.020" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P0LH0P51-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173771v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gervier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2009.06.020" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7PGVL2F-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259489v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Demourgues" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martineau" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Pechev" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm702603b" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CRH875B4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255890v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Sronek" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gaudon" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Buzar&#233;" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp075130+" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173774v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536808009781" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02720766v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Angelini" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Descoins" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Trijau" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zagatti" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02725164v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Rumeur" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02731194v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poitout" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Penchi" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bu&#232;s" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318944v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Andrieu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318997v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317646v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318974v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808905v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benhamou" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Vall Sidi Boune" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809868v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809876v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287392v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouail Zakary" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286027v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814876v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318142v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319028v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814861v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318167v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319009v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315934v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318714v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Elleuch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Sellami" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Toumi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Jridi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lhoste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.144271" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318715v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Elgahami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arafet Ghoudi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Weslati" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noweir Ahmad Alghamdi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Znaidia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.144325" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318710v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Altalib" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ibrahmi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Rekik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA04097C" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318712v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Garoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Hajlaoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tliha" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Naouari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Nasri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112840" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067699v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Genty" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Alahyen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Tranchant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lhoste" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30102154" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223632v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demortier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fauqu&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kibalin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.056201" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318383v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boujelbene" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2024.101921" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318711v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA01766A" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318713v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2025.142664" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047070v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helies Hyrondelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Terry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tenc&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lemoine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.4c00868" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318709v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Zouari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thameur Dammak" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdelhedi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2024.101982" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315821v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duval" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Alvez da Cruz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boivin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Guiet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c03076" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017599v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mathiot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gren&#232;che" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Weisbarth" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.371" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318353v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Mhiri" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Kammoun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Auguste" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ammar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136625" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315839v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Francois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Hy Tran" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Piog&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Kornienko" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maisonneuve" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c09575" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653652v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Monti&#232;ge" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rouzier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gaulon-Nourry" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Castanet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c02652" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318357v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garoui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hajlaoui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kammoun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouasri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lhoste" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2024.115897" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-05104627v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chaabane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rekik" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zaghrioui" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oueslati" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11581-024-05680-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481372v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Comesse" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c00295" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427717v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ghalla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra08885e" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676815v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Camus-G&#233;not" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Legein" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Body" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Durand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c03024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318369v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Lhoste" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ghalla" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c01997" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bouakher" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/open.202400115" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318378v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bulou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2024.117100" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316382v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Gohari-Bajestani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c00259" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318376v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Tabti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djouhra Aggoun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaa Aref" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Sawafta" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Djedouani" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138258" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318360v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Mastouri" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.137809" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813588v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Defuentes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Castanet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;caroline Chany" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.202400539" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318379v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Jlaeil" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138871" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04599910v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uchchhal Bandyopadhyay" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Branquet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400411" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427719v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Simonin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Bemana" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Al-Mahayni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junnan Li" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.checat.2023.100595" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04095070v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Lemoine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie H&#233;mon-Ribaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leblanc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43578-022-00836-3" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427718v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moury" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Galven" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2023.124099" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318346v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Vogt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Ge&#223;wein" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Chable" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aljoscha Baumann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mutter" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-022260mtgabs" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03830435v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2022.123793" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318333v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghoudi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kh. Ben Brahim" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Auguste" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3RA01239E" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427720v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhouchet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Ahmed" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gargouri" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra00561e" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767318v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elgahami" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Corbel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2022.123357" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427728v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2021.131994" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887886v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Wang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.checat.2022.03.002" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427729v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wala Trigui" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Oueslati" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6378" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821500v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c01762" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796770v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalfa" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Khirouni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA07965D" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427725v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Bouaziz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.132816" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104496v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Tarascon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.2c00247" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427721v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00289-021-04053-6" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427722v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Slassi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornil" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.133561" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427724v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attia Boudjemline" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.133142" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275267v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Trannoy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis N'Dala-Louika" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Serier-Brault" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000906" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03371450v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Zhang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ligny" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sopa Chewchanwuttiwong" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawan Hadade" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurent" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c00456" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404608v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Goharibajestani" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawen Wang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Arrii" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Comparot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c01768" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427732v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ines" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Gzaiel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129361" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370214v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.1c00808" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427730v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Gavelle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Abid" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Biletskyi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Henrion" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.0c02725" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167049v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Durand" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Arroyo-de Dompablo" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Mor&#225;n" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.0c01279" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888230v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.0c02417" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02961375v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13163566" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02961363v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01310B" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317565v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128386" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03026120v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Albino" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT03391J" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02435365v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Trigui" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hlel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aoc.5078" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268796v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Clark" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pimenta" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. da Silva" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0224" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02435151v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Heidary" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SC04027G" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981864v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Mhiri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Krichen" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goutenoire" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.09.158" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150268v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Walha" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Kabadou" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10934-019-00768-0" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272943v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leiting Zhang" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Greneche" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b06055" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905968v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2018.10.023" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQWVB2N6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167657v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dambournet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b01252" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728048v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pimenta" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Oger" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salek" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2017.12.005" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3G58XJW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173686v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ayadi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lhoste" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dammak" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ledoux-Rak" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mhiri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12034-018-1581-7" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01906241v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.8b01085" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01912420v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Tasserie" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goff" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b00629" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905652v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Smida" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Dammak" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2150-3494.1000161" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02435178v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2017.05.123" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSJ2W2SL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173694v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayda Ayadi" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ledoux Rak" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Mhiri" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jscs.2017.05.001" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01906425v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Payen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt00587c" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981801v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskandar Chaabane" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Guidara" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.04.015" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCHV5Z9N-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01906420v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Hoang Hanh Le" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2016.07.003" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1NXMTP1K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01912406v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b00851" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173703v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Ngo" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ledoux-Rak" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.05.010" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SD1BZ414-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981752v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Gzaiel" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gargouri" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2015.01.040" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018742v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Abdi" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2015.01.017" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7W2Z0FQJ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173712v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Garc&#237;a-Granda" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arabjc.2015.04.023" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215159v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.5b00530" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905643v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Clark" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt00281h" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173725v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganna Darmograi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jouffret" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dujardin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.201300656" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QKZG5ZTM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652185v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Selim" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Y. Laurent" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Py" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo5001737" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984410v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2014.05.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173720v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205322961400919X" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961245v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2013.07.014" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCFVSPC0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780238v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Henry" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guyot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Abraham" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2012.11.026" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFG8XLMC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173730v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt51812d" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173734v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bechibani" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Litaiem" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ktari" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dammak" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2012.11.009" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6LQ9BT38-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02113903v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adil" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Le Bail" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2011.03.021" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J72PDS6Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173736v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jobic" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bujoli-Doeuff" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536812046892" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761295v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid B. Selim" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beauchard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2012.11.010" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGBPT78J-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173751v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2011.06.013" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q52FJFB5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173758v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P&#233;rez-Campos" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rabu" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1dt10485c" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173767v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0dt01721c" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849350v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Rocquefelte" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Adil" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Dessapt" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jobic" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic200407h" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173761v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2011.02.020" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P0LH0P51-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173771v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gervier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2009.06.020" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7PGVL2F-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259489v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Demourgues" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martineau" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Pechev" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm702603b" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CRH875B4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255890v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Sronek" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gaudon" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Buzar&#233;" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp075130+" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173774v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536808009781" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02725164v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Angelini" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Descoins" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Rumeur" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02720766v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Trijau" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zagatti" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02731194v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poitout" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Penchi" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bu&#232;s" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318997v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Andrieu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318944v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317646v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318974v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808905v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benhamou" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Vall Sidi Boune" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809868v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809876v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286027v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287392v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouail Zakary" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319028v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814876v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318142v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814861v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318167v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319009v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315934v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>