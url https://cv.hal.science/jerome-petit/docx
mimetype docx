--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -738,165 +738,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01112873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu. It’s a City-Showman’s Show! : Transcendental Songs of Ānandghan (2013)</w:t>
+                <w:t xml:space="preserve">Compte rendu. Anett Krause, Die Jaina-Handschriften der Universitätsbibliothek Leipzig (2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin d'Études Indiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 31, pp.374-376</w:t>
+              <w:t xml:space="preserve">, 2013, 31, pp.372-374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230620v1</w:t>
+                <w:t xml:space="preserve">hal-01230617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu. Anett Krause, Die Jaina-Handschriften der Universitätsbibliothek Leipzig (2013)</w:t>
+                <w:t xml:space="preserve">Compte rendu. It’s a City-Showman’s Show! : Transcendental Songs of Ānandghan (2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin d'Études Indiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 31, pp.372-374</w:t>
+              <w:t xml:space="preserve">, 2013, 31, pp.374-376</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230617v1</w:t>
+                <w:t xml:space="preserve">hal-01230620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review article. Ācārya Joindu, Paramātmaprakāśa (Paramappapayāsu)</w:t>
               </w:r>
@@ -2163,165 +2163,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The progress of the soul, from Kundakunda to Banārasīdās</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th Jaina Studies Workshop: Kānajī Svāmī and the Digambara Tradition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Flügel, Apr 2023, London (SOAS), United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04073629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">How Vedic Manuscripts came to Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Vedic Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan Houben; Silvia d'Intino, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220734v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04073629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indian collections at the National Library of France</w:t>
               </w:r>
@@ -5242,51 +5242,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BC431F1F"/>
+    <w:nsid w:val="1E75168C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5473,51 +5473,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-petit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8622-1087" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124435564" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000122838902" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633648v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073623v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845983v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jds.2018.6403" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763092v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Balbir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112873v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230620v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113258v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113231v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113255v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113259v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113249v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113247v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112857v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112868v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113237v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112840v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112852v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478227v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478298v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478254v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478276v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478290v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456681v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220734v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073629v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251932v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096684v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073634v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Crayssac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073631v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073690v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073699v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut d'Hubert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205318v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207652v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205314v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294638v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ephe/3603" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294664v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Jean Pinault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvhw.de/studia-indologica/product/250429_08_292-9.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073616v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073615v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162786v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Rabault-Feuerhahn" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208187v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Duvaucel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jacquemont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pocket.fr/livres-poche/a-la-une/agora/impressions-de-voyages-en-inde-1818-1832/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112823v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/histoire-demi-autobiographie-dun-marchand-jaina-du-xviie-siecle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112831v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edition.bayard-jeunesse.com/index.php/Jeunesse/Documentaire/Des-11-ans/GRAND-LIVRE-DE/GRAND-LIVRE-SES-SCIENCES-ET-INVENTIONS-INDIENNES-LES" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112816v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pandit Ban&#257;ras&#299;d&#257;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073618v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593318v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-01315551v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113228v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112864v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herenow4u.net/index.php?id=76348" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01335086v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA030068" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04093319v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01574156v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Prieto-Ramos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bonnemazou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073628v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073626v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073624v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073710v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073721v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073716v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073719v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073617v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-petit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8622-1087" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124435564" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000122838902" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633648v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073623v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845983v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jds.2018.6403" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763092v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Balbir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112873v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230617v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230620v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113258v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113231v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113255v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113259v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113249v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113247v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112857v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112868v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113237v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112840v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112852v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478227v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478298v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478254v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478276v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478290v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456681v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073629v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220734v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251932v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096684v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073634v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Crayssac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073631v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073690v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073699v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut d'Hubert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205318v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207652v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205314v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294638v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ephe/3603" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294664v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Jean Pinault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvhw.de/studia-indologica/product/250429_08_292-9.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073616v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073615v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162786v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Rabault-Feuerhahn" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208187v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Duvaucel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jacquemont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pocket.fr/livres-poche/a-la-une/agora/impressions-de-voyages-en-inde-1818-1832/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112823v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/histoire-demi-autobiographie-dun-marchand-jaina-du-xviie-siecle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112831v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edition.bayard-jeunesse.com/index.php/Jeunesse/Documentaire/Des-11-ans/GRAND-LIVRE-DE/GRAND-LIVRE-SES-SCIENCES-ET-INVENTIONS-INDIENNES-LES" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112816v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pandit Ban&#257;ras&#299;d&#257;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073618v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593318v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-01315551v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113228v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112864v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herenow4u.net/index.php?id=76348" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01335086v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA030068" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04093319v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01574156v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Prieto-Ramos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bonnemazou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073628v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073626v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073624v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073710v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073721v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073716v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073719v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073617v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>