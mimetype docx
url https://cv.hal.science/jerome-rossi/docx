--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -586,330 +586,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French film music scoring in the thirties: a stylistic tripartition</w:t>
+                <w:t xml:space="preserve">Véhémence et discrétion : la musique de film selon Roland-Manuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Screen Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (3-4), pp.180-196. </w:t>
+              <w:t xml:space="preserve">Musurgia : analyse et pratique musicales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume XXVI (3), pp.107-138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14715880.2019.1697129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/musur.193.0107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04849116v1</w:t>
+                <w:t xml:space="preserve">hal-04849139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véhémence et discrétion : la musique de film selon Roland-Manuel</w:t>
+                <w:t xml:space="preserve">French film music scoring in the thirties: a stylistic tripartition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musurgia : analyse et pratique musicales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Volume XXVI (3), pp.107-138. </w:t>
+              <w:t xml:space="preserve">French Screen Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3-4), pp.180-196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/musur.193.0107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14715880.2019.1697129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04849139v1</w:t>
+                <w:t xml:space="preserve">hal-04849116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Dutilleux et la tradition française de la musique de film</w:t>
+                <w:t xml:space="preserve">Composers and “Microgénie”: A Study of the Symphonic Sound of French Cinema in the Thirties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de musicologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Music and the Moving Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (2), pp.15-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5406/musimoviimag.12.2.0015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02372539v1</w:t>
+                <w:t xml:space="preserve">hal-04849145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composers and “Microgénie”: A Study of the Symphonic Sound of French Cinema in the Thirties</w:t>
+                <w:t xml:space="preserve">Henri Dutilleux et la tradition française de la musique de film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Music and the Moving Image</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de musicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 105 (1), pp.111-142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5406/musimoviimag.12.2.0015⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04849145v1</w:t>
+                <w:t xml:space="preserve">hal-02372539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai de caractérisation de l’évolution des musiques super-héroïques de Batman (1989) à The Dark Knight Rises (2012)</w:t>
               </w:r>
@@ -2955,51 +2955,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486297v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.301" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848813v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34929/sep.vi15.249" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848788v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/filigrane.1312" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848768v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036384v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guilloux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084965ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849130v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17526272.2021.1950962" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849116v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14715880.2019.1697129" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849139v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/musur.193.0107" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02372539v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849145v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5406/musimoviimag.12.2.0015" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1054146ar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474683v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849240v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986435v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Etcharry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986439v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/du-langage-au-style-singularites-de-francis-poulenc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474621v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-delatour.com/en/musicology-analysis/2346-frederick-delius-et-la-france-9782752102201.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474594v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=34214" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474570v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vrin.fr/book.php?title_url=Charles_Koechlin_Compositeur_et_humaniste_9782711623167&amp;amp;search_back=&amp;amp;editor_back=&amp;amp;page=1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020079v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Huvet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bellanger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Carayol" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saffle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erudit.org/fr/livres/encyclopedie-techniques-cinema/composition-musicale/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62212/1866/40351" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03073422v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gonin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986443v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474533v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474537v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474646v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474606v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474656v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474665v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474635v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486297v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.301" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848813v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34929/sep.vi15.249" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848788v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/filigrane.1312" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848768v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036384v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guilloux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084965ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849130v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17526272.2021.1950962" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849139v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/musur.193.0107" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849116v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14715880.2019.1697129" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849145v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5406/musimoviimag.12.2.0015" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02372539v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1054146ar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474683v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849240v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986435v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Etcharry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986439v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/du-langage-au-style-singularites-de-francis-poulenc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474621v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-delatour.com/en/musicology-analysis/2346-frederick-delius-et-la-france-9782752102201.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474594v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=34214" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474570v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vrin.fr/book.php?title_url=Charles_Koechlin_Compositeur_et_humaniste_9782711623167&amp;amp;search_back=&amp;amp;editor_back=&amp;amp;page=1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020079v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Huvet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bellanger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Carayol" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saffle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erudit.org/fr/livres/encyclopedie-techniques-cinema/composition-musicale/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62212/1866/40351" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03073422v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gonin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986443v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474533v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474537v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474646v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474606v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474656v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474665v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02474635v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>