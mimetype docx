--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,1055 +66,1205 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettre ouverte de professionnels de la santé publique et mentale et de neurobiologistes pour mettre fin à la famine provoquée par l’homme à Gaza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khamassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge H. Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Kanwisher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05368150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Network-specific chemogenetic modulation of noradrenergic input to cingulate cortex in macaque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ducret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Goussi-Denjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on the Biology of Decision Making SBDM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05136191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MCC-DLPFC network modulation by pathway-specific DREADDs in macaque monkeys: behavioral, resting-state fMRI and histological validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles R E Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FENS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcranial ultrasound neuromodulation induces metabolic and resting-state changes in amygdala</w:t>
+                <w:t xml:space="preserve">Frontal network modulations by pathway-selective chemogenetics modify behaviour of monkeys in a spatial foraging task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Claron</w:t>
+                <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Giacometti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C R E Wilson</w:t>
+                <w:t xml:space="preserve">Charles R E Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Morel-Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FENS 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Foraging Meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05136208v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontal network modulations by pathway-selective chemogenetics modify behaviour of monkeys in a spatial foraging task</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentine Morel-Latour</w:t>
+                <w:t xml:space="preserve">Transcranial ultrasound neuromodulation induces metabolic and resting-state changes in amygdala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Claron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Giacometti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Manickam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Morel-Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C R E Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foraging Meeting 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">FENS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04971315v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05136208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Network modulation by pathway specific chemogenetics in frontal cortex of macaque monkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles R E Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description of foraging behavior in a naturalistic search task in macaque monkey: Behavioural description and LC/NA-MCC network modulation with pathway-specific chemogenetic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles R E Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Ducret</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentine Morel-Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Motivation and Cognitive Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MCC-DLPFC network modulation by pathway-specific DREADDs in macaque monkeys: behavioral, restingstate fMRI and histological validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles R E Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ViMaMo 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of pathway specific DREADDs in macaque monkeys: behavioral and histological studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Goussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1124,9384 +1274,9384 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivational control is implemented by a cingulo-prefrontal network</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentine Morel-Latour</w:t>
+                <w:t xml:space="preserve">Imaging the structural connectome with hybrid MRI-microscopy tractography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silei Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Istvan Huszar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Cottaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Daubney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Eichert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2025.10.003⟩</w:t>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 102, pp.103498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.media.2025.103498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360035v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05125840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging the structural connectome with hybrid MRI-microscopy tractography</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicole Eichert</w:t>
+                <w:t xml:space="preserve">Motivational control is implemented by a cingulo-prefrontal network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Gandaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Amiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Morel-Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.media.2025.103498⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2025.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125840v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal dynamics of offline transcranial ultrasound stimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Atkinson-Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Howett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Alkhawashki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Ross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Slater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Research in Neurobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 8, pp.100148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crneur.2025.100148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroanatomical foundations of social tolerance across macaque species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Silvere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, In press, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.106424.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05004023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary and biomedical implications of sex differences in the primate brain transcriptome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Decasien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Chiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Testard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arianne Mercer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Negrón-del Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4 (7), pp.100589. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.xgen.2024.100589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical and individualised approach of transcranial ultrasound neuromodulation effects in non-human primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Atkinson-Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Alkhawashki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Ross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyn Gatica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chencheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (1), pp.11916. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-024-62562-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippocampal connectivity patterns echo macroscale cortical evolution in the primate brain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Silei Zhu</w:t>
+                <w:t xml:space="preserve">A frontopolar-temporal circuit determines the impact of social information in macaque decision making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mahmoodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Harbison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Bongioanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Emberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-49823-8⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 112 (1), pp.84-92.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2023.09.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04803777v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A frontopolar-temporal circuit determines the impact of social information in macaque decision making</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
+                <w:t xml:space="preserve">Hippocampal connectivity patterns echo macroscale cortical evolution in the primate brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Eichert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Dekraker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy F D Howard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Istvan N Huszar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silei Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2023.09.035⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.5963. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-49823-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807940v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General mechanisms of task engagement in the primate frontal cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Grohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nima Khalighinejad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Bongioanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urs Schüffelgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (1), pp.4802. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-49128-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relevance of the unique anatomy of the human prefrontal operculum to the emergence of speech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 6 (1), pp.693. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s42003-023-05066-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04237943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An open resource combining multi-contrast MRI and microscopy in the macaque brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Howard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Istvan Huszar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adele Smart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Cottaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Daubney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (1), pp.4320. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-023-39916-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revised perspective on the evolution of the lateral frontal cortex in primates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clémence Gandaux</w:t>
+                <w:t xml:space="preserve">Neural responses in macaque prefrontal cortex are linked to strategic exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline I Jahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Grohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Cuell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Emberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adf9445⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (10), pp.e3000899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04237941v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural responses in macaque prefrontal cortex are linked to strategic exploration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Bouret</w:t>
+                <w:t xml:space="preserve">A revised perspective on the evolution of the lateral frontal cortex in primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Amiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Giacometti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001985⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (20), pp.eadf9445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adf9445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04803736v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04237941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A map of white matter tracts in a lesser ape, the lar gibbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Bryant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Manger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mads Bertelsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khrapitchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Structure and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 229 (8), pp.1839-1854. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-023-02709-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A response to claims of emergent intelligence and sentience in a dish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuat Balci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brochier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 111 (5), pp.604-605. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2023.02.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive transcranial ultrasound stimulation for neuromodulation</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toward next-generation primate neuroscience: A collaboration-based strategic plan for integrative neuroimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. de Lecea</w:t>
+                <w:t xml:space="preserve">Michael Milham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Petkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2021.12.010⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 110 (1), pp.16-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2021.10.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807965v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-layer model with absorption for conservative estimation of the maximum acoustic transmission coefficient through the human skull for transcranial ultrasound stimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Attali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Tiennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Schafer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Fouragnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Stimulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16 (1), pp.48-55. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.brs.2022.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04073649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiregion transcriptomic profiling of the primate brain reveals signatures of aging and the social environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth L Chiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex R Decasien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherina P Rees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Testard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cailyn H Spurrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 25 (12), pp.1714 - 1723. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41593-022-01197-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward next-generation primate neuroscience: A collaboration-based strategic plan for integrative neuroimaging</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-invasive transcranial ultrasound stimulation for neuromodulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henry Evrard</w:t>
+                <w:t xml:space="preserve">G. Darmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.O. Bergmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Butts Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.F. Caskey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. de Lecea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2021.10.015⟩</w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 135, pp.51-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2021.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800370v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intra-Areal Visual Topography in Primate Brains Mapped with Probabilistic Tractography of Diffusion-Weighted Imaging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">K Miller</w:t>
+                <w:t xml:space="preserve">Cortical Morphology and White Matter Tractography of Three Phylogenetically Distant Primates: Evidence for a Simian Elaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Dyrby</w:t>
+                <w:t xml:space="preserve">Frederik Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Austin Benn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesper Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mads Bertelsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 32 (12), pp.2555-2574. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhab364⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 32 (8), pp.1608-1624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhab285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807950v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">White matter tract transcranial ultrasound stimulation, a computational study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antoine Jerusalem</w:t>
+                <w:t xml:space="preserve">On the evolutionary roots of human social cognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compbiomed.2021.105094⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 137, pp.104632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2022.104632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807971v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the evolutionary roots of human social cognition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modelling transcranial ultrasound neuromodulation: an energy-based multiscale framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoyu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2022.104632⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 151, pp.317-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2022.07.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807952v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cortical Morphology and White Matter Tractography of Three Phylogenetically Distant Primates: Evidence for a Simian Elaboration</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederik Lange</w:t>
+                <w:t xml:space="preserve">White matter tract transcranial ultrasound stimulation, a computational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoyu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Austin Benn</w:t>
+                <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesper Andersson</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antoine Jerusalem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 32 (8), pp.1608-1624. </w:t>
+              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 140, pp.105094. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhab285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compbiomed.2021.105094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807955v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling transcranial ultrasound neuromodulation: an energy-based multiscale framework</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intra-Areal Visual Topography in Primate Brains Mapped with Probabilistic Tractography of Diffusion-Weighted Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lennart Verhagen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+                <w:t xml:space="preserve">K Tang-Wright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Bridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Dyrby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2022.07.034⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (12), pp.2555-2574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhab364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04807949v1</w:t>
+                <w:t xml:space="preserve">hal-04807950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social connections predict brain structure in a multidimensional free-ranging primate society</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Testard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauren Brent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesper Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Chiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josue Negron-del Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8 (15), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.abl5794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frontal cortical functional connectivity is impacted by anaesthesia in macaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Giacometti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Dureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 32 (18), pp.4050-4067. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cercor/bhab465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03811064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Digital Brain Bank, an open access platform for post-mortem imaging datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Tendler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taylor Hanayik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Ansorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bangerter-Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Berns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.73153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a hierarchical model of social cognition: A neuroimaging meta-analysis and integrative review of empathy and theory of mind.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A triple-network organization for the mouse brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Margulies</w:t>
+                <w:t xml:space="preserve">Francesca Mandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roël Vrooman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heidi Foo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Yun Yeow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bolton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/bul0000303⟩</w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (2), pp.865-872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41380-021-01298-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807933v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A triple-network organization for the mouse brain</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining brain perturbation and neuroimaging in non-human primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bolton</w:t>
+                <w:t xml:space="preserve">Peter Christiaan Klink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent P. Ferrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew S. Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Froudist-Walsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41380-021-01298-5⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 235, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2021.118017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807969v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03288050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining brain perturbation and neuroimaging in non-human primates</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toward a hierarchical model of social cognition: A neuroimaging meta-analysis and integrative review of empathy and theory of mind.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sean Froudist-Walsh</w:t>
+                <w:t xml:space="preserve">Matthias Schurz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquim Radua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Tholen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Maliske</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Margulies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2021.118017⟩</w:t>
+              <w:t xml:space="preserve">Psychological Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 147 (3), pp.293-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/bul0000303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03288050v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimpanzee histology and functional brain imaging show that the paracingulate sulcus is not human-specific</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Novek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Giacometti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 4 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s42003-020-01571-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability in Brain Structure and Function Reflects Lack of Peer Support</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+                <w:t xml:space="preserve">Social prediction modulates activity of macaque superior temporal cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Schurz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lojkiewiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urs Schüffelgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (38)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhab109⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04807999v1</w:t>
+                <w:t xml:space="preserve">hal-03346442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social prediction modulates activity of macaque superior temporal cortex</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+                <w:t xml:space="preserve">Variability in Brain Structure and Function Reflects Lack of Peer Support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Schurz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Urs Schüffelgen</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucina Uddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Kanske</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claus Lamm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (10), pp.4612-4627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhab109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03346442v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging evolution of the primate brain: the next frontier?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Friedrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Forkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua H Balsters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier A Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 228, pp.117685. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.117685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of internal and external factors on prosocial choices in rhesus macaques</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ultrasound modulation of macaque prefrontal cortex selectively alters credit assignment–related activity and behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Fouragnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Wittmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Tankelevitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0678⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (51), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abg7700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808003v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative connectomics of the primate social brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chihiro Yokoyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joonas Autio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takuro Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rogier Mars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 245 (51), pp.118693. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2021.118693⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound modulation of macaque prefrontal cortex selectively alters credit assignment–related activity and behavior</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of internal and external factors on prosocial choices in rhesus macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Emberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Rushworth</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abg7700⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 376 (1819), pp.20190678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03818368v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion MRI data, sulcal anatomy, and tractography for eight species from the Primate Brain Bank</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Khrapitchev</w:t>
+                <w:t xml:space="preserve">Activation and disruption of a neural mechanism for novel choice in monkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Bongioanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam C Klein-Flügge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00429-021-02268-x⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 591, pp.270 - 274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-020-03115-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807977v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04752769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viewing Ambiguous Social Interactions Increases Functional Connectivity between Frontal and Temporal Nodes of the Social Brain</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Diana Kyriazis</w:t>
+                <w:t xml:space="preserve">Diffusion MRI data, sulcal anatomy, and tractography for eight species from the Primate Brain Bank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Bryant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolaus Kriegeskorte</w:t>
+                <w:t xml:space="preserve">Dirk Jan Ardesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianne Scholtens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Khrapitchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0870-20.2021⟩</w:t>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 226 (8), pp.2497-2509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-021-02268-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808000v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation and disruption of a neural mechanism for novel choice in monkeys</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Viewing Ambiguous Social Interactions Increases Functional Connectivity between Frontal and Temporal Nodes of the Social Brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Ainsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Miriam C Klein-Flügge</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Kyriazis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaus Kriegeskorte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-020-03115-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (28), pp.6070-6086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0870-20.2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752769v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential functional connectivity underlying asymmetric reward-related activity in human and nonhuman primates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elsa F Fouragnan C</w:t>
+                <w:t xml:space="preserve">XTRACT - Standardised protocols for automated tractography in the human and macaque brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaun Warrington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandr Khrapitchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Charquero-Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2000759117⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217 (45), pp.116923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.116923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04515164v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple systems in macaques for tracking prediction errors and other types of surprise</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+                <w:t xml:space="preserve">Differential functional connectivity underlying asymmetric reward-related activity in human and nonhuman primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Lopez-Persem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Roumazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Marche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa F Fouragnan C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000899⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (45), pp.28452-28462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2000759117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807979v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primate homologs of mouse cortico-striatal circuits</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Behavioral flexibility is associated with changes in structure and function distributed across a frontal cortical network in macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryann P Noonan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jill X O'Reilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesper Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.53680⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (5), pp.e3000605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807993v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02908846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral flexibility is associated with changes in structure and function distributed across a frontal cortical network in macaques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Primate homologs of mouse cortico-striatal circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Henk Balsters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Zerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Wenderoth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rogier Mars</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000605⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.53680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02908846v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a hierarchical model of social cognition: A neuroimaging meta-analysis and integrative review of empathy and theory of mind.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Margulies</w:t>
+                <w:t xml:space="preserve">Multiple systems in macaques for tracking prediction errors and other types of surprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Grohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urs Schüffelgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz-Xaver Neubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Bongioanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/bul0000303⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (10), pp.e3000899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051933v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noradrenergic But Not Dopaminergic Neurons Signal Task State Changes and Predict Reengagement After a Failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Varazzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Walton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 30 (9), pp.4979-4994. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cercor/bhaa089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02989174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating the Evolution of Nonhuman Primate Neuroimaging</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Toward a hierarchical model of social cognition: A neuroimaging meta-analysis and integrative review of empathy and theory of mind.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Schurz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquim Radua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Tholen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Maliske</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Margulies</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michele A Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2019.12.023⟩</w:t>
+              <w:t xml:space="preserve">Psychological Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/bul0000303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993101v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal connections and the organization of the temporal cortex in macaques, great apes, and humans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jerome Sallet</w:t>
+                <w:t xml:space="preserve">Accelerating the Evolution of Nonhuman Primate Neuroimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Milham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher I Petkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Margulies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles E Schroeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele A Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000810⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 105 (4), pp.600 - 603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2019.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807981v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XTRACT - Standardised protocols for automated tractography in the human and macaque brain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Longitudinal connections and the organization of the temporal cortex in macaques, great apes, and humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Roumazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Eichert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Bryant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marina Charquero-Ballester</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.116923⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (7), pp.e3000810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807980v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserved extrastriate visual network in a monkey with substantial, naturally occurring damage to primary visual cortex</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">The Human Ventromedial Prefrontal Cortex: Sulcal Morphology and Its Influence on Functional Organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Lopez-Persem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Amiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Petrides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (19), pp.3627-3639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2060-18.2019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.42325⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04807997v1</w:t>
+                <w:t xml:space="preserve">hal-02324071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound Neuromodulation: A Review of Results, Mechanisms and Safety</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jerome Sallet</w:t>
+                <w:t xml:space="preserve">What is special about the human arcuate fasciculus? Lateralization, projections, and expansion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Eichert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Butler</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Saad Jbabdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Khrapitchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2018.12.015⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 118, pp.107-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02406828v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The macaque anterior cingulate cortex translates counterfactual choice value into actual behavioral change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elsa Fouragnan</w:t>
+                <w:t xml:space="preserve">Offline impact of transcranial focused ultrasound on cortical activation in primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bolton Chau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Davide Folloni</w:t>
+                <w:t xml:space="preserve">Daria Ea Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Kolling</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+                <w:t xml:space="preserve">Harry Ahnine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 22 (5), pp.797-808. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41593-019-0375-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/elife.40541.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02406008v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation of Subcortical and Deep Cortical Activity in the Primate Brain Using Transcranial Focused Ultrasound Stimulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">A Basal Forebrain-Cingulate Circuit in Macaques Decides It Is Time to Act</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Khalighinejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Bongioanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Verhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Folloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Fouragnan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Constans</w:t>
+                <w:t xml:space="preserve">David Attali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 101 (6), pp.1109-1116.e5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2019.01.019⟩</w:t>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2019.10.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02406011v1</w:t>
+                <w:t xml:space="preserve">hal-02406012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulcal organization in the medial frontal cortex provides insights into primate brain evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William D. Hopkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Meguerditchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (1), pp.3437. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-019-11347-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is special about the human arcuate fasciculus? Lateralization, projections, and expansion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Davide Folloni</w:t>
+                <w:t xml:space="preserve">Ultrasound Neuromodulation: A Review of Results, Mechanisms and Safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Blackmore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shamit Shrivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Jbabdi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chris Butler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Cleveland</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.05.005⟩</w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (7), pp.1509-1536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2018.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807996v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Basal Forebrain-Cingulate Circuit in Macaques Decides It Is Time to Act</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">The macaque anterior cingulate cortex translates counterfactual choice value into actual behavioral change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Fouragnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bolton Chau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Kolling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Verhagen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Attali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (5), pp.797-808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41593-019-0375-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2019.10.030⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02406012v1</w:t>
+                <w:t xml:space="preserve">hal-02406008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offline impact of transcranial focused ultrasound on cortical activation in primates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Manipulation of Subcortical and Deep Cortical Activity in the Primate Brain Using Transcranial Focused Ultrasound Stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Verhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rogier B Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Fouragnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Constans</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Harry Ahnine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 101 (6), pp.1109-1116.e5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2019.01.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/elife.40541.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04333875v1</w:t>
+                <w:t xml:space="preserve">hal-02406011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offline impact of transcranial focused ultrasound on cortical activation in primates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daria Ea Jensen</w:t>
+                <w:t xml:space="preserve">Preserved extrastriate visual network in a monkey with substantial, naturally occurring damage to primary visual cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Bridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Ainsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsie Premereur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.42325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.40541⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04073656v1</w:t>
+                <w:t xml:space="preserve">hal-04807997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dichotomous organization of amygdala/temporal-prefrontal bundles in both humans and monkeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Folloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khrapitchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Sibson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Verhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8 (2), pp.370-384.e8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.47175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Human Ventromedial Prefrontal Cortex: Sulcal Morphology and Its Influence on Functional Organization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Offline impact of transcranial focused ultrasound on cortical activation in primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Verhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Gallea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Folloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Ea Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2060-18.2019⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.40541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02324071v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04073656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Open Resource for Non-human Primate Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Milham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lei Ai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonhwang Koo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ting Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 100 (1), pp.61-74.e2. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2018.08.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual contributions of noradrenaline to behavioural flexibility and motivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline I Jahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gilardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Varazzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 235 (9), pp.2687-2702. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00213-018-4963-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction to: Dual contributions of noradrenaline to behavioural flexibility and motivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline I Jahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gilardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Varazzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 235 (10), pp.3081. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00213-018-5018-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04686722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A weighted and directed interareal connectivity matrix for macaque cerebral cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. T. Markov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. M. Ercsey-Ravasz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. R. Ribeiro Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Magrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (1), pp.17--36. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cercor/bhs270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causal effect of disconnection lesions on interhemispheric functional connectivity in rhesus monkeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jill X O’reilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula L Croxson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Jbabdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryann P Noonan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 110 (34), pp.13982-13987. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1305062110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of feedback-related negativity during trial-and-error exploration and encoding of behavioral shifts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Procyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fnins.2013.00209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04749954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of feedback related activity in the rostral anterior cingulate cortex during trial and error exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Procyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Petrides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 63 (3), pp.1078-1090. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2012.06.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04749942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination of High Gamma Activity in Anterior Cingulate and Lateral Prefrontal Cortical Areas during Adaptation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Social Network Size Affects Neural Circuits in Macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Noonan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. O’reilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1016-11.2011⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 334 (6056), pp.697-700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1210027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04749927v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Network Size Affects Neural Circuits in Macaques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coordination of High Gamma Activity in Anterior Cingulate and Lateral Prefrontal Cortical Areas during Adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rothé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Quilodran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Procyk</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1210027⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 31 (31), pp.11110-11117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1016-11.2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807932v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expectations, gains, and losses in the anterior cingulate cortex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Quilodran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Rothé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vezoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 7 (4), pp.327-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00256218v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The involvement of the orbitofrontal cortex in the experience of regret.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Coricelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Pradat-Diehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 304 (5674), pp.1167-70. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1094550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00272127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10511,421 +10661,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motivational control is implemented by a cingulo-prefrontal pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Gandaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Morel-Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frontal cortical functional connectivity is impacted by anaesthesia in macaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Giacometti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Autran-Clavagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364145v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-05368150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10982,64 +10982,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Magdolna Ercsey-Ravasz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alice Gariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vezoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Quilodran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t>
@@ -11237,51 +11237,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136191v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gandaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ducret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goussi-Denjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Misery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971286v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gandaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles R E Wilson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sallet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Amiez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Autran-Clavagnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136208v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Claron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Giacometti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Manickam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Morel-Latour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C R E Wilson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971315v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ducret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Morel-Latour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971306v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969286v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Misery" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969408v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970773v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goussi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lavigne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kremer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360035v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.10.003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125840v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silei Zhu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Huszar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Cottaar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Daubney" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Eichert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2025.103498" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125835v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Atkinson-Clement" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Howett" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alkhawashki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Ross" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Slater" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crneur.2025.100148" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004023v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Silvere" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Legrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.106424.1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752757v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Decasien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Chiou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Testard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianne Mercer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Negr&#243;n-del Valle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xgen.2024.100589" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752761v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Gatica" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chencheng Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-62562-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803777v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Dekraker" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy F D Howard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan N Huszar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49823-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mahmoodi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Harbison" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bongioanni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Emberton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Roumazeilles" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2023.09.035" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752759v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Grohn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Khalighinejad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jahn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Sch&#252;ffelgen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49128-w" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237943v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Verstraete" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hadj-Bouziane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suliann Ben Hamed" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05066-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807944v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Howard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Smart" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39916-1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237941v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Giacometti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf9445" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803736v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline I Jahn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Cuell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bouret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001985" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752749v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Bryant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Manger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Bertelsen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Khrapitchev" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-023-02709-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012408v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuat Balci" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boraud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bouret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brochier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2023.02.009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807965v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Darmani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.O. Bergmann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Butts Pauly" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.F. Caskey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Lecea" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2021.12.010" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073649v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Attali" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tiennot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Schafer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fouragnan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2022.12.005" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803742v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth L Chiou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex R Decasien" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherina P Rees" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cailyn H Spurrell" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-022-01197-0" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800370v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Milham" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Petkov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Evrard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2021.10.015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807950v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Tang-Wright" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Smith" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bridge" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Miller" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dyrby" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab364" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807971v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Felix" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Folloni" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoyu Chen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Sallet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jerusalem" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.105094" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807952v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2022.104632" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807955v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Lange" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Austin Benn" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Andersson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab285" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807949v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Verhagen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2022.07.034" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807957v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Brent" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josue Negron-del Valle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl5794" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811064v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dureux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Wilson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab465" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807963v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tendler" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Hanayik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Ansorge" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bangerter-Christensen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Berns" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.73153" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807933v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schurz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Radua" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tholen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Maliske" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Margulies" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/bul0000303" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807969v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Mandino" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ro&#235;l Vrooman" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Foo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yun Yeow" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bolton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-021-01298-5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288050v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Christiaan Klink" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aubry" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P. Ferrera" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew S. Fox" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Froudist-Walsh" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118017" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364138v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Novek" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01571-3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807999v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucina Uddin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Kanske" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Lamm" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab109" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346442v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lojkiewiez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167237v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Friedrich" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Forkel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua H Balsters" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier A Coulon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117685" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808003v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Wood" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Rushworth" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0678" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807974v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chihiro Yokoyama" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonas Autio" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuro Ikeda" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier Mars" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118693" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818368v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Wittmann" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Tankelevitch" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg7700" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807977v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Jan Ardesch" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne Scholtens" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02268-x" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808000v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ainsworth" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Kyriazis" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaus Kriegeskorte" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0870-20.2021" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752769v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam C Klein-Fl&#252;gge" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-03115-5" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04515164v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Lopez-Persem" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roumazeilles" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Marche" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa F Fouragnan C" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2000759117" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807979v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz-Xaver Neubert" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000899" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807993v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Henk Balsters" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Zerbi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wenderoth" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.53680" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02908846v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryann P Noonan" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Thomas" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill X O'Reilly" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Anderson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000605" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051933v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02989174v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Varazzani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Walton" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhaa089" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993101v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher I Petkov" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles E Schroeder" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele A Basso" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.12.023" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807981v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000810" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807980v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun Warrington" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Khrapitchev" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Charquero-Ballester" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116923" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807997v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Bridge" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bell" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Premereur" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.42325" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406828v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Blackmore" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamit Shrivastava" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Butler" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cleveland" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2018.12.015" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406008v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolton Chau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Kolling" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-019-0375-6" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406011v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier B Mars" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Constans" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.01.019" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326265v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William D. Hopkins" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Meguerditchian" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11347-x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807996v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Jbabdi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.05.005" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406012v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.10.030" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333875v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Ea Jensen" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ahnine" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.40541.001" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073656v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gallea" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.40541" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807995v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Sibson" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47175" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324071v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Petrides" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2060-18.2019" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326351v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Ai" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonhwang Koo" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xu" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2018.08.039" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01954491v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilardeau" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Blain" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-018-4963-z" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686722v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-018-5018-1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952167v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. T. Markov" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Ercsey-Ravasz" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Ribeiro Gomes" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lamy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magrou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhs270" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804850v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill X O&#8217;reilly" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula L Croxson" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1305062110" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749954v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camille" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Procyk" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2013.00209" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749942v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2012.06.023" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L7QDVK60-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749927v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roth&#233;" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Quilodran" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1016-11.2011" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807932v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sallet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mars" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Noonan" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andersson" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O&#8217;reilly" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1210027" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00256218v2" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vezoli" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Joseph" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272127v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Coricelli" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pradat-Diehl" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Duhamel" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1094550" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960709v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364145v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dureux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Autran-Clavagnier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wilson" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368150v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge H. Ahmed" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kanwisher" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553400v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Markov" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Magdolna Ercsey-Ravasz" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Gariel" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge H. Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kanwisher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136191v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gandaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sallet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ducret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goussi-Denjean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Misery" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971286v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gandaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles R E Wilson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Amiez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Autran-Clavagnier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971315v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ducret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Morel-Latour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136208v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Claron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Giacometti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Manickam" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Morel-Latour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C R E Wilson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971306v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969286v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Misery" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969408v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970773v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goussi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lavigne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kremer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125840v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silei Zhu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Huszar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Cottaar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Daubney" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Eichert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2025.103498" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360035v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.10.003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Atkinson-Clement" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Howett" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alkhawashki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Ross" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Slater" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crneur.2025.100148" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004023v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Silvere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Legrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.106424.1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752757v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Decasien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Chiou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Testard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianne Mercer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Negr&#243;n-del Valle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xgen.2024.100589" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752761v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Gatica" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chencheng Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-62562-6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mahmoodi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Harbison" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bongioanni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Emberton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Roumazeilles" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2023.09.035" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803777v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Dekraker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy F D Howard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan N Huszar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49823-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752759v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Grohn" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Khalighinejad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jahn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Sch&#252;ffelgen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49128-w" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237943v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Verstraete" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hadj-Bouziane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suliann Ben Hamed" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05066-9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807944v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Howard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Smart" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39916-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803736v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline I Jahn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Cuell" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bouret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001985" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237941v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Giacometti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf9445" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752749v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Bryant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Manger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Bertelsen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Khrapitchev" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-023-02709-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012408v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuat Balci" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bouret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brochier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2023.02.009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800370v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Milham" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Petkov" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Evrard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2021.10.015" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073649v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Attali" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tiennot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Schafer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fouragnan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2022.12.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803742v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth L Chiou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex R Decasien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherina P Rees" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cailyn H Spurrell" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-022-01197-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807965v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Darmani" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.O. Bergmann" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Butts Pauly" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.F. Caskey" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Lecea" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2021.12.010" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807955v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Lange" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Austin Benn" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Andersson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab285" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807952v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2022.104632" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807949v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoyu Chen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Felix" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Folloni" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Verhagen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2022.07.034" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807971v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Sallet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jerusalem" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.105094" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807950v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Tang-Wright" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Smith" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bridge" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Miller" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dyrby" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab364" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807957v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Brent" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josue Negron-del Valle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl5794" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811064v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dureux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Wilson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab465" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807963v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tendler" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Hanayik" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Ansorge" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bangerter-Christensen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Berns" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.73153" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807969v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Mandino" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ro&#235;l Vrooman" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Foo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yun Yeow" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bolton" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-021-01298-5" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288050v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Christiaan Klink" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aubry" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P. Ferrera" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew S. Fox" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Froudist-Walsh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807933v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schurz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Radua" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tholen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Maliske" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Margulies" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/bul0000303" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364138v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Novek" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01571-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346442v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lojkiewiez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807999v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucina Uddin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Kanske" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Lamm" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab109" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167237v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Friedrich" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Forkel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua H Balsters" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier A Coulon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117685" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818368v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Wittmann" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Tankelevitch" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg7700" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807974v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chihiro Yokoyama" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonas Autio" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuro Ikeda" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier Mars" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118693" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808003v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Wood" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Rushworth" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0678" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752769v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam C Klein-Fl&#252;gge" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-03115-5" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807977v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Jan Ardesch" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne Scholtens" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02268-x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808000v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ainsworth" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Kyriazis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaus Kriegeskorte" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0870-20.2021" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807980v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun Warrington" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Khrapitchev" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Charquero-Ballester" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116923" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04515164v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Lopez-Persem" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roumazeilles" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Marche" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa F Fouragnan C" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2000759117" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02908846v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryann P Noonan" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Thomas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill X O'Reilly" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Anderson" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000605" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807993v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Henk Balsters" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Zerbi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wenderoth" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.53680" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807979v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz-Xaver Neubert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000899" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02989174v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Varazzani" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Walton" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhaa089" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051933v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993101v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher I Petkov" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles E Schroeder" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele A Basso" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.12.023" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807981v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000810" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324071v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Petrides" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2060-18.2019" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807996v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Jbabdi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.05.005" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333875v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Constans" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Ea Jensen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ahnine" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.40541.001" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406012v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.10.030" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326265v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William D. Hopkins" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Meguerditchian" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11347-x" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406828v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Blackmore" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamit Shrivastava" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Butler" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cleveland" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2018.12.015" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406008v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolton Chau" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Kolling" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-019-0375-6" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406011v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier B Mars" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.01.019" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807997v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Bridge" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bell" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Premereur" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.42325" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807995v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Sibson" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47175" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073656v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gallea" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.40541" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326351v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Ai" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonhwang Koo" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2018.08.039" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01954491v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilardeau" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Blain" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-018-4963-z" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686722v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-018-5018-1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952167v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. T. Markov" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Ercsey-Ravasz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Ribeiro Gomes" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lamy" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magrou" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhs270" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804850v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill X O&#8217;reilly" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula L Croxson" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1305062110" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749954v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camille" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Procyk" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2013.00209" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749942v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2012.06.023" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L7QDVK60-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807932v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sallet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mars" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Noonan" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andersson" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O&#8217;reilly" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1210027" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749927v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roth&#233;" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Quilodran" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1016-11.2011" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00256218v2" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vezoli" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Joseph" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272127v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Coricelli" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pradat-Diehl" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Duhamel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1094550" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960709v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364145v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dureux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Autran-Clavagnier" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wilson" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553400v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Markov" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Magdolna Ercsey-Ravasz" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Gariel" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>