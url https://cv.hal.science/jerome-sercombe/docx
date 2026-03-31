--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -3283,329 +3283,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P2M Simulation Exercise on past fuel melting irradiation experiments</w:t>
+                <w:t xml:space="preserve">Fission products at the fuel-cladding interface of PWR fuel rods: morphological and chemical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. D’ambrosi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Sercombe</w:t>
+                <w:t xml:space="preserve">C. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bejaoui</w:t>
+                <w:t xml:space="preserve">L. Fayette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Zacharie-Aubrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Chaieb</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Baurens</w:t>
+                <w:t xml:space="preserve">T. Blay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Onofri-Marroncle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00295450.2023.2194270⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 585, pp.154600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2023.154600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04652865v1</w:t>
+                <w:t xml:space="preserve">hal-04276119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fission products at the fuel-cladding interface of PWR fuel rods: morphological and chemical study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P2M Simulation Exercise on past fuel melting irradiation experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Fayette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">I. Zacharie-Aubrun</w:t>
+                <w:t xml:space="preserve">V. D’ambrosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sercombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Blay</w:t>
+                <w:t xml:space="preserve">S. Bejaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Onofri-Marroncle</w:t>
+                <w:t xml:space="preserve">A. Chaieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Baurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 585, pp.154600. </w:t>
+              <w:t xml:space="preserve">Nuclear Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 210 (2), pp.189-215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2023.154600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00295450.2023.2194270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04276119v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04652865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presentation of the xM3 test case of the P2M simulation exercise and modeling with the fuel performance code ALCYONE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. D’ambrosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sercombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3708,51 +3708,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D(r,θ) simulations of the HBC-4 power-to-melt experiment with the fuel performance code ALCYONE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sercombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. D’ambrosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Béjaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3946,90 +3946,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the hardness and Young's modulus at the fuel-cladding interface of a high-burnup PWR fuel rod by nanoindentation measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fayette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Zacharie-Aubrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Blay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sercombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4750,90 +4750,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural Analysis of Zirconia at the Fuel-Cladding Interface in Medium and High Burnup Irradiated Fuel Rods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fayette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Zacharie-Aubrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Blay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sercombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7069,51 +7069,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of radionuclide release from a concrete container</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bejaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sercombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8252,51 +8252,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E4A092F9"/>
+    <w:nsid w:val="AA7281A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8483,51 +8483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-sercombe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-9488-503X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05519727v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime G&#233;rard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica d'Ambrosi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sercombe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Doualle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pontillon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04456882v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Doualle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Esteban Cifuentes Quintal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Reymond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Colin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652480v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gu&#233;not-Delahaie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Largenton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Haller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/TopFuel22-38886" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917303v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Klosek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sercombe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03672602v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Quaini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gueneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garrigue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Introini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Sercombe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466324v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sercombe J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02613566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Introini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gueneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goldbronn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02614121v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Intro&#239;ni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02613616v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339455v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Dumas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marelle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400191v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Riglet-Martial" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Guenot-Delahaie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boulor&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Federici" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Largenton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400207v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Konarski" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riglet-Martial" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zacharie-Aubrun" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fregonese" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889141v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gu&#233;not-Delahaie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boulor&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201; F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Largenton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860413v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Helfer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Goldbronn" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417383v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helfer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Federici" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Jolu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433897v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509262v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baurens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Desgranges" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trotignon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416330v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Michel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ramiere" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salvo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02500835v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leboulch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02874737v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bassi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Petitprez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441360v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Salvo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Menard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alessandri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desoyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Goldbronn" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03306703v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvo Maxime" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude M&#233;nard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandri Jean-Pierre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry D&#233;soyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589998v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Barbi&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rami&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lebon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447310v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Saux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poussard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652865v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#8217;ambrosi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bejaoui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chaieb" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2023.2194270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276119v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schneider" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fayette" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Onofri-Marroncle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154600" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652862v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;jaoui" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2023.2253660" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652640v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2023.2188138" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412911v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rocca" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Nasselahsen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0146541" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276169v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153511" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04018896v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Germain" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Noirot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153527" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04018893v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153429" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03713987v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guenot-Delahaie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernaudat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153584" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04018889v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111778" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466237v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153220" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276172v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-021-10045-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03581220v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Intro&#239;ni" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Tellier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153173" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652986v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Sundman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110818" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426429v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vidal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gallais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faucheux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Capdevila" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151944" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405439v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.03.021" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860402v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;not-Delahaie" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2017.12.006" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060973v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nonon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT13-A16424" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389290v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riglet Martial" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamontagne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noirot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Roure" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.07.056" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01350715v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leboulch" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Jolu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2016016" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03306589v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Proix" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2015.06.027" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199597v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sornay" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.02.018" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825110v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gatt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Aubrun" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. M&#233;nard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2014.07.019" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057281v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Auzoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.06.046" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199576v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Julien" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.09.024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652852v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rgn/20136061" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427490v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Masson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2013.03.019" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652972v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.08.069" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02093543v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thouvenin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chatelet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2006.12.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPK1DH9B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02514885v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2008.01.012" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mugler" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Peycelon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-006-9066-3" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-64HXQQ07-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119809v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Planel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Peycelon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bescop" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Adenot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018229v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gwinner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tiffreau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Simondi-Teisseire" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Felines" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2005.10.019" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKWGB7H1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02360113v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vidal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2006.12.003" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018230v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2005.10.014" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLD2PNRD-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176881v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.2141" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03581238v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Viallard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Introini" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lainet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818190-4.00009-7" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825099v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Riglet-Martial" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier. Fandeur" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780128035818007153?via%3Dihub" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-803581-8.00715-3" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-sercombe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-9488-503X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05519727v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime G&#233;rard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica d'Ambrosi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sercombe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Doualle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pontillon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04456882v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Doualle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Esteban Cifuentes Quintal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Reymond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Colin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652480v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gu&#233;not-Delahaie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Largenton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Haller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/TopFuel22-38886" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917303v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Klosek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sercombe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03672602v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Quaini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gueneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garrigue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Introini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Sercombe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466324v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sercombe J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02613566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Introini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gueneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goldbronn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02614121v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Intro&#239;ni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02613616v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339455v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Dumas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marelle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400191v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Riglet-Martial" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Guenot-Delahaie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boulor&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Federici" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Largenton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400207v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Konarski" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riglet-Martial" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zacharie-Aubrun" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fregonese" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889141v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gu&#233;not-Delahaie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boulor&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201; F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Largenton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860413v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Helfer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Goldbronn" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417383v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helfer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Federici" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Jolu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433897v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509262v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baurens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Desgranges" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trotignon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416330v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Michel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ramiere" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salvo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02500835v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leboulch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02874737v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bassi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Petitprez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441360v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Salvo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Menard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alessandri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desoyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Goldbronn" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03306703v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvo Maxime" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude M&#233;nard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandri Jean-Pierre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry D&#233;soyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589998v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Barbi&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rami&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lebon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447310v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Saux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poussard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276119v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schneider" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fayette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Onofri-Marroncle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154600" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652865v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#8217;ambrosi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bejaoui" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chaieb" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2023.2194270" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652862v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;jaoui" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2023.2253660" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652640v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2023.2188138" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412911v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rocca" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Nasselahsen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0146541" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276169v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153511" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04018896v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Germain" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Noirot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153527" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04018893v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153429" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03713987v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guenot-Delahaie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernaudat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153584" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04018889v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111778" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466237v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153220" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276172v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-021-10045-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03581220v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Intro&#239;ni" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Tellier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153173" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652986v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Sundman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110818" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426429v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vidal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gallais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faucheux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Capdevila" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151944" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405439v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.03.021" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860402v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;not-Delahaie" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2017.12.006" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060973v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nonon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT13-A16424" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389290v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riglet Martial" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamontagne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noirot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Roure" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.07.056" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01350715v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leboulch" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Jolu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2016016" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03306589v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Proix" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2015.06.027" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199597v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sornay" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.02.018" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825110v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gatt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Aubrun" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. M&#233;nard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2014.07.019" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057281v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Auzoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.06.046" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199576v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Julien" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.09.024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652852v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rgn/20136061" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427490v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Masson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2013.03.019" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04652972v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.08.069" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02093543v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thouvenin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chatelet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2006.12.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPK1DH9B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02514885v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2008.01.012" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mugler" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Peycelon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-006-9066-3" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-64HXQQ07-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119809v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Planel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Peycelon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bescop" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Adenot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018229v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gwinner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tiffreau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Simondi-Teisseire" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Felines" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2005.10.019" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKWGB7H1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02360113v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vidal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2006.12.003" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018230v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2005.10.014" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLD2PNRD-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176881v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.2141" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03581238v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Viallard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Introini" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lainet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818190-4.00009-7" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825099v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Riglet-Martial" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier. Fandeur" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780128035818007153?via%3Dihub" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-803581-8.00715-3" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>