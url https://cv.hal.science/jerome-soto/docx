--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -100,282 +100,282 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical model of a latent heat storage integration on heat pump refrigeration circuit</w:t>
+                <w:t xml:space="preserve">Étude numérique de l'intensification des échanges thermiques dans un stockage de chaleur latent par l'usage combiné de graphite naturel expansé compressé, ailettes et mélangeurs statiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Dubreil</w:t>
+                <w:t xml:space="preserve">Soumaya Ait Moula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Bedecarrats</w:t>
+                <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Lara Cruz</w:t>
+                <w:t xml:space="preserve">Xavier Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Dufour</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohamed Balli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REHVA HVAC World Congress- CLIMA 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français de Thermique (SFT 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambéry, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2025-118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05396345v1</w:t>
+                <w:t xml:space="preserve">hal-05126491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude numérique de l'intensification des échanges thermiques dans un stockage de chaleur latent par l'usage combiné de graphite naturel expansé compressé, ailettes et mélangeurs statiques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical model of a latent heat storage integration on heat pump refrigeration circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Jadal</w:t>
+                <w:t xml:space="preserve">Brice Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bedecarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Balli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José Lara Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique (SFT 2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">REHVA HVAC World Congress- CLIMA 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Milan (Italie), Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126491v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05396345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of thermal management of composites forming tools using lattice structures</w:t>
               </w:r>
@@ -616,51 +616,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la cinétique de cristallisation d’un matériau à changement de phase dopé en conductivité par méthode inverse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -711,51 +711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation expérimentale d'un modèle cinétique de solidification d'une plaque MCP/GNE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -806,51 +806,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid analytical and finite element simulation of a latent heat storage exchanger: Comparison of heat transfer models for enhanced thermal conductivity phase change material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1366,51 +1366,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal conductivity evolution of a compressed expanded natural graphite – Phase change material composite after thermal cycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1600,51 +1600,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental determination of crystallization kinetic model of CENG-PCM composite material. Validation at macro and meso scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1730,51 +1730,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal cycling aging of encapsulated phase change material – Compressed expanded natural graphite composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Jadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas de Guyenro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2703,51 +2703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Dubreil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bedecarrats" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Soto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lara Cruz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dufour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126491v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Ait Moula" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Jadal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Py" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Balli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-118" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124985v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthis Balthazar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gu&#233;roult" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobotka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-248" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236700v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761884v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delaunay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257909v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376167v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingai Luo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.ecs.023118" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701564v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-024-14264-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071072v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baoshan Xie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilin Fan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2023.03.107" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761908v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lepoivre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Villi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-1zcpjl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528043v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2021.101047" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596042v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2022.123503" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712578v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2022.101336" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Guyenro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2020.100836" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372717v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bariteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Etourneau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Traonvouez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-019-02612-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01655060v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Stutz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Pierr&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Kuznik" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vyn Johannes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Palomo del Barrio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2017.09.008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257945v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780076v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-91892-3.24001-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Ait Moula" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Jadal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Soto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Py" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Balli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-118" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396345v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Dubreil" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bedecarrats" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lara Cruz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dufour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124985v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthis Balthazar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gu&#233;roult" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobotka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-248" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236700v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761884v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delaunay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257909v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376167v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingai Luo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.ecs.023118" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701564v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-024-14264-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071072v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baoshan Xie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilin Fan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2023.03.107" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761908v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lepoivre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Villi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-1zcpjl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528043v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2021.101047" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596042v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2022.123503" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712578v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2022.101336" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Guyenro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2020.100836" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372717v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bariteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Etourneau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Traonvouez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-019-02612-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01655060v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Stutz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Pierr&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Kuznik" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vyn Johannes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Palomo del Barrio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2017.09.008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257945v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780076v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-91892-3.24001-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>