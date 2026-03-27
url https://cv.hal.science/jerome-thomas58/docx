--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -1743,51 +1743,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03061143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1846,619 +1846,692 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In the Indian Way of Killing and Eating Humans: The Cannibal Meal: Act of Cruelty or Ritual Scene ?</w:t>
+                <w:t xml:space="preserve">Les pandémies. Des révélateurs de la fragilité de nos sociétés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editura Victor Babes. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Cultural (In)Compatibilities: 12 Points of View</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 146-181, Cambridge Scholars Publishing, 2022, 978-1-5275-8092-3</w:t>
+              <w:t xml:space="preserve">Santé et genre. A la recherche du mot juste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.8-37, 2022, 978-606-786-244-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913688v1</w:t>
+                <w:t xml:space="preserve">hal-04911235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps de l’&amp;quot;Autre&amp;quot;. Les représentations des Africains et des Amérindiens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In the Indian Way of Killing and Eating Humans: The Cannibal Meal: Act of Cruelty or Ritual Scene ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sexualités, identités &amp; corps colonisés : XVe siècle-XXIe siècle / sous la direction de Gilles Boëtsch, Nicolas Bancel, Pascal Blanchard.. [et al.] ; coordination éditoriale Tiffany Roux ; avant-propos Antoine Petit,.. ; postfaces Leïla Slimani, Jacques Martial</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS éditions, p. 31-43, 2019, 978-2-271-13050-1</w:t>
+              <w:t xml:space="preserve">Food and Cultural (In)Compatibilities: 12 Points of View</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 146-181, Cambridge Scholars Publishing, 2022, 978-1-5275-8092-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03121360v1</w:t>
+                <w:t xml:space="preserve">hal-04913688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Wilkinson, An Account of the Principalities of Wallachia and Moldavia (1820). Un regard sur les principautés danubiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Istorie, memorie, identitate : lucrările simpozionului internaţional de la Arad din 21-22 iunie 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editura Etnologică, pp.39-75, 2019, 978-606-8830-68-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ars plumaria en Amérique au XVIe siècle. Un art mineur ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le corps de l’&amp;quot;Autre&amp;quot;. Les représentations des Africains et des Amérindiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Boëtsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pelage et plumage. Quand l’animal prend de l’étoffe</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.89-98, 2016, 978-2-84280-269-1</w:t>
+              <w:t xml:space="preserve">Sexualités, identités &amp; corps colonisés : XVe siècle-XXIe siècle / sous la direction de Gilles Boëtsch, Nicolas Bancel, Pascal Blanchard.. [et al.] ; coordination éditoriale Tiffany Roux ; avant-propos Antoine Petit,.. ; postfaces Leïla Slimani, Jacques Martial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, p. 31-43, 2019, 978-2-271-13050-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159527v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03121360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Amérindiens sous le regard des Portugais (Brésil XVI° s.)</w:t>
+                <w:t xml:space="preserve">L’ars plumaria en Amérique au XVIe siècle. Un art mineur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marie-France Badie; Michèle-Caroline Heck; Philippe Monbrun. </w:t>
+              <w:t xml:space="preserve">Danièle Véron-Denise (éd.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La fabrique du regard</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, M. Houdiard, 2011, L'Atelier des sciences humaines et sociales, 978-2-35692-052-2</w:t>
+              <w:t xml:space="preserve">Pelage et plumage. Quand l’animal prend de l’étoffe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions SÉPIA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.89-98, 2016, 978-2-84280-269-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04088304v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les manières de table</w:t>
+                <w:t xml:space="preserve">Les Amérindiens sous le regard des Portugais (Brésil XVI° s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Françoise Argod-Dutard; Pascal Charvet; Sandrine Lavaud. </w:t>
+              <w:t xml:space="preserve">Marie-France Badie; Michèle-Caroline Heck; Philippe Monbrun. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Voyage aux pays du vin : des origines à nos jours : histoire, anthologie, dictionnaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Robert Laffont, pp.397-401, 2007</w:t>
+              <w:t xml:space="preserve">La fabrique du regard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Houdiard, 2011, L'Atelier des sciences humaines et sociales, 978-2-35692-052-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03055536v1</w:t>
+                <w:t xml:space="preserve">hal-04088304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps lisse</w:t>
+                <w:t xml:space="preserve">Les manières de table</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Abdelhakim Charif; Frédéric Duhart; Yannick Le Pape. </w:t>
+              <w:t xml:space="preserve">Françoise Argod-Dutard; Pascal Charvet; Sandrine Lavaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropologie historique du corps : seize regards</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.280-293, 2006</w:t>
+              <w:t xml:space="preserve">Voyage aux pays du vin : des origines à nos jours : histoire, anthologie, dictionnaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Laffont, pp.397-401, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03055537v1</w:t>
+                <w:t xml:space="preserve">hal-03055536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le corps lisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Abdelhakim Charif; Frédéric Duhart; Yannick Le Pape. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anthropologie historique du corps : seize regards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.280-293, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03055537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rustres et sauvages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gilles Boëtsch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le corps de l'alpin : perceptions, représentations, modifications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éd. des Hautes-Alpes, pp.123-144, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02874240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2468,181 +2541,181 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décorer les dents, modifier les crânes. Un art du paraître dans l’Amérique précolombienne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'art du paraître. Apparences de l'humain, de la Préhistoire à nos jours / The art of human appearance, from prehistory to the present day</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Organisés par la métropole Nice Côte d'Azur et le laboratoire du CEPAM UMR 7264, Oct 2019, Nices, France. p. 207-220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les peintures corporelles amérindiennes en Amérique du Sud (XVIe-XIXe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque scientifique "Couleurs sur corps : quand les couleurs habillent le corps", Paris, 27-29 octobre 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03071151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2710,51 +2783,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F24F9088"/>
+    <w:nsid w:val="C3B62CD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2941,51 +3014,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-thomas58" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3888-4895" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/161598013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/244331" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000042394221" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914619v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thomas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913739v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121149v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281722v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088433v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050801v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dumond" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282002v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274147v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Skrek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Di Lernia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beauchet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8208;c. Bursztejn" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belloni Fortina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.19261" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04093699v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911217v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.019.0379" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04094751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_studium/stud.202026437" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117728v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apparences.1885" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04093117v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899009v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159676v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159583v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132360v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apparences.643" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061143v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911279v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913688v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121360v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913630v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159527v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-sepia.com/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088304v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055536v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055537v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874240v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121295v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071151v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jerome-thomas58" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3888-4895" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/161598013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/244331" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000042394221" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914619v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thomas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913739v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121149v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281722v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088433v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050801v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dumond" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282002v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274147v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Skrek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Di Lernia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beauchet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8208;c. Bursztejn" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belloni Fortina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.19261" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04093699v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911217v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.019.0379" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04094751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_studium/stud.202026437" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117728v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apparences.1885" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04093117v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899009v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159676v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159583v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132360v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apparences.643" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061143v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911279v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911235v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913688v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913630v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121360v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159527v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-sepia.com/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088304v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055537v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874240v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121295v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071151v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>