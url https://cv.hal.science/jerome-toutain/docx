--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -93,5680 +93,5805 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton radiotherapy offers immune-sparing benefits in glioblastoma treatment Proton therapy reduced radiation-induced lymphopenia</w:t>
+                <w:t xml:space="preserve">Low-dose ionizing radiation, a protective intervention to mitigate chronic cerebral hypoperfusioninduced brain damage and cognitive deficits in the rat Running</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Coupey</w:t>
+                <w:t xml:space="preserve">Valentin Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
+                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julie Bécam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazalviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Radiation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 20, pp.eRADE-25-00135.1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05478222v1</w:t>
+                <w:t xml:space="preserve">hal-05551133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manganese (III) tetrakis (4-benzoic acid) porphyrin (MnTBAP) represses sulfide:quinone oxidoreductase expression and targets the sulfido-redox system in glioblastoma models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proton radiotherapy offers immune-sparing benefits in glioblastoma treatment Proton therapy reduced radiation-induced lymphopenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Coupey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Malard</w:t>
+                <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Bernay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+                <w:t xml:space="preserve">Viktoriia Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samantha Ballesta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Lévêque</w:t>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Redox Report</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13510002.2025.2557081⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrobp.2025.12.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05268938v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05478222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphiregulin reflects brain metastasis progression and leads to PD-L1 expression in non-small cell lung cancer cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manganese (III) tetrakis (4-benzoic acid) porphyrin (MnTBAP) represses sulfide:quinone oxidoreductase expression and targets the sulfido-redox system in glioblastoma models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Malard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Leite Ferreira</w:t>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Biojout</w:t>
+                <w:t xml:space="preserve">Samantha Ballesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bazille</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucie Malandain</w:t>
+                <w:t xml:space="preserve">Marie Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicine &amp; Pharmacotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118600⟩</w:t>
+              <w:t xml:space="preserve">Redox Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (1), pp.2557081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13510002.2025.2557081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274144v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Injectable Biocompatible Zeolite Nanocrystals for Enhanced Tumor Oxygenation and MRI Imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amphiregulin reflects brain metastasis progression and leads to PD-L1 expression in non-small cell lung cancer cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Leite Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Biojout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdallah Amedlous</w:t>
+                <w:t xml:space="preserve">Céline Bazille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Hélaine</w:t>
+                <w:t xml:space="preserve">Maelle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Dalena</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ménard</w:t>
+                <w:t xml:space="preserve">Lucie Malandain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.4c20383⟩</w:t>
+              <w:t xml:space="preserve">Biomedicine &amp; Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 192, pp.118600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04920878v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted versus whole-brain radiotherapy: systematic multiparametric and longitudinal investigations in the adult rat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Injectable Biocompatible Zeolite Nanocrystals for Enhanced Tumor Oxygenation and MRI Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Amedlous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Hélaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
+                <w:t xml:space="preserve">Francesco Dalena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Audebert</w:t>
+                <w:t xml:space="preserve">Clément Anfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Beaufils</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carole Brunaud</w:t>
+                <w:t xml:space="preserve">Thomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (5), pp.8003-8016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.4c20383⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05374672v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformation-based morphometry: a sensitive imaging approach to detect radiation-induced brain injury?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Targeted versus whole-brain radiotherapy: systematic multiparametric and longitudinal investigations in the adult rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bécam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lab Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652900v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05374672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo biodistribution and tumor uptake of [64Cu]-FAU nanozeolite via positron emission tomography Imaging</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Deformation-based morphometry: a sensitive imaging approach to detect radiation-induced brain injury?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oleg Lebedev</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3nr05947b⟩</w:t>
+              <w:t xml:space="preserve">Cancer Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40644-024-00736-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04614420v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Activity Attenuates Brain Irradiation-Associated Skeletal Muscle Damage in the Rat</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">In vivo biodistribution and tumor uptake of [64Cu]-FAU nanozeolite via positron emission tomography Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Hélaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Amedlous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 118 (4), pp.1081-1093. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, pp.11959-11968. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijrobp.2023.10.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3nr05947b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294870v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early effects of different brain radiotherapy modalities on circulating leucocyte subpopulations in rodents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physical Activity Attenuates Brain Irradiation-Associated Skeletal Muscle Damage in the Rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bécam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brunaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaël Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09553002.2024.2324471⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 118 (4), pp.1081-1093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrobp.2023.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04504965v1</w:t>
+                <w:t xml:space="preserve">hal-04294870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of hypoxia and oxidative-related changes in a lung-derived brain metastasis model by [64Cu][Cu(ATSM)] PET and proteomic studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Early effects of different brain radiotherapy modalities on circulating leucocyte subpopulations in rodents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Coupey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sarina Maya Mehani</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge M Candéias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJNMMI Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13550-023-01052-8⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (5), pp.744-755. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09553002.2024.2324471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04308804v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypoxia-induced activation of NDR2 underlies brain metastases from Non-Small Cell Lung Cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fatéméh Dubois</w:t>
+                <w:t xml:space="preserve">Assessment of hypoxia and oxidative-related changes in a lung-derived brain metastasis model by [64Cu][Cu(ATSM)] PET and proteomic studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Fantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarina Maya Mehani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41419-023-06345-3⟩</w:t>
+              <w:t xml:space="preserve">EJNMMI Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (102), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13550-023-01052-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04404933v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic resonance imaging of hypoxia in acute stroke: a cross‐validation study against FMISO‐positron emission tomography</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
+                <w:t xml:space="preserve">Hypoxia-induced activation of NDR2 underlies brain metastases from Non-Small Cell Lung Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Levallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Biojout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bazille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Douyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatéméh Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nbm.4858⟩</w:t>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41419-023-06345-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03831642v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04404933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-in-Man Noninvasive Initial Diagnostic Approach of Primary CNS Lymphoma Versus Glioblastoma Using PET With 18F-Fludarabine and l-[methyl-11C]Methionine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Magnetic resonance imaging of hypoxia in acute stroke: a cross‐validation study against FMISO‐positron emission tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valable Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Gourand</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazalviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Nuclear Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/RLU.0000000000004238⟩</w:t>
+              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (3), pp.e4858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nbm.4858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03672116v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal evaluation of hypoxia in brain metastases of lung cancer and interest of hypoxia image-guided radiotherapy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">First-in-Man Noninvasive Initial Diagnostic Approach of Primary CNS Lymphoma Versus Glioblastoma Using PET With 18F-Fludarabine and l-[methyl-11C]Methionine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Postnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Pronin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valable Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gourand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-90662-0⟩</w:t>
+              <w:t xml:space="preserve">Clinical Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47 (8), pp.699-706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/RLU.0000000000004238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244249v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03672116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Hypoxia on Carbon Ion Therapy in Glioblastoma Cells: Modulation by LET and Hypoxia-Dependent Genes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clement Anfray</w:t>
+                <w:t xml:space="preserve">Multimodal evaluation of hypoxia in brain metastases of lung cancer and interest of hypoxia image-guided radiotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valable Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Fantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers12082019⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.11239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-90662-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02912590v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03244249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VCAM-1 Targeted Alpha-Particle Therapy for Early Brain Metastases</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Impact of Hypoxia on Carbon Ion Therapy in Glioblastoma Cells: Modulation by LET and Hypoxia-Dependent Genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ole Tietz</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Anfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noz169⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (8), pp.2019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers12082019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02346582v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02912590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanosized zeolites as a gas delivery platform in a glioblastoma model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Anfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Komaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Zaarour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Hélaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 257, pp.120249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2020.120249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo surface dosimetry with a scintillating fiber dosimeter in preclinical image‐guided radiotherapy</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">VCAM-1 Targeted Alpha-Particle Therapy for Early Brain Metastases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Falzone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Frelin-Labalme</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ole Tietz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mp.13903⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (3), pp.357-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noz169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02363478v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">64Cu-ATSM/64Cu-Cl2 and their relationship to hypoxia in glioblastoma: a preclinical study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">In vivo surface dosimetry with a scintillating fiber dosimeter in preclinical image‐guided radiotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Le Deroff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xavier Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Toutain Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Frelin-Labalme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJNMMI Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13550-019-0586-6⟩</w:t>
+              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (1), pp.234-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mp.13903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409461v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A heparan sulfate-based matrix therapy reduces brain damage and enhances functional recovery following stroke</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Laffray</w:t>
+                <w:t xml:space="preserve">64Cu-ATSM/64Cu-Cl2 and their relationship to hypoxia in glioblastoma: a preclinical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toutain Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Paul Paty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méziane Ibazizène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7150/thno.28252⟩</w:t>
+              <w:t xml:space="preserve">EJNMMI Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (114), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13550-019-0586-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018014v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[ 18 F]Fludarabine-PET as a promising tool for differentiating CNS lymphoma and glioblastoma: Comparative analysis with [ 18 F]FDG in human xenograft models</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A heparan sulfate-based matrix therapy reduces brain damage and enhances functional recovery following stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Khelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Quittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chantepie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Laffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theranostics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8 (16), pp.4563-4573. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7150/thno.26754⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 8 (21), pp.5814-5827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/thno.28252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02006576v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of behavioural deficits following ischaemic stroke in the marmoset</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">[ 18 F]Fludarabine-PET as a promising tool for differentiating CNS lymphoma and glioblastoma: Comparative analysis with [ 18 F]FDG in human xenograft models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narinée Hovhannisyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Fillesoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méziane Ibazizene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2017.07.042⟩</w:t>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (16), pp.4563-4573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/thno.26754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01994459v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02006576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging of brain oxygenation with magnetic resonance imaging : A validation with positron emission tomography in the healthy and tumoural brain.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of behavioural deficits following ischaemic stroke in the marmoset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bernaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Touzani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0271678X16671965⟩</w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 352, pp.151-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2017.07.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575065v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbogen-induced increases in tumor oxygenation depend on the vascular status of the tumor: A multiparametric MRI study in two rat glioblastoma models.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging of brain oxygenation with magnetic resonance imaging : A validation with positron emission tomography in the healthy and tumoural brain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Chakhoyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 37 (6), pp.2270-2282. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0271678X16663947⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 37 (7), pp.2584-2597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0271678X16671965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575557v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacological inhibition of myostatin improves skeletal muscle mass and function in a mouse model of stroke</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Didier Divoux</w:t>
+                <w:t xml:space="preserve">Carbogen-induced increases in tumor oxygenation depend on the vascular status of the tumor: A multiparametric MRI study in two rat glioblastoma models.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Chakhoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.M. Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Gérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-13912-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (6), pp.2270-2282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0271678X16663947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043512v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal imaging based on MRI and PET reveals [(18)F]FLT PET as a specific and early indicator of treatment efficacy in a preclinical model of recurrent glioblastoma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Bouquet</w:t>
+                <w:t xml:space="preserve">Pharmacological inhibition of myostatin improves skeletal muscle mass and function in a mouse model of stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Maud Desgeorges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Castells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00259-015-3225-0⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.14000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-13912-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575614v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo evaluation of radiofluorinated caspases-3/7 inhibitors as radiotracers for apoptosis imaging and comparison with [18F]-ML-10 in a stroke model in the rat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Am Krause-Heuer</w:t>
+                <w:t xml:space="preserve">Multimodal imaging based on MRI and PET reveals [(18)F]FLT PET as a specific and early indicator of treatment efficacy in a preclinical model of recurrent glioblastoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Gérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Savina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Bouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Imaging and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11307-015-0865-1⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (4), pp.682-694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00259-015-3225-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538309v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic arterial hypertension impedes glioma growth: a multiparametric MRI study in the rat.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">In vivo evaluation of radiofluorinated caspases-3/7 inhibitors as radiotracers for apoptosis imaging and comparison with [18F]-ML-10 in a stroke model in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Médoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Dhilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Matesic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Am Krause-Heuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hypertension Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/hr.2015.66⟩</w:t>
+              <w:t xml:space="preserve">Molecular Imaging and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18, pp.117-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11307-015-0865-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01587404v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silencing erythropoietin receptor on glioma cells reinforces efficacy of temozolomide and X-rays through senescence and mitotic catastrophe</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronic arterial hypertension impedes glioma growth: a multiparametric MRI study in the rat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Al Letourneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">S Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bernaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Fillesoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncotarget</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18632/oncotarget.2937⟩</w:t>
+              <w:t xml:space="preserve">Hypertension Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 ((11)), pp.723-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/hr.2015.66⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576268v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01587404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of mesenchymal stem cell therapy, in association with pharmacologically active microcarriers releasing VEGF, in an ischaemic stroke model in the rat.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Fillesoye</w:t>
+                <w:t xml:space="preserve">Silencing erythropoietin receptor on glioma cells reinforces efficacy of temozolomide and X-rays through senescence and mitotic catastrophe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Gérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2014.12.017⟩</w:t>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (4), pp.2101-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.2937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01577870v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mechanisms of skeletal muscle atrophy in a mouse model of cerebral ischemia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josiane Castells</w:t>
+                <w:t xml:space="preserve">Effects of mesenchymal stem cell therapy, in association with pharmacologically active microcarriers releasing VEGF, in an ischaemic stroke model in the rat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ms Quittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Touzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Sindji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Cayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Fillesoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stroke</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.114.008574⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15, pp.77-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2014.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01585137v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01577870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of glioblastoma response to temozolomide combined with bevacizumab based on µMRI and µPET imaging reveals [$^{18}$F]-fluoro-L-thymidine as an early and robust predictive marker for treatment efficacy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular mechanisms of skeletal muscle atrophy in a mouse model of cerebral ischemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Maud Desgeorges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Varoqueaux</w:t>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Castells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/nos260⟩</w:t>
+              <w:t xml:space="preserve">Stroke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46 (6), pp.1673-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.114.008574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01655989v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01585137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noninvasive assessment of hypoxia with 3-[18F]-fluoro-1-(2-nitro-1-imidazolyl)-2-propanol ([18F]-FMISO): a PET study in two experimental models of human glioma</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Detection of glioblastoma response to temozolomide combined with bevacizumab based on µMRI and µPET imaging reveals [$^{18}$F]-fluoro-L-thymidine as an early and robust predictive marker for treatment efficacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Léna Marteau</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Guillamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Varoqueaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/hsz-2012-0318⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (1), pp.41 - 56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/nos260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01660598v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01655989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal hypertension during pregnancy modifies the response of the immature brain to hypoxia-ischemia: sequential MRI and behavioral investigations.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Didier Divoux</w:t>
+                <w:t xml:space="preserve">Noninvasive assessment of hypoxia with 3-[18F]-fluoro-1-(2-nitro-1-imidazolyl)-2-propanol ([18F]-FMISO): a PET study in two experimental models of human glioma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Marteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2011.10.014⟩</w:t>
+              <w:t xml:space="preserve">Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 394 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/hsz-2012-0318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00862822v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01660598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adhesive removal test: a sensitive method to assess sensorimotor deficits in mice.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentine Bouet</w:t>
+                <w:t xml:space="preserve">Maternal hypertension during pregnancy modifies the response of the immature brain to hypoxia-ischemia: sequential MRI and behavioral investigations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Letourneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Simon Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michel Boulouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Divoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myriam Bernaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nprot.2009.125⟩</w:t>
+              <w:t xml:space="preserve">Experimental Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 233 (1), pp.264-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2011.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00863258v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00862822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delayed hypoxic postconditioning protects against cerebral ischemia in the mouse.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The adhesive removal test: a sensitive method to assess sensorimotor deficits in mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Boulouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romaric Saulnier</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bernaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stroke</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.109.557314⟩</w:t>
+              <w:t xml:space="preserve">Nature Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (10), pp.1560-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nprot.2009.125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00863295v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00863258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraluminal thread model of focal stroke in the non-human primate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Delayed hypoxic postconditioning protects against cerebral ischemia in the mouse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Saulnier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Palma Pro-Sistiaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.jcbfm.9600575⟩</w:t>
+              <w:t xml:space="preserve">Stroke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 40 (10), pp.3349-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.109.557314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00863332v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00863295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined therapeutic strategy using erythropoietin and mesenchymal stem cells potentiates neurogenesis after transient focal cerebral ischemia in rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Esneault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Pacary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Esneault</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dauphou Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 28 (9), pp.1552-63. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/jcbfm.2008.40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00863330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorimotor and cognitive deficits after transient middle cerebral artery occlusion in the mouse.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Intraluminal thread model of focal stroke in the non-human primate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Boulouard</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaric Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palma Pro-Sistiaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2006.09.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (4), pp.786-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.jcbfm.9600575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00178296v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00863332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of the gene encoding the pro-apoptotic BNIP3 protein and stimulation of hypoxia-inducible factor-1alpha (HIF-1alpha) protein following focal cerebral ischemia in rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Touzani</w:t>
+                <w:t xml:space="preserve">Sensorimotor and cognitive deficits after transient middle cerebral artery occlusion in the mouse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Freret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Boulouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurochemistry International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 203 (2), pp.555-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2006.09.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00022247v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00178296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorimotor and cognitive deficits after transient middle cerebral artery occlusion in the mouse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Freret</w:t>
+                <w:t xml:space="preserve">Expression of the gene encoding the pro-apoptotic BNIP3 protein and stimulation of hypoxia-inducible factor-1alpha (HIF-1alpha) protein following focal cerebral ischemia in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Althaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">E. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Boulouard</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Touzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Neurology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neurochemistry International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 48, pp.687-695</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00867774v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00022247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sensorimotor and cognitive deficits after transient middle cerebral artery occlusion in the mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Freret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Boulouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 203, pp.55-567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2006.09.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00867774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Matching Gene Expression with Hypometabolism after Cerebral Ischemia in the Nonhuman Primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Benchenane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Liot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Fernández-Monreal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 22 (10), pp.1165-1169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/01.wcb.0000037987.07114.7c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5776,7246 +5901,7246 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precision-Cut Lung Slices (PCLS) as a Model to Study Radiation Induced Genome Instability and Pulmonary Fibrogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Thomas de Montpreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Bernaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Journée Scientifique FHU RESPIRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Ailly sur Noye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05443287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’approche &amp;quot;Deformation-based morphometry&amp;quot; (DBM) est-elle pertinente pour identifier les changements macrostructuraux cérébraux radio-induits ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Etude de l’association agonistes TLR et radiothérapie sur les macrophages associés aux tumeurs dans les glioblastomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anasthasia Ilongo Koumba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Torres Andón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème congrès de la SFRMBM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale (JNRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05046508v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05443235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’association agonistes TLR et radiothérapie sur les macrophages associés aux tumeurs dans les glioblastomes</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’approche &amp;quot;Deformation-based morphometry&amp;quot; (DBM) est-elle pertinente pour identifier les changements macrostructuraux cérébraux radio-induits ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Carole Brunaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale (JNRB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Caen, France</w:t>
+              <w:t xml:space="preserve">7ème congrès de la SFRMBM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05443235v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05046508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating proton vs. x-ray brain radiotherapy on radiation-induced lymphopenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Coupey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Nguyen Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Section 28 du CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cibler la voie HIF pour contrer la radiorésistance des cellules souches de glioblastome traitées par hadronthérapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Proaño Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Aleixandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Miguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RadioTransNet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05443221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation par Deformation based Morphometry (DBM) des altérations cérébrales radio-induites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée Scientifique de la Structure Fédérative Normandie Oncologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matrix therapy against radiation-induced brain injury and cognitive deficits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Douyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bécam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l'EDnBISE 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse IRM par Deformation Based Morphometry (DBM) pour la mise en évidence des altérations cérébrales radio-induites dans un modèle de rat adulte.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée annuelle de l'axe 3 "Imagerie et adaptation thérapeutique" du Cancéropôle Nord-Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical model of radiation induced-neurotoxicity: longitudinal and multiparametric evaluation of tissue injury and cognitive deficits in the rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale du GDR Mi2B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical study of the comparative effects of protons vs conventional x-rays radiotherapy on radiation-induced lymphopenia in the context of brain irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Coupey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l'EDnBISE 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04685305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadrontherapy to target glioblastoma stem cells to overcome radioresistance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D Lebhertz</w:t>
+                <w:t xml:space="preserve">Investigating the effects of protons vs conventional x-rays on radiation-induced lymphopenia in a context of brain irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Coupey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée générale du GDR Mi2B (Outils et méthodes nucléaires pour la lutte contre le cancer)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journées Resplandir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04262139v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the effects of protons vs conventional x-rays on radiation-induced lymphopenia in a context of brain irradiation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
+                <w:t xml:space="preserve">Hadrontherapy to target glioblastoma stem cells to overcome radioresistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Aury-Landas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Hélaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Lebhertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Resplandir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Assemblée générale du GDR Mi2B (Outils et méthodes nucléaires pour la lutte contre le cancer)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04685282v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of proton versus X-rays on circulating leukocytes in a context of brain irradiation: a preclinical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Coupey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Nguyen Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier congrès de radiobiologie de la SFBR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFBR, Nov 2022, Agay-Saint Raphaël, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03845697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRI biomarkers for the detection of radiation-induced brain injury associated to cognitive deficits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Preclinical model of radiation induced-neurotoxicity: longitudinal and multiparametric evaluation of tissue injury and cognitive deficits in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunaud Carole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brunaud Carole</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Conference on Small Animal Precision Image-Guided Radiotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Cancer and Cancer Treatments on Cognitive Functions: At the Era of Comprehensive Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03643196v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude préclinique de l’hypoxie tumorale par imagerie multimodale en IRM et TEP dans les métastases cérébrales : intérêt du [64Cu]-ATSM ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">MRI biomarkers for the detection of radiation-induced brain injury associated to cognitive deficits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mickael Bourgeois</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunaud Carole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Deauville, France</w:t>
+              <w:t xml:space="preserve">5th Conference on Small Animal Precision Image-Guided Radiotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03699264v1</w:t>
+                <w:t xml:space="preserve">hal-03643196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative preclinical study of the effect of proton therapy versus conventional radiotherapy on circulating leukocytes in a context of brain tumour irradiation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Etude préclinique de l’hypoxie tumorale par imagerie multimodale en IRM et TEP dans les métastases cérébrales : intérêt du [64Cu]-ATSM ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Fantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C Hélaine</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Conference on Small Animal Precision Image-Guided Radiotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Munich, Germany</w:t>
+              <w:t xml:space="preserve">14èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03618448v1</w:t>
+                <w:t xml:space="preserve">hal-03699264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical model of radiation induced-neurotoxicity: longitudinal and multiparametric evaluation of tissue injury and cognitive deficits in the rat</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Comparative preclinical study of the effect of proton therapy versus conventional radiotherapy on circulating leukocytes in a context of brain tumour irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Coupey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Nguyen Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Chatre</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Hélaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer and Cancer Treatments on Cognitive Functions: At the Era of Comprehensive Mechanisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">5th Conference on Small Animal Precision Image-Guided Radiotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03760839v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03618448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical model of radiation induced-neurotoxicity: longitudinal and multiparametric evaluation of tissue injury and cognitive deficits in the rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er congrès de la Société Française de Biologie des Radiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Agay-Saint Raphaël, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The physical activity attenuates the brain irradiation-induced cerebral and skeletal muscle injuries in the adult rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bécam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Conference on Small Animal Precision Image-Guided Radiotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03618436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical study of the interest of proton therapy vs conventional x-ray to limit radiation-induced lymphopenia in a context of brain irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Coupey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao-Nguyen Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RadioTransNet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04685066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude préclinique de l'hypoxie tumorale par imagerie multimodale en IRM et TEP dans les métastases cérébrales : intérêt du [64Cu]-ATSM ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Fantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Rencontre Scientifique sur les tumeurs cérébrales "Détecter et Cibler la Récidive"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, e-congrès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The whole-brain irradiation induces skeletal muscle damage in the rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bécam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer and Cancer Treatments on Cognitive Functions: At the Era of Comprehensive Mechanisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of nanosized zeolites to counteract hypoxia induced radio-resistance in glioblastoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Anfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Komaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ozcelik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hélaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEZA meeting virtual (Federation of European Zeolite Associations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, e-congrès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overcoming hypoxia-induced radioresistance of glioblastoma cells by hadrontherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Pasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bernaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valable Samuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERRS 2021 - 46th Annual Meeting of the European Radiation Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UNicaen; ERRS Society, Nov 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03616264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the interest of proton therapy to obtund radiation-induced lymphopenia in a context of brain tumour irradiation: a preclinical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Coupey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Hélaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptation of the tumour and its ecosystem to radiotherapies workshop (14th CGO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Le Bono, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03444560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’activité physique réduit la cachexie observée après irradiation cérébrale chez le rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bécam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03467478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of multiparametric MRI to accurately detect radiation-induced brain injury in the rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.A. Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de travail Cancéropôle Nord-Ouest, Axe 3 « Imagerie et adaptation thérapeutique » : Place de l'imagerie médicale dans la précision thérapeutique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, e-congrès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early brain metastases treatment using VCAM-1 targeted alpha-particle therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Falzone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Am Frelin-Labalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Tietz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Nuclear Technologies for Health Symposium, NTHS2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and in vivo preclinical validation of [18F]FLUSONIM, a highly hydrophilic 18F-labelled 2-nitroimidazole derivative for high performance hypoxia PET imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Maingueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-E. Lafargue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fillesoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Nuclear Technologies for Health Symposium, NTHS2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02489356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation préclinique de l’influence d'anesthésiques intraveineux sur les cellules de glioblastome et l’efficacité des traitements par chimio- et radiothérapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Monthé-Sagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Touzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Touzani</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Hanouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bernaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française d'Anesthésie-Réanimation (SFAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02960958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VCAM-1 targeted alpha-particle therapy for early brain metastases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Falzone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Frelin-Labalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Tietz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journée Normande de Recherche Biomédicale, JNRB 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypoxia image-Guided Radiotherapy for the treatment of brain metastases from primary lung cancer, a preclinical study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Didier Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Ibazizene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Congrès National d'Imagerie du Vivant (CNIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02200579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation des dommages cérébraux radio-induits par l’exposition à de faibles et fortes doses de rayonnements ionisants sur un modèle de rat adulte</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A combination of stem cells and an extracellular matrix agent as a new therapeutic strategy for ischemic stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Kauffmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Naveau</w:t>
+                <w:t xml:space="preserve">Y Khelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Renoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Deauville, France</w:t>
+              <w:t xml:space="preserve">7th Mediterranean Neuroscience Conference MNS2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02266823v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et validation préclinique in vivo du [18F]FLUSONIM pour l’imagerie TEP de l’hypoxie de haute performance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Evaluation des dommages cérébraux radio-induits par l’exposition à de faibles et fortes doses de rayonnements ionisants sur un modèle de rat adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Valable</w:t>
+                <w:t xml:space="preserve">Carole Brunaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du Cancéropôle Nord-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">12èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414509v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A combination of stem cells and an extracellular matrix agent as a new therapeutic strategy for ischemic stroke</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement et validation préclinique in vivo du [18F]FLUSONIM pour l’imagerie TEP de l’hypoxie de haute performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Renoult</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ms Quittet</w:t>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Élodie Lafargue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Fillesoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Mediterranean Neuroscience Conference MNS2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du Cancéropôle Nord-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02406380v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VCAM-1 targeted alpha-particle therapy for early brain metastases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Falzone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Frelin-Labalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ole Tietz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRR 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation par IRM des dommages cérébraux induits par la radiothérapie dans un modèle de rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Touzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Congrès National d'Imagerie du Vivant (CNIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude multiparamétrique des effets de l'irradiation cérébrale chez le rat : des altérations tissulaires jusqu'aux déficits cognitifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Azzahra Dwiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heparan sulfate mimetics are neuroprotective and neuroregenerative agents for ischemic stroke.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Chantepie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Laffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioregate Forum - European Regenrative Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypoxia imaging: interest of Image-Guided Radiotherapy for the treatment of brain metastases from lung cancer, a preclinical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ibazizène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop “Imaging and therapeutic targeting in cancerology: New advances and trends in preclinical and clinical studies”.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Le Bono, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypoxia imaging: interest of Image-Guided Radiotherapy for the treatment of brain metastases from lung cancer, a preclinical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S Valable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ibazizène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Journée Normande de Recherche Biomédicale, JNRB 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel ischemic stroke matrix therapy based on the RGTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Sineriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée Normande de Recherche Biomédicale, JNRB 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RGTA is a novel matrix therapy for ischemic stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Sineriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st Annual Meeting of the LARC-Neuroscience network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02304978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An analogue of heparan sulfate as a novel neuroprotective and neuroregenerative agent for ischemic stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Sineriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Symposium on Cerebral Blood Flow, Metabolism and Function &amp; 13th International Conference on Quantification of Brain Function with PET</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Berlin, Germany. pp.106-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02265376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StO2-MRI sensitively images hypoxia in the brain: validation in both ischemic and tumoral situations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D Divoux</w:t>
+                <w:t xml:space="preserve">An analogue of heparan sulfate as a novel neuroprotective and neuroregenerative agent for ischemic stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Khelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ms Quittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toutain Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divoux Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Sineriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Congrès National d'Imagerie du Vivant CNIV 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Brain &amp; Brain PET 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02268068v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation par imagerie multimodale IRM et TEP des métastases cérébrales pour l’adaptation des traitements de radiothérapie</w:t>
+                <w:t xml:space="preserve">StO2-MRI sensitively images hypoxia in the brain: validation in both ischemic and tumoral situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Chakhoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Ibazizène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Cancéropôle Nord-Ouest Axe 3 : "Imagerie Fonctionnelle et Radiothérapie”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Caen, France</w:t>
+              <w:t xml:space="preserve">2ème Congrès National d'Imagerie du Vivant CNIV 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02268079v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02268068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication de HAF dans la croissance des glioblastomes : caractérisation in vitro et in vivo</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId301" w:history="1">
+                <w:t xml:space="preserve">Caractérisation par imagerie multimodale IRM et TEP des métastases cérébrales pour l’adaptation des traitements de radiothérapie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Valable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J Toutain</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ibazizène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Deauville, France</w:t>
+              <w:t xml:space="preserve">Journée du Cancéropôle Nord-Ouest Axe 3 : "Imagerie Fonctionnelle et Radiothérapie”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02268085v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02268079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analogue of heparan sulfate as a novel neuroprotective and neuroregenerative agent for ischemic stroke</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Implication de HAF dans la croissance des glioblastomes : caractérisation in vitro et in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divoux Didier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F Sineriz</w:t>
+                <w:t xml:space="preserve">G Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.A. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Bordji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Divoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain &amp; Brain PET 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">10èmes journées scientifiques du Cancéropôle Nord-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02269032v1</w:t>
+                <w:t xml:space="preserve">hal-02268085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomedical use of nanosized zeolites for aggressive brain tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anfray C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goldyn K.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komaty S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allioux C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaarour M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th FEZA Conference “The ZEOLITES: Materials with Engineered Properties”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Sofia, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RGTA-4131®, an analogue of heparan sulfate, is a potential novel protective and regenerative therapy for ischemic stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Sineriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la section 28 du CNRS « Pharmacologie, Bio-ingenierie, imagerie, biotechnologie »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude par IRM multiparamétrique des effets du Carbogène sur la vascularisation et l’oxygénation dans deux modèles de glioblastomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Chakhoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Chakhoyan</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Gérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Chazaviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop du Cancéropôle Nord-Ouest axe 3 - Imagerie fonctionnelle et radiothérapie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02270581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeolites: a new theranostic tool for glioblastoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Anfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Komaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Allioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Touzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New chemical and biological tools for targeting in cancer imaging and therapy. Cancéropôle Grand-Ouest international workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Le Bono, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel ischemic stroke matrix therapy based on the RGTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ms Quittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Sineriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère Journée Normande de Recherche Biomédicale, JNRB 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02270571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encadrement des &amp;quot;Apprentis Chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Touzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association "L'Arbre des connaissances"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperoxic gas-induced changes in two models of glioma: an MRI study to assess blood volume and oxygen saturation in rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Chakhoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Chakhoyan</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“New Advances in animal Models and preclinical Imaging for translational Research in Cancerology” Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, La Pointe de Pen Bron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02270583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de l’imagerie multimodale IRM et TEP dans la caractérisation précoce de l’efficacité du Bevacizumab combiné ou non au témozolomide dans un modèle de GBM humain de récidive tumorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gerault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Savina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Congrès de la Société Française de Résonance Magnétique en Biologie et Médecine, SFRMBM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02270627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier XPlore ton cerveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Anfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Bordji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Chakhoyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine du cerveau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02331578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal imaging reveals [18F]-FLT-PET as a specific and early readout of temozolomide combined with Bevacizumab response in a recurrent glioblastoma model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Corroyer-Dulmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.A. Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Gerault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Savina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Nuclear Technologies for Health Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02271935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId337"/>
+      <w:footerReference w:type="default" r:id="rId338"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13162,51 +13287,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05478222v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Coupey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao-Nguyen Pham" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Toutain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ivanova" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2025.12.051" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05268938v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Malard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Ballesta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13510002.2025.2557081" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05274144v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Leite Ferreira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Biojout" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bazille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Guyot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malandain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118600" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04920878v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Amedlous" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C H&#233;laine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Dalena" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Anfray" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M&#233;nard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c20383" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05374672v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Azzahra Dwiri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Audebert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Beaufils" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B&#233;cam" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04652900v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Valable" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Ropars" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40644-024-00736-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04614420v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly H&#233;laine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr05947b" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04294870v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2023.10.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04504965v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge M Cand&#233;ias" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simonin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2024.2324471" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04308804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Fantin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie A. P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarina Maya Mehani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-023-01052-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04404933v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Levallet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Douy&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fat&#233;m&#233;h Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-023-06345-3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831642v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valable Samuel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Divoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazalviel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Corroyer-Dulmont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4858" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03672116v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Postnov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pronin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gourand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLU.0000000000004238" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03244249v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chatre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90662-0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02912590v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie G&#233;rault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lambert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leblond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Anfray" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12082019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02346582v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Falzone" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Frelin-Labalme" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Tietz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noz169" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02912573v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Komaty" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Zaarour" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2020.120249" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363478v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Le Deroff" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ledoux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toutain J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.13903" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02409461v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Paul Paty" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Ibaziz&#232;ne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-019-0586-6" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02018014v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Khelif" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Quittet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chantepie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.28252" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006576v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narin&#233;e Hovhannisyan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fillesoye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillouet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Ibazizene" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.26754" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01994459v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Gal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bernaudin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Touzani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2017.07.042" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575065v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Valable" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Corroyer-Dulmont" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chakhoyan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Durand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Toutain" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X16671965" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575557v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Leblond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G&#233;rault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X16663947" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02043512v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Maud Desgeorges" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Castells" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13912-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575614v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An G&#233;rault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Savina" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bouquet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-015-3225-0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538309v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M&#233;doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dhilly" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Matesic" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Krause-Heuer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-015-0865-1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587404v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Letourneur" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Roussel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bernaudin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fillesoye" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hr.2015.66" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576268v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.2937" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577870v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ms Quittet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Touzani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sindji" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cayon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2014.12.017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585137v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.114.008574" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655989v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Petit" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Guillamo" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Varoqueaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/nos260" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660598v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Durand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Marteau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hsz-2012-0318" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862822v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Letourneur" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Freret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roussel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boulouard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2011.10.014" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0G5WLCM-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863258v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2009.125" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863295v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leconte" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Tixier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Saulnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.109.557314" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863332v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palma Pro-Sistiaga" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.jcbfm.9600575" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863330v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Esneault" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pacary" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dauphou Eddi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2008.40" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178296v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bou&#235;t" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2006.09.006" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-267XB748-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022247v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Althaus" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernaudin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toutain" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Touzani" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867774v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115394v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chuquet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benchenane" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Liot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Fern&#225;ndez-Monreal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.wcb.0000037987.07114.7c" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05443287v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Moussa" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thomas de Montpreville" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Blanchard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Bernaudin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05046508v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05443235v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anasthasia Ilongo Koumba" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Torres And&#243;n" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191483v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen Pham" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ismail" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05443221v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Sarrazin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Proa&#241;o Herrera" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Aleixandre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Miguel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835252v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04683722v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835395v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04233371v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ropars" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04685305v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262139v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aury-Landas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Pasquet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lebhertz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04685282v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03845697v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ivanova" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03643196v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Gal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunaud Carole" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03699264v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bourgeois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03618448v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03760839v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04192035v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03618436v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04685066v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03699245v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03760852v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03284468v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anfray" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Komaty" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ozcelik" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;laine" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03616264v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03444560v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Richard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03467478v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03167478v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brunaud" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valable" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Dwiri" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02488870v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Falzone" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Frelin-Labalme" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Tietz" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02489356v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maingueneau" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Lafargue" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fillesoye" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02960958v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Month&#233;-Sagan" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Hanouz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402378v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Frelin-Labalme" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02200579v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266823v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kauffmann" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02414509v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Maingueneau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-&#201;lodie Lafargue" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02406380v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Khelif" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Le Gal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Renoult" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266822v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266830v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266824v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267171v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chantepie" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Laffray" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267161v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Divoux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ibaziz&#232;ne" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267175v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269621v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sineriz" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304978v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02265376v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268068v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268079v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268085v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lambert" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bordji" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269032v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divoux Didier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268071v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfray C." TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goldyn K." TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komaty S." TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allioux C." TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaarour M." TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269678v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270581v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chazaviel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269683v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allioux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270571v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332144v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270583v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Petit" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chazalviel" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270627v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gerault" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02331578v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Belkacem" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02271935v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Gerault" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05551133v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Beaufils" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Azzahra Dwiri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B&#233;cam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazalviel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Toutain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05478222v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Coupey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao-Nguyen Pham" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ivanova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2025.12.051" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05268938v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Malard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Ballesta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13510002.2025.2557081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05274144v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Leite Ferreira" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Biojout" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bazille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Guyot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malandain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118600" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04920878v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Amedlous" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C H&#233;laine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Dalena" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Anfray" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M&#233;nard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c20383" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05374672v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Audebert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04652900v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Valable" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Ropars" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40644-024-00736-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04614420v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly H&#233;laine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr05947b" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04294870v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2023.10.007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04504965v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge M Cand&#233;ias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simonin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2024.2324471" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04308804v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Fantin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie A. P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarina Maya Mehani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-023-01052-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04404933v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Levallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Douy&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fat&#233;m&#233;h Dubois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-023-06345-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831642v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valable Samuel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Divoux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Corroyer-Dulmont" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4858" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03672116v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Postnov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pronin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gourand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLU.0000000000004238" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03244249v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chatre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90662-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02912590v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie G&#233;rault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lambert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leblond" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Anfray" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12082019" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02912573v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Komaty" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Zaarour" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2020.120249" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02346582v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Falzone" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Frelin-Labalme" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Tietz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noz169" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363478v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Le Deroff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ledoux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toutain J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.13903" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02409461v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Paul Paty" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Ibaziz&#232;ne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-019-0586-6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02018014v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Khelif" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Quittet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chantepie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.28252" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006576v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narin&#233;e Hovhannisyan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fillesoye" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillouet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Ibazizene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.26754" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01994459v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Gal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bernaudin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Touzani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2017.07.042" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575065v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Valable" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Corroyer-Dulmont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chakhoyan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Durand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Toutain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X16671965" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575557v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Leblond" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G&#233;rault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X16663947" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02043512v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Maud Desgeorges" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Castells" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13912-0" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575614v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An G&#233;rault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Savina" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bouquet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-015-3225-0" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538309v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M&#233;doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dhilly" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Matesic" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Krause-Heuer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-015-0865-1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587404v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Letourneur" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Roussel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bernaudin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fillesoye" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hr.2015.66" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576268v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.2937" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577870v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ms Quittet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Touzani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sindji" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cayon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2014.12.017" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585137v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.114.008574" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655989v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Petit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Guillamo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Varoqueaux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/nos260" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660598v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Durand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Marteau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hsz-2012-0318" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862822v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Letourneur" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Freret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roussel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boulouard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2011.10.014" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0G5WLCM-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863258v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2009.125" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863295v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leconte" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Tixier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Saulnier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.109.557314" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863330v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Esneault" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pacary" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dauphou Eddi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2008.40" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863332v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palma Pro-Sistiaga" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.jcbfm.9600575" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178296v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bou&#235;t" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2006.09.006" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-267XB748-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022247v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Althaus" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernaudin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toutain" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Touzani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867774v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115394v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chuquet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benchenane" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Liot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Fern&#225;ndez-Monreal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.wcb.0000037987.07114.7c" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05443287v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Moussa" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thomas de Montpreville" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Blanchard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Bernaudin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05443235v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anasthasia Ilongo Koumba" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Torres And&#243;n" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05046508v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191483v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen Pham" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ismail" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05443221v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Sarrazin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Proa&#241;o Herrera" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Aleixandre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Miguel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835252v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04683722v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835395v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04233371v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ropars" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04685305v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04685282v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262139v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aury-Landas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Pasquet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lebhertz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03845697v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ivanova" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03760839v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunaud Carole" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03643196v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Gal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03699264v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bourgeois" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03618448v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04192035v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03618436v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04685066v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03699245v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03760852v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03284468v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anfray" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Komaty" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ozcelik" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;laine" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03616264v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03444560v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Richard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03467478v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03167478v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brunaud" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valable" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Dwiri" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02488870v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Falzone" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Frelin-Labalme" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Tietz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02489356v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maingueneau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Lafargue" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fillesoye" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02960958v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Month&#233;-Sagan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Hanouz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402378v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Frelin-Labalme" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02200579v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02406380v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Khelif" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Le Gal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Renoult" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266823v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kauffmann" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02414509v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Maingueneau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-&#201;lodie Lafargue" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266822v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266830v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266824v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267171v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chantepie" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Laffray" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267161v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Divoux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ibaziz&#232;ne" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267175v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269621v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sineriz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304978v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02265376v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269032v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divoux Didier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268068v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268079v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268085v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lambert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bordji" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268071v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfray C." TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goldyn K." TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komaty S." TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allioux C." TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaarour M." TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269678v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270581v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chazaviel" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269683v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allioux" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270571v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332144v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270583v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Petit" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chazalviel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270627v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gerault" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02331578v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Belkacem" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02271935v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Gerault" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>