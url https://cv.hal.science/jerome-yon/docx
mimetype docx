--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -286,295 +286,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between ex-situ and in-situ soot particle size and number density distributions in swirl stratified turbulent premixed ethylene/air flames</w:t>
+                <w:t xml:space="preserve">Physics-informed neural network retrieval of spatially-resolved soot properties from multi-wavelength optical diagnostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Perrier</w:t>
+                <w:t xml:space="preserve">M. Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bouvier</w:t>
+                <w:t xml:space="preserve">F. Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Collin-Bastiani</w:t>
+                <w:t xml:space="preserve">E. Magaña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Cabot</w:t>
+                <w:t xml:space="preserve">C. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">M. Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 285, pp.114732. </w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 250, pp.121296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2025.114732⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2026.121296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05428808v1</w:t>
+                <w:t xml:space="preserve">hal-05511370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics-informed neural network retrieval of spatially-resolved soot properties from multi-wavelength optical diagnostics</w:t>
+                <w:t xml:space="preserve">Comparison between ex-situ and in-situ soot particle size and number density distributions in swirl stratified turbulent premixed ethylene/air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Littin</w:t>
+                <w:t xml:space="preserve">A. Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Escudero</w:t>
+                <w:t xml:space="preserve">M. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Magaña</w:t>
+                <w:t xml:space="preserve">F. Collin-Bastiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lopez</w:t>
+                <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mazur</w:t>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 250, pp.121296. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 285, pp.114732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2026.121296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2025.114732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05511370v1</w:t>
+                <w:t xml:space="preserve">hal-05428808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray to visible light scattering by fractal agglomerates: A model comparison applied to soot</w:t>
               </w:r>
@@ -988,64 +988,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Joret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 183, pp.106484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1373,51 +1373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Verdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.E. Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1853,103 +1853,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ determination of 2D spatially-resolved size distribution of soot aggregates in a laminar diffusion flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 41, pp.105946. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1977,498 +1977,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maturity characterization of soot in laminar coflow diffusion flames of methane/anisole under different oxygen indices</w:t>
+                <w:t xml:space="preserve">Effect of hydrogen addition on soot maturity and volume fraction of ethylene non-premixed flames under different oxygen indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Barrera</w:t>
+                <w:t xml:space="preserve">Amanda García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Castro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Escudero</w:t>
+                <w:t xml:space="preserve">Ignacio Verdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.J. Cruz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">I. Verdugo</w:t>
+                <w:t xml:space="preserve">Juan Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Yap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2023.111101⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (1-4), pp.105539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306564v1</w:t>
+                <w:t xml:space="preserve">hal-04667471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spline-based Abel Transform (SAT) radial property reconstruction for noise and trapping correction: Application to axisymmetric sooting flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 374, pp.132365. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fuel.2024.132365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of hydrogen addition on soot maturity and volume fraction of ethylene non-premixed flames under different oxygen indices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maturity characterization of soot in laminar coflow diffusion flames of methane/anisole under different oxygen indices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio Verdugo</w:t>
+                <w:t xml:space="preserve">C. Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Cruz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Felipe Escudero</w:t>
+                <w:t xml:space="preserve">V. Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Yap</w:t>
+                <w:t xml:space="preserve">J.J. Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Verdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 40 (1-4), pp.105539. </w:t>
+              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 151, pp.111101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2023.111101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04667471v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the consideration of signal trapping for soot sizing by angular light scattering in laminar flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2760,295 +2760,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sooting propensity and maturity of gasoline/anisole blends in a laminar coflow diffusion flame</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-scale soot formation simulation providing detailed particle morphology in a laminar coflow diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo Rivera</w:t>
+                <w:t xml:space="preserve">J. Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolás Gutiérrez-Cáceres</w:t>
+                <w:t xml:space="preserve">F. Cepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 345, pp.128091. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 256, pp.112987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2023.128091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2023.112987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04285999v1</w:t>
+                <w:t xml:space="preserve">hal-04183853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale soot formation simulation providing detailed particle morphology in a laminar coflow diffusion flame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sooting propensity and maturity of gasoline/anisole blends in a laminar coflow diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Verdugo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Morán</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Poux</w:t>
+                <w:t xml:space="preserve">Paulo Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Cepeda</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Fuentes</w:t>
+                <w:t xml:space="preserve">Nicolás Gutiérrez-Cáceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 256, pp.112987. </w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 345, pp.128091. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2023.112987⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2023.128091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04183853v1</w:t>
+                <w:t xml:space="preserve">hal-04285999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a standardized in vitro approach to evaluate microphysical, chemical, and toxicological properties of combustion-derived fine and ultrafine particles</w:t>
               </w:r>
@@ -3162,295 +3162,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03270676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of maturity on soot volume fraction measurements using the AC-LII technique in a laminar coflow ethylene diffusion flame</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ignacio Verdugo</w:t>
+                <w:t xml:space="preserve">Black carbon aerosol number and mass concentration measurements by picosecond short-range elastic backscatter lidar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolás Gutierrez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fengshan Liu</w:t>
+                <w:t xml:space="preserve">Andres Bedoya-Velasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Fossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mouysset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Paulien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.10.013⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.8443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-11954-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03916767v1</w:t>
+                <w:t xml:space="preserve">hal-03428922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black carbon aerosol number and mass concentration measurements by picosecond short-range elastic backscatter lidar</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Mouysset</w:t>
+                <w:t xml:space="preserve">Effect of maturity on soot volume fraction measurements using the AC-LII technique in a laminar coflow ethylene diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Verdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Paulien</w:t>
+                <w:t xml:space="preserve">Nicolás Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12, pp.8443. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-11954-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03428922v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A semi-empirical correction for the Rayleigh-Debye-Gans approximation for fractal aggregates based on phasor analysis: Application to soot particles</w:t>
               </w:r>
@@ -3698,594 +3698,594 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Poux</w:t>
+                <w:t xml:space="preserve">Assessing the limits of Rayleigh-Debye-Gans theory: Phasor analysis of a bisphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 182, pp.837-846. </w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 264, pp.107550. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2021.06.085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2021.107550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03281409v1</w:t>
+                <w:t xml:space="preserve">hal-03141094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizontal Planar Angular Light Scattering (HPALS) characterization of soot produced in a laminar axisymmetric coflow ethylene diffusion flame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From monomers to agglomerates: A generalized model for characterizing the morphology of fractal-like clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Felipe Escudero</w:t>
+                <w:t xml:space="preserve">M. Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Godard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.B. Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 232, pp.111539. </w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 151, pp.105628. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2020.105628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03265019v1</w:t>
+                <w:t xml:space="preserve">hal-02923104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From monomers to agglomerates: A generalized model for characterizing the morphology of fractal-like clusters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Horizontal Planar Angular Light Scattering (HPALS) characterization of soot produced in a laminar axisymmetric coflow ethylene diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Morán</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.-X. Ouf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Mazur</w:t>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.B. Mitchell</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 151, pp.105628. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 232, pp.111539. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2020.105628⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02923104v1</w:t>
+                <w:t xml:space="preserve">hal-03265019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the limits of Rayleigh-Debye-Gans theory: Phasor analysis of a bisphere</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Romain Ceolato</w:t>
+                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 264, pp.107550. </w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 182, pp.837-846. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2021.107550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2021.06.085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03141094v1</w:t>
+                <w:t xml:space="preserve">hal-03281409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soot Volume Fraction Measurements by Auto-Compensating Laser-Induced Incandescence in Diffusion Flames Generated by Ethylene Pool Fire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cruz </w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Verdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás Gutiérrez-Cáceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4362,51 +4362,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive characterization of sooting butane jet flames, Part 2: Temperature and soot particle size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.A. Mulla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4715,425 +4715,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02494441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of a low Reynolds number flame jet impinging flat plates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monte Carlo Aggregation Code (MCAC) Part 2: Application to soot agglomeration, highlighting the importance of primary particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliot Schuhler</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.119856⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 575, pp.274-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.04.085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02610686v1</w:t>
+                <w:t xml:space="preserve">hal-02563051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo Aggregation Code (MCAC) Part 2: Application to soot agglomeration, highlighting the importance of primary particles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Poux</w:t>
+                <w:t xml:space="preserve">Review of recent literature on the light absorption properties of black carbon: Refractive index, mass absorption cross section, and absorption function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prem Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Corbin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F.-X. Ouf</w:t>
+                <w:t xml:space="preserve">Gregory Smallwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 575, pp.274-285. </w:t>
+              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54 (1), pp.33-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.04.085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02786826.2019.1676878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02563051v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of recent literature on the light absorption properties of black carbon: Refractive index, mass absorption cross section, and absorption function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fengshan Liu</w:t>
+                <w:t xml:space="preserve">Experimental investigation of a low Reynolds number flame jet impinging flat plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Schuhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lecordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Prem Lobo</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Smallwood</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 54 (1), pp.33-51. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 156, pp.119856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02786826.2019.1676878⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.119856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02392458v1</w:t>
+                <w:t xml:space="preserve">hal-02610686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological and radiative characteristics of soot aggregates: Experimental and numerical research</w:t>
               </w:r>
@@ -5364,321 +5364,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the dry aerosol particle size distribution and morphology on the cloud condensation nuclei activation. An experimental and theoretical investigation</w:t>
+                <w:t xml:space="preserve">On the use of PIV, LII, PAH-PLIF and OH-PLIF for the study of soot formation and flame structure in a swirl stratified premixed ethylene/air flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junteng Wu</w:t>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symphorien Grimonprez</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frederic Grisch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-20-4209-2020⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011442v1</w:t>
+                <w:t xml:space="preserve">hal-03195562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of PIV, LII, PAH-PLIF and OH-PLIF for the study of soot formation and flame structure in a swirl stratified premixed ethylene/air flame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the dry aerosol particle size distribution and morphology on the cloud condensation nuclei activation. An experimental and theoretical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junteng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Cabot</w:t>
+                <w:t xml:space="preserve">Symphorien Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 38 (1), </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (7), pp.4209-4225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.10.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-20-4209-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03195562v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo Aggregation Code (MCAC) Part 1: Fundamentals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5719,724 +5719,724 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02494461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approach for in-situ soot size distribution measurement based on spectrally resolved light scattering</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Lefevre</w:t>
+                <w:t xml:space="preserve">True density of combustion emitted particles: A comparison of results highlighting the influence of the organic contents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Grisch</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Bourrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lintis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2018.12.018⟩</w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 134, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2019.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01965562v1</w:t>
+                <w:t xml:space="preserve">hal-02114348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Organic Coating on Soot Angular and Spectral Scattering Properties</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">A novel approach for in-situ soot size distribution measurement based on spectrally resolved light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.8b05482⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 225, pp.58-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2018.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02147135v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01965562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific surface area of combustion emitted particles: Impact of primary particle diameter and organic content</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impact of the primary particle polydispersity on the radiative properties of soot aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Lintis</w:t>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2019.105436⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (1), pp.1151-1159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275887v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01854803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the primary particle polydispersity on the radiative properties of soot aggregates</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of Organic Coating on Soot Angular and Spectral Scattering Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Fuentes</w:t>
+                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 37 (1), pp.1151-1159. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53 (11), pp.6383-6391. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.8b05482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01854803v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02147135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">True density of combustion emitted particles: A comparison of results highlighting the influence of the organic contents</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Specific surface area of combustion emitted particles: Impact of primary particle diameter and organic content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bourrous</w:t>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Fauvel</w:t>
+                <w:t xml:space="preserve">Soleiman Bourrous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Kort</w:t>
+                <w:t xml:space="preserve">Cécile Vallières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lintis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laura Lintis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 134, pp.1-13. </w:t>
+              <w:t xml:space="preserve">, 2019, 137, pp.105436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2019.04.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2019.105436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02114348v1</w:t>
+                <w:t xml:space="preserve">hal-02275887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FracVAL: An improved tunable algorithm of cluster–cluster aggregation for generation of fractal structures formed by polydisperse primary particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franklin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Physics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 239, pp.225-237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6483,51 +6483,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of soot oxidation by coupling LII, SAXS and scattering measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6751,64 +6751,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrally resolved light extinction enhancement of coated soot particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franklin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6849,421 +6849,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of primary particle polydispersity and overlapping on soot morphological parameters derived from numerical TEM images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+                <w:t xml:space="preserve">A semi-automatic analysis tool for the determination of primary particle size, overlap coefficient and specific surface area of nanoparticles aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleiman Bourrous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Cuevas</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quentin Ribeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Lintis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2018.02.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 126, pp.122 - 132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2018.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716725v1</w:t>
+                <w:t xml:space="preserve">hal-01877516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A semi-automatic analysis tool for the determination of primary particle size, overlap coefficient and specific surface area of nanoparticles aggregates</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Behaviour of aeronautical polymer composite to flame: A comparative study of thermoset- and thermoplastic-based laminate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Bau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Schuhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2018.09.001⟩</w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 152, pp.105 - 115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2018.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877516v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behaviour of aeronautical polymer composite to flame: A comparative study of thermoset- and thermoplastic-based laminate</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Influence of primary particle polydispersity and overlapping on soot morphological parameters derived from numerical TEM images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Carpier</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 152, pp.105 - 115. </w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.67-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2018.04.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2018.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766590v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of necking and overlapping on radiative properties of coated soot aggregates</w:t>
               </w:r>
@@ -7500,51 +7500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The MERMOSE project: Characterization of particulate matter emissions of a commercial aircraft engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7615,265 +7615,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01611142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot optical properties determined by analyzing extinction spectra in the visible near-UV: Toward an optical speciation according to constituents and structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the radiative properties of soot aggregates - Part 2: Effects of coating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bescond</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2016.08.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 172, pp.134-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2015.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01459070v1</w:t>
+                <w:t xml:space="preserve">hal-01611197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the radiative properties of soot aggregates - Part 2: Effects of coating</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Yon</w:t>
+                <w:t xml:space="preserve">Soot optical properties determined by analyzing extinction spectra in the visible near-UV: Toward an optical speciation according to constituents and structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. -X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Bescond</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 172, pp.134-145. </w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101, pp.118-132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2015.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2016.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01611197v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01459070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First in-flight synchrotron X-ray absorption and photoemission study of carbon soot nanoparticles</w:t>
               </w:r>
@@ -8019,51 +8019,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S.-X. Loo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Aine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8104,451 +8104,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01611205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physicochemical properties of aerosol released in the case of a fire involving materials used in the nuclear industry</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A simple semi-empirical model for effective density measurements of fractal aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2014.09.043⟩</w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87, pp.28--37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2015.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01130113v1</w:t>
+                <w:t xml:space="preserve">hal-01612363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of soot aggregate size and internal multiple scattering on LII signal and the absorption function variation with wavelength determined by the TEW-LII method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franklin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bejaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 119 (4), pp.643--655. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00340-015-6116-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple semi-empirical model for effective density measurements of fractal aggregates</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Physicochemical properties of aerosol released in the case of a fire involving materials used in the nuclear industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.-M. Mocho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pontreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 87, pp.28--37. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 283, pp.340-349. </w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2015.05.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2014.09.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612363v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the radiative properties of soot aggregates part 1: Necking and overlapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franklin Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 162, pp.197--206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8621,51 +8621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Sirven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8716,77 +8716,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Aggregate Primary Particle Size Distribution by TEM Image Analysis: Application to Soot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8867,51 +8867,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fengshan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Caumont-Prim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9026,51 +9026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gensdarmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9129,77 +9129,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated determination of aggregate primary particle size distribution by tem image analysis Application to soot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9263,90 +9263,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clogging of industrial high efficiency particulate air (HEPA) filters in case of fire: from analytical to large-scale experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.-M. Mocho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pontreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9397,51 +9397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of the possibility to determine the primary particle size of fractal aggregates by measuring light depolarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9659,299 +9659,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of aggregates' size distribution by angular light scattering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Caumont-Prim</w:t>
+                <w:t xml:space="preserve">Spectral Study of the Smoke Optical Density in Non-flaming Condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kuan Fang Ren</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bescond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 126, pp.140-149. </w:t>
+              <w:t xml:space="preserve">Procedia Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 62, pp.821-828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2012.07.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2013.08.131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01613297v1</w:t>
+                <w:t xml:space="preserve">hal-01613294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral Study of the Smoke Optical Density in Non-flaming Condition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Talbaut</w:t>
+                <w:t xml:space="preserve">Measurement of aggregates' size distribution by angular light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Caumont-Prim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Bescond</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuan Fang Ren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 126, pp.140-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2012.07.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proeng.2013.08.131⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01613294v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and performance of a new device for the study of thermophoresis: The radial flow thermophoretic analyser</w:t>
               </w:r>
@@ -9963,77 +9963,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gensdarmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 61, pp.1-12. </w:t>
@@ -10122,51 +10122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. R. A. Onofri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mroczka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10219,333 +10219,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01459971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of aggregates size distribution by inversion of angular light scattering</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Examination of wavelength dependent soot optical properties of diesel and diesel/rapeseed methyl ester mixture by extinction spectra analysis and LII measurements (online first : DOI: 10.1007/s00340-011-4416-4)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAPP | Physical, Mathematical, and Natural Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1478/C1V89S1P021⟩</w:t>
+              <w:t xml:space="preserve">App. Phys. B-Lasers O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 104 (2), pp.253-271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00340-011-4416-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01613300v1</w:t>
+                <w:t xml:space="preserve">hal-01613299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examination of wavelength dependent soot optical properties of diesel and diesel/rapeseed methyl ester mixture by extinction spectra analysis and LII measurements (online first : DOI: 10.1007/s00340-011-4416-4)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Measurement of aggregates size distribution by inversion of angular light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Caumont-Prim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuan Fang Ren</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">App. Phys. B-Lasers O</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AAPP | Physical, Mathematical, and Natural Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (S1), 4 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1478/C1V89S1P021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00340-011-4416-4⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01613299v1</w:t>
+                <w:t xml:space="preserve">hal-01613300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Sampling and Storage Protocol on Fractal Morphology of Soot Studied by Transmission Electron Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.-X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ausset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10657,51 +10657,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maugendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10742,342 +10742,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00497241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of RDG-FA for scattering prediction of aggregates of soot taking into account interactions of large monomers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Characterization of soot particles in the plumes of over-ventilated diffusion flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 25, pp.54-67. </w:t>
+              <w:t xml:space="preserve">Combust. Sci. Technol.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 180 (4), pp.674-698. </w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ppsc.200700011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00102200701839154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00445072v1</w:t>
+                <w:t xml:space="preserve">hal-01613302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of soot particles in the plumes of over-ventilated diffusion flames</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F.X. Ouf</w:t>
+                <w:t xml:space="preserve">Extension of RDG-FA for scattering prediction of aggregates of soot taking into account interactions of large monomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Vendel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combust. Sci. Technol.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 25, pp.54-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppsc.200700011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00102200701839154⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01613302v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00445072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droplet size and morphology characterization for dense sprays by image processing: application to the Diesel spray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 39 (6), pp.977 - 994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11123,51 +11123,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A statistical morphological determination of the growth rate of the interfacial disturbance of an excited Rayleigh jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lalizel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11227,51 +11227,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unusual laser-sheet tomography coupled with backlight imaging configurations to study the diesel jet structure at the nozzle outlet for high injection pressures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11314,354 +11314,298 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (195)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (196)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot primary particle radial profiles in laminar diffusion flames for Jet A-1/SAF fuels: a SAXS study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ soot characterization in flames by coupling extinction, emission and light scattering at diﬀerent wavelengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">36 International SAOT Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Stefan Will, Mar 2026, Erlangen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05110842v1</w:t>
+                <w:t xml:space="preserve">hal-05546123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure factor of fractal aggregates based on pair correlation modeling : comparison with current modeling and impacts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marek Mazur</w:t>
+                <w:t xml:space="preserve">Soot primary particle radial profiles in laminar diffusion flames for Jet A-1/SAF fuels: a SAXS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sztucki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELS XXI - 21st Electromagnetic and Light Scattering Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Milazzo, Italy</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05132505v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de paramètres morphologiques des agrégats de type carbone noir sur leurs propriétés radiatives pour des applications LIDAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoran Raynaud Diarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11706,178 +11650,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04998213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ détermination of the spatially-resolved size distribution of soot aggregates in a laminar diffusion flame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure factor of fractal aggregates based on pair correlation modeling : comparison with current modeling and impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoran Raynaud Diarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Corfu, Greece</w:t>
+              <w:t xml:space="preserve">ELS XXI - 21st Electromagnetic and Light Scattering Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Milazzo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05106170v1</w:t>
+                <w:t xml:space="preserve">hal-05132505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soot primary particle radial profiles in laminar diffusion flames for JETA-1/SAF fuels: a SAXS study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11922,1532 +11870,1545 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Sooting Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Online meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of soot emissions from aviation fuels: A SAXS study of Jet A-1 and SAF combustion aerosols</w:t>
+                <w:t xml:space="preserve">In situ détermination of the spatially-resolved size distribution of soot aggregates in a laminar diffusion flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 European Aerosol Conference (EAC 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Lecce, Italy</w:t>
+              <w:t xml:space="preserve">Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Corfu, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263399v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05106170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IN SITU DETERMINATION OF THE SIZE DISTRIBUTION OF SOOT AGGREGATES IN A LAMINAR DIFFU- SION FLAME</w:t>
+                <w:t xml:space="preserve">Characterization of soot emissions from aviation fuels: A SAXS study of Jet A-1 and SAF combustion aerosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sztucki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">2025 European Aerosol Conference (EAC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04998238v1</w:t>
+                <w:t xml:space="preserve">hal-05263399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A strategy for modeling the radiative properties of nanoparticle aggregates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">IN SITU DETERMINATION OF THE SIZE DISTRIBUTION OF SOOT AGGREGATES IN A LAMINAR DIFFU- SION FLAME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diffusion collective de la lumière par des nanoparticules résonantes ou par des dispersions de particules dont la taille caractéristique est de l’ordre de grandeur de la longueur d’onde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cédric Blanchard; Franck ENGUEHARD; SOCIETE FRANÇAISE DE THERMIQUE, Oct 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05297765v1</w:t>
+                <w:t xml:space="preserve">hal-04998238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TOWARDS IN SITU MEASUREMENT OF THE SPECIFIC SURFACE AREA OF NANOPARTICLES IN THE AEROSOL PHASE USING NONLINEAR OPTICS</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A strategy for modeling the radiative properties of nanoparticle aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">GDR Tamaris, "Diffusion collective de la lumière par des nanoparticules résonantes ou par des dispersions de particules dont la taille caractéristique est de l’ordre de grandeur de la longueur d’onde"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cédric Blanchard; Franck ENGUEHARD; SOCIETE FRANÇAISE DE THERMIQUE, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04998226v1</w:t>
+                <w:t xml:space="preserve">hal-05297765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of SAXS models with the help of pair correlation functions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mijail Littin</w:t>
+                <w:t xml:space="preserve">TOWARDS IN SITU MEASUREMENT OF THE SPECIFIC SURFACE AREA OF NANOPARTICLES IN THE AEROSOL PHASE USING NONLINEAR OPTICS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Radiative transfer RAD-25</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICHMT, Jun 2025, Kusadasi, France</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05114752v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backscattering by soot fractal aggregates: a model for lidar applications</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparison of SAXS models with the help of pair correlation functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Sztucki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELS XXI - 21st Electromagnetic and Light Scattering Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Naples, Italy</w:t>
+              <w:t xml:space="preserve">11th International Symposium on Radiative transfer RAD-25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICHMT, Jun 2025, Kusadasi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05540768v1</w:t>
+                <w:t xml:space="preserve">hal-05114752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavity-enhanced multi-wavelength light extinction and scattering measurements for drone-based soot particle characterization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Backscattering by soot fractal aggregates: a model for lidar applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marek Mazur</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew J Berg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OSCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ONERA, May 2024, Toulouse (FR), France</w:t>
+              <w:t xml:space="preserve">ELS XXI - 21st Electromagnetic and Light Scattering Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04593411v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction de l'auto absorption dans les mesures de diffusion angulaire de la lumière par les particules de suie.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cavity-enhanced multi-wavelength light extinction and scattering measurements for drone-based soot particle characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">OSCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ONERA, May 2024, Toulouse (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518765v1</w:t>
+                <w:t xml:space="preserve">hal-04593411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic optique in-situ des particules de suie : de la flamme académique aux foyers aéronautiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Correction de l'auto absorption dans les mesures de diffusion angulaire de la lumière par les particules de suie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique de l'AFVL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Vélocimétrie Laser, May 2024, Maudon, France</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578595v1</w:t>
+                <w:t xml:space="preserve">hal-04518765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON THE CONSIDERATION OF SELF-ABSORPTION FOR SOOT SIZING BY ANGULAR LIGHT SCATTERING IN LAMINAR FLAMES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diagnostic optique in-situ des particules de suie : de la flamme académique aux foyers aéronautiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OPTIQUE Normandie 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFO, Jul 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journée thématique de l'AFVL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Vélocimétrie Laser, May 2024, Maudon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639572v1</w:t>
+                <w:t xml:space="preserve">hal-04578595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un banc d'essai pour la caractérisation du processus d'oxydation de nanoparticules de suie.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ON THE CONSIDERATION OF SELF-ABSORPTION FOR SOOT SIZING BY ANGULAR LIGHT SCATTERING IN LAMINAR FLAMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">OPTIQUE Normandie 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518769v1</w:t>
+                <w:t xml:space="preserve">hal-04639572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of self-absorption on soot sizing by angular light scattering in a laminar axisymmetric diffusion flame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement d'un banc d'essai pour la caractérisation du processus d'oxydation de nanoparticules de suie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop LII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Kyle Daun, Jun 2024, Muskoka, Canada</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04629616v1</w:t>
+                <w:t xml:space="preserve">hal-04518769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angular light scattering in an axisymmetric laminar flame: influence of self-absorption on soot sizing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">SOOT SIZING IN LAMINAR DIFFUSION FLAMES : IMPACT OF SELF ABSORPTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OSCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ONERA, May 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Laser-light and Interaction with particles (LIP2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Xi An, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04591425v1</w:t>
+                <w:t xml:space="preserve">hal-04704527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SOOT SIZING IN LAMINAR DIFFUSION FLAMES : IMPACT OF SELF ABSORPTION</w:t>
+                <w:t xml:space="preserve">Impact of self-absorption on soot sizing by angular light scattering in a laminar axisymmetric diffusion flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
@@ -13461,1761 +13422,1744 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser-light and Interaction with particles (LIP2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Xi An, China</w:t>
+              <w:t xml:space="preserve">Workshop LII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kyle Daun, Jun 2024, Muskoka, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704527v1</w:t>
+                <w:t xml:space="preserve">hal-04629616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of anisole sooting properties in a laminar coflow diffusion lame</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Angular light scattering in an axisymmetric laminar flame: influence of self-absorption on soot sizing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Louxor, Egypt</w:t>
+              <w:t xml:space="preserve">OSCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ONERA, May 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04063911v1</w:t>
+                <w:t xml:space="preserve">hal-04591425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Picosecond Short-Range Elastic Backscatter Lidar (PSR-EBL) : a novel technique for remote measurement of black carbon emissions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucas Paulien</w:t>
+                <w:t xml:space="preserve">Characterization of anisole sooting properties in a laminar coflow diffusion lame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J J Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Verdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Carbonaceous Particles in the Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Bereley, United States</w:t>
+              <w:t xml:space="preserve">Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Louxor, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518772v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04063911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spline-based radial property reconstruction for noise and trapping correction for emission, light scattering and extinction measurements in axisymmetric sooting flames</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Picosecond Short-Range Elastic Backscatter Lidar (PSR-EBL) : a novel technique for remote measurement of black carbon emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres E. Bedoya-Velásquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Ganeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Fossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Paulien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR SUIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Saint Etienne du Rouvrau, France</w:t>
+              <w:t xml:space="preserve">International Conference on Carbonaceous Particles in the Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bereley, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259081v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage de mesures d'extinction et de diffusion angulaire de la lumière pour la caractérisation (2D de nanoparticules de suie dans une flamme.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Spline-based radial property reconstruction for noise and trapping correction for emission, light scattering and extinction measurements in axisymmetric sooting flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols (CFA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GDR SUIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Saint Etienne du Rouvrau, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04034234v1</w:t>
+                <w:t xml:space="preserve">hal-04259081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie d'amélioration de la modélisation de l'interaction lumière-agrégats de suie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Couplage de mesures d'extinction et de diffusion angulaire de la lumière pour la caractérisation (2D de nanoparticules de suie dans une flamme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Romain Ceolato</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols (CFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2023-32916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04258948v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'une cavité Multi-Spéctrale compacte pour la caractérisation embarquée d'aérosols</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Stratégie d'amélioration de la modélisation de l'interaction lumière-agrégats de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Poux</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03665528v1</w:t>
+                <w:t xml:space="preserve">hal-04258948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass absorption cross-section of combustion aerosols: A simulation chamber study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement d'une cavité Multi-Spéctrale compacte pour la caractérisation embarquée d'aérosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">CFA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03828496v1</w:t>
+                <w:t xml:space="preserve">hal-03665528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure in-situ de la génération de seconde harmonique induite par des particules de suie exposées à la lumière d'un laser femtoseconde</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mass absorption cross-section of combustion aerosols: A simulation chamber study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Heuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cazaunau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Chevaillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03665529v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations of ACLII signals considering soot maturity and size</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andres Fuentes</w:t>
+                <w:t xml:space="preserve">Mesure in-situ de la génération de seconde harmonique induite par des particules de suie exposées à la lumière d'un laser femtoseconde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LII Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">CFA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695857v1</w:t>
+                <w:t xml:space="preserve">hal-03665529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en évidence de l'auto-absorption et du couplage interne au sein des agrégats fractals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Simulations of ACLII signals considering soot maturity and size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yon Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">LII Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664417v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximating the Van Der Waals interaction potentials between agglomerates and their coagulation enhancement effect</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Mise en évidence de l'auto-absorption et du couplage interne au sein des agrégats fractals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew J. Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Reza M. R. Kholghy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge Particle Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Virtual meeting, France</w:t>
+              <w:t xml:space="preserve">CFA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03828288v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the impact of the internal coupling in fractal aggregates structure factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Argentin</w:t>
+                <w:t xml:space="preserve">Développement d'une cavité multi-spectrale compacte pour la caractérisation des aérosols en vol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser-light Interaction with Particles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">Colloque de Sciences appliqués au Sapeur-Pompier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763701v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'une cavité multi-spectrale compacte pour la caractérisation des aérosols en vol.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Approximating the Van Der Waals interaction potentials between agglomerates and their coagulation enhancement effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marek Mazur</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza M. R. Kholghy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de Sciences appliqués au Sapeur-Pompier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Cambridge Particle Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04463455v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot size determination in a swirl stratified premixed ethylene-air flame by a sampling probe and elastic light scattering</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">On the impact of the internal coupling in fractal aggregates structure factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew J. Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium on Applications of Laser and Imaging Techniques to Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">Laser-light Interaction with Particles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763721v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approximating the van der Waals interaction potentials between agglomerates and their coagulation enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15230,3377 +15174,3407 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on particle technology - WCPT9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la formation et de l'oxydation des agrégats de suie dans une flamme prémélangée, stratifiée et et swirlée éthylène/air</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId438" w:history="1">
+                <w:t xml:space="preserve">Soot size determination in a swirl stratified premixed ethylene-air flame by a sampling probe and elastic light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Caceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexis Vandel</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrés Francophone de Techniques Laser, CFTL 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Leuven, Belgique</w:t>
+              <w:t xml:space="preserve">20th International Symposium on Applications of Laser and Imaging Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03828445v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the Rayleigh-Debye-Gans model for Fractal Aggregates (RDG-FA) for lidar relevant parameters of soot particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Paulien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres E. Bedoya-Velásquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mouysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ITBMS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bagneres de Bigorre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved 2D angular scattering of soot particles in atmospheric turbulent flames</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Étude de la formation et de l'oxydation des agrégats de suie dans une flamme prémélangée, stratifiée et et swirlée éthylène/air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei-Silviu Milea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Caceres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Perrier</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">Congrés Francophone de Techniques Laser, CFTL 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Leuven, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763465v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaz and particle emissions of a domestic boiler fed with wood, miscanthus and straw pellet</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Time-resolved 2D angular scattering of soot particles in atmospheric turbulent flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Low-Carbon Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518784v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studio multispettrale del fattore correttivo Cref determinato dal confronto tra osservazioni di MAAP, MWAA, AE31, AE33, influenza di SSA e stato di aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzi Laura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Heuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cazaunau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAS - Sociétariats Italiens di Aerosol, May 2022, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the spectral optical properties of soot aerosols and the impact of ageing: a mechanistic study in the large CESAM simulation chamber</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaz and particle emissions of a domestic boiler fed with wood, miscanthus and straw pellet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Alfonso Martinez Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st ACTRIS Science Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Visio, France</w:t>
+              <w:t xml:space="preserve">Low-Carbon Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763736v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Maturity on the Measurements of Soot Volume Fraction by the Auto-compensating Laser-induced Incandescence Technique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accounting for multiple scattering effects for the evaluation of absorption and scattering cross sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew J. Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yon Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAAR 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Raleigh, NC, United States</w:t>
+              <w:t xml:space="preserve">LII Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03828402v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accounting for multiple scattering effects for the evaluation of absorption and scattering cross sections</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploring the spectral optical properties of soot aerosols and the impact of ageing: a mechanistic study in the large CESAM simulation chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Heuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Bergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cazaunau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servanne Chevaillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LII Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">1st ACTRIS Science Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Visio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03695850v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot size measurement in a swirl stratified flame using high-speed angular light scattering</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effect of Maturity on the Measurements of Soot Volume Fraction by the Auto-compensating Laser-induced Incandescence Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gilles Cabot</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Andrew Sipkens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AAAR 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Raleigh, NC, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03122919v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of soot production in a swirl stratified premixed flame using various optical diagnostics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Consolidating soot optical diagnostics in laminar coflow axisymmetrical flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Safran, Apr 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">GDR SUIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418416v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Picosecond Short-Range Elastic Backscatter Lidar (PSR-EBL) Technique for Measuring Ultrafine Particles including Smoke</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Development of a compact multi-spectral cavity for on-flight aerosol characterization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Lidar Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Granada (Spain), Spain</w:t>
+              <w:t xml:space="preserve">GDR SUIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518771v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consolidating soot optical diagnostics in laminar coflow axisymmetrical flames</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Picosecond Short-Range Elastic Backscatter Lidar (PSR-EBL) Technique for Measuring Ultrafine Particles including Smoke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres E. Bedoya-Velásquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mouysset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew J. Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fengshan Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR SUIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">European Lidar Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Granada (Spain), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418431v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a compact multi-spectral cavity for on-flight aerosol characterization.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Semi–technical aero-engine combustors – a glimpse on combustion processes given by in-situ optical techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dufitumukiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Peter Geigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ristori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR SUIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque INCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418423v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence de l'auto-absorption et du couplage interne au sein des agrégats fractals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Argentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew J. Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR SUIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence du couplage optique interne entre monomères à l'aide de l'analyse phasorielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Argentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. J. Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03123054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi–technical aero-engine combustors – a glimpse on combustion processes given by in-situ optical techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Ristori</w:t>
+                <w:t xml:space="preserve">Soot size measurement in a swirl stratified flame using high-speed angular light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INCA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2021-24823⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418419v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling macroscale and microscale simulations of soot produced in a diffusion flame : toward a more realistic simulation of their morphologies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francisco Cepeda</w:t>
+                <w:t xml:space="preserve">Experimental investigation of soot production in a swirl stratified premixed flame using various optical diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR SUIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque INCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Safran, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418426v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ Measurement of Second Harmonic Generation induced by soot particles exposed to femtosecond laser light</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Coupling macroscale and microscale simulations of soot produced in a diffusion flame : toward a more realistic simulation of their morphologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Cepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
+              <w:t xml:space="preserve">GDR SUIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418421v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of overlapping in the evaluation of volume and surface area of complex soot aggregates in flames</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In-situ Measurement of Second Harmonic Generation induced by soot particles exposed to femtosecond laser light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion generated nanoparticles</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351020v1</w:t>
+                <w:t xml:space="preserve">hal-03418421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The simultaneous aggregation and surface growth of soot particles formed in an ethylene laminar premixed flame</w:t>
+                <w:t xml:space="preserve">Effects of overlapping in the evaluation of volume and surface area of complex soot aggregates in flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Combustion generated nanoparticles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Onlinie conference, Switzerland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.33638.55364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03123118v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicity of organic ultrafine particles in human bronchial epithelial BEAS-2B cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The simultaneous aggregation and surface growth of soot particles formed in an ethylene laminar premixed flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03123066v1</w:t>
+                <w:t xml:space="preserve">hal-03123118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot particle formation under the competition of aggregation and surface growth</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Toxicity of organic ultrafine particles in human bronchial epithelial BEAS-2B cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Teresa Juarez-Facio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Corbière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Vaugeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2021-24802⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351022v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03123066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
+                <w:t xml:space="preserve">Soot particle formation under the competition of aggregation and surface growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge Particle MMeeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Virtual Conference, United Kingdom</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Online conference, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351018v1</w:t>
+                <w:t xml:space="preserve">hal-03351022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of PIV, LII, PAH-PLIF and OH-PLIF for the study of soot formation and flame structure in a swirl stratified premixed ethylene/air flame</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on combustion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cambridge Particle MMeeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtual Conference, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03123036v1</w:t>
+                <w:t xml:space="preserve">hal-03351018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle d'autocorrélation de Paire pour une meilleur description morphologique des Aggrégats Fractals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">On the use of PIV, LII, PAH-PLIF and OH-PLIF for the study of soot formation and flame structure in a swirl stratified premixed ethylene/air flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francois Xavier Ouf</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Adelaide, Australia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461776v1</w:t>
+                <w:t xml:space="preserve">hal-03123036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">USE OF PHASOR ANALYSIS FOR IMPROVED UNDERSTANDING OF INTERNAL MULTIPLE-SCATTERING IN FRACTAL AGGREGATES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Incandescence Induite par Laser Auto-Compensée à 2 Couleurs en flammes turbulentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthew Berg</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02914165v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incandescence Induite par Laser Auto-Compensée à 2 Couleurs en flammes turbulentes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">USE OF PHASOR ANALYSIS FOR IMPROVED UNDERSTANDING OF INTERNAL MULTIPLE-SCATTERING IN FRACTAL AGGREGATES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Grisch</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Berg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">LIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02461769v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The properties of Self-Preserving Size Distribution of Soot Aggregates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un modèle d'autocorrélation de Paire pour une meilleur description morphologique des Aggrégats Fractals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Xavier Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français des Aérosols</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02461772v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du mode d'alimentation sur les émissions polluantes en gaz et particules dans une chaudière domestique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angel Alfonso Martinez Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18619,934 +18593,921 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02460340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of operation mode of a drop-feed-pellet domestic boiler on gaseous and particulate emissions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The properties of Self-Preserving Size Distribution of Soot Aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFUB-12: 12th European Conference on Industrial Furnaces and Boilers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">Congrès Français des Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03117136v1</w:t>
+                <w:t xml:space="preserve">hal-02461772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulations of soot particles aggregation and surface growth in a premixed flame</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Influence of operation mode of a drop-feed-pellet domestic boiler on gaseous and particulate emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Alfonso Martinez Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ere Journée des doctorants du GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Rouen, France</w:t>
+              <w:t xml:space="preserve">INFUB-12: 12th European Conference on Industrial Furnaces and Boilers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03066642v1</w:t>
+                <w:t xml:space="preserve">hal-03117136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Internal Multiple Scattering on the RDG prediction of the light scattering by Fractal Aggregates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Numerical simulations of soot particles aggregation and surface growth in a premixed flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light-scattering by soot particles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Romain Ceolato, Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">1ere Journée des doctorants du GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02186224v1</w:t>
+                <w:t xml:space="preserve">hal-03066642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of soot nanoparticles by application of optical and X-rays experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impact of Internal Multiple Scattering on the RDG prediction of the light scattering by Fractal Aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">James Brian Alexander Mitchell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de Physico-Chimie Atmosphérique et interSTELlaire relatif à la formation des aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">Light-scattering by soot particles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Romain Ceolato, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02170009v1</w:t>
+                <w:t xml:space="preserve">hal-02186224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMPACT DE L'AJOUT D'UNE GANGUE DE COMPOSES ORGANIQUES SUR LES PROPRIETES RADIATIVES DE PARTICULES DE SUIE</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Characterization of soot nanoparticles by application of optical and X-rays experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Brian Alexander Mitchell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA Congrès Français sur les aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Atelier de Physico-Chimie Atmosphérique et interSTELlaire relatif à la formation des aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995079v1</w:t>
+                <w:t xml:space="preserve">hal-02170009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle d'autocorrélation de paire pour une meilleur description morphologique des agrégats fractals individuels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">IMPACT DE L'AJOUT D'UNE GANGUE DE COMPOSES ORGANIQUES SUR LES PROPRIETES RADIATIVES DE PARTICULES DE SUIE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">James Brian Alexander Mitchell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Plénière du GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">CFA Congrès Français sur les aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320451v1</w:t>
+                <w:t xml:space="preserve">hal-01995079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In the interest of coupling techniques for the characterization of soot particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Un modèle d'autocorrélation de paire pour une meilleur description morphologique des agrégats fractals individuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Brian Alexander Mitchell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light-scattering by soot particles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Romain Ceolato, Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Réunion Plénière du GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02186234v1</w:t>
+                <w:t xml:space="preserve">hal-02320451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'une méthode innovante basée sur la diffusion spectrale de la lumière pour la mesure de distribution de taille de suie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">In the interest of coupling techniques for the characterization of soot particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA Congrès Français sur les Aérosols</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Light-scattering by soot particles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Romain Ceolato, Jul 2019, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995082v1</w:t>
+                <w:t xml:space="preserve">hal-02186234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat des connaissances actuelles sur l'analyse par microscopie électronique en transmission des suies : moyens de prélèvement, analyse automatisée et grandeurs mesurables.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement d'une méthode innovante basée sur la diffusion spectrale de la lumière pour la mesure de distribution de taille de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Daniel Ferry</w:t>
+                <w:t xml:space="preserve">F. Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique du GDR Suie sue la "Métrologie des suies"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CFA Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2019-16660⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02174234v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The aggregation of soot: on the importance of primary particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19578,1254 +19539,1240 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophoretic sampling of soot particles in a laminar coflow diffusion flame</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Etat des connaissances actuelles sur l'analyse par microscopie électronique en transmission des suies : moyens de prélèvement, analyse automatisée et grandeurs mesurables.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleiman Bourrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andres Fuentes</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique du GDR Suie sur la "Métrologie des suies"</w:t>
+              <w:t xml:space="preserve">Journée thématique du GDR Suie sue la "Métrologie des suies"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174236v1</w:t>
+                <w:t xml:space="preserve">hal-02174234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Monte Carlo simulations for an accurate modeling of soot aggregation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Thermophoretic sampling of soot particles in a laminar coflow diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Plénière du GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journée thématique du GDR Suie sur la "Métrologie des suies"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320428v1</w:t>
+                <w:t xml:space="preserve">hal-02174236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">True density of soot particles: A comparison of results highlighting the influence of the organic contents</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving Monte Carlo simulations for an accurate modeling of soot aggregation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Göteborg, Sweden</w:t>
+              <w:t xml:space="preserve">Réunion Plénière du GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275869v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CRITERION FOR EVALUATION OF THE VALIDITY OF BLACK CARBON REFRACTIVE INDEX FROM MEASUREMENTS OF LIGHT ABSORPTION IN THE VISIBLE AND NEAR-INFRARED</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Prem Lobo</w:t>
+                <w:t xml:space="preserve">True density of soot particles: A comparison of results highlighting the influence of the organic contents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lintis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on Radiative Transfer, RAD - 19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Athens, Greece</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288121v1</w:t>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FracVAL: An Improved Tunable Algorithm for Generation of Fractal Aggregates Formed by Polydisperse Primary Particles and Subsequent Numerical Tilt Series TEM Images Generation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">A CRITERION FOR EVALUATION OF THE VALIDITY OF BLACK CARBON REFRACTIVE INDEX FROM MEASUREMENTS OF LIGHT ABSORPTION IN THE VISIBLE AND NEAR-INFRARED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel C Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prem Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Franco-AMSUD Energy and Environment Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th International Symposium on Radiative Transfer, RAD - 19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Athens, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02144789v1</w:t>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation par PIV de la couche limite d'un jet chaud impactant une paroi plane.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+                <w:t xml:space="preserve">FracVAL: An Improved Tunable Algorithm for Generation of Fractal Aggregates Formed by Polydisperse Primary Particles and Subsequent Numerical Tilt Series TEM Images Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1st Franco-AMSUD Energy and Environment Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Marseille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.34701.59368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02097657v1</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02144789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light Scattering and Absorption by Fractal Aggregates Including Soot</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation par PIV de la couche limite d'un jet chaud impactant une paroi plane.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Schuhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lecordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Gobin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, St Louis, United States</w:t>
+              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02169992v1</w:t>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02097657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous sampling of the solid and gas-phase semi-volatile fractions of propane-based CAST soot sample: chemical differentiation using mass spectrometry.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Commercial vs. custom-built LII systems used for non-volatile particulate matter monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Irimea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Carpentier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Vojkovik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerosol Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819661v1</w:t>
+                <w:t xml:space="preserve">hal-01819657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'une méthode innovante basée sur la diffusion spectrale de la lumière pour la mesure de taille de suie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Sensitivity of Bare Black Carbon MAC and AAE to Morphological Parameters, Primary Particle Polydispersity, and Refractive Index in the Visible and Near-Infrared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">International Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, St Louis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948099v1</w:t>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01871534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new approach for in situ soot size distribution measurement based on spectrally resolved light scattering</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">Développement d'une méthode innovante basée sur la diffusion spectrale de la lumière pour la mesure de taille de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Laser Induced Incandescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Tutzing, Germany</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01818987v1</w:t>
+                <w:t xml:space="preserve">hal-01948099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the soot particle size distribution in a laminar premixed flame : a hybrid number density/PDF approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouaniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Domingo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20870,4432 +20817,4429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02132215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of Bare Black Carbon MAC and AAE to Morphological Parameters, Primary Particle Polydispersity, and Refractive Index in the Visible and Near-Infrared</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A new approach for in situ soot size distribution measurement based on spectrally resolved light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grisch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, St Louis, United States</w:t>
+              <w:t xml:space="preserve">Workshop on Laser Induced Incandescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Tutzing, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01871534v1</w:t>
+                <w:t xml:space="preserve">hal-01818987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commercial vs. custom-built LII systems used for non-volatile particulate matter monitoring</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvain Carpentier</w:t>
+                <w:t xml:space="preserve">Light Scattering and Absorption by Fractal Aggregates Including Soot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Sorensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Maughan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Heinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
+              <w:t xml:space="preserve">10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> International aerosol conference (IAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, St Louis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01819657v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02169992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the primary particle polydispersity on the radiative properties of soot aggregates</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simultaneous sampling of the solid and gas-phase semi-volatile fractions of propane-based CAST soot sample: chemical differentiation using mass spectrometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dumitru Duca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vojkovik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Aerosol Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01854818v1</w:t>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amplification de l'extinction spectrale de particules de suie recouvertes d'une gangue d'acide oléique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impact of the primary particle polydispersity on the radiative properties of soot aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01698955v1</w:t>
+                <w:t xml:space="preserve">hal-01854818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d'une gangue de composés organiques sur les propriétés radiatives de particules de suie miniCAST</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Amplification de l'extinction spectrale de particules de suie recouvertes d'une gangue d'acide oléique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fengshan Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948094v1</w:t>
+                <w:t xml:space="preserve">hal-01698955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical speciation and optical properties of soot particles and their precursors: detection in flames and atmospheric conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact d'une gangue de composés organiques sur les propriétés radiatives de particules de suie miniCAST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Aerosol Cycle (ICAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675831v1</w:t>
+                <w:t xml:space="preserve">hal-01948094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire behavior of polymer composite to flame. Application to a comparative study of thermoset‐ and thermoplastic‐based CFRP.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chemical speciation and optical properties of soot particles and their precursors: detection in flames and atmospheric conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. D. Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FRPM17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Manchester, Unknown Region</w:t>
+              <w:t xml:space="preserve">International Conference on Aerosol Cycle (ICAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675828v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des molécules oxygénées présentes dans un biocarburants sur les émissions de suies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Fire behavior of polymer composite to flame. Application to a comparative study of thermoset‐ and thermoplastic‐based CFRP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schuhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">G. Lefevre</w:t>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion de biocarburants, de la biomasse et de ses dérives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, ASCOTEL, Cité scientifique, Villeneuve d'Ascq, Région indéterminée</w:t>
+              <w:t xml:space="preserve">FRPM17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Manchester, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675827v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of soot particles on the lower flammability limit of methane</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">On the advantage of coupling different diagnostics for a more complete characterization of soot particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Loo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MCS‐10: Tenth Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Napoli, Italy</w:t>
+              <w:t xml:space="preserve">Séminaire Labex CAPPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675829v1</w:t>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composites aéronautiques soumis au feu : différents mécanismes de dégradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schuhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Carpier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Feux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Balma, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02018937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the advantage of coupling different diagnostics for a more complete characterization of soot particles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Impact des molécules oxygénées présentes dans un biocarburants sur les émissions de suies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rossow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Labex CAPPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">Combustion de biocarburants, de la biomasse et de ses dérives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, ASCOTEL, Cité scientifique, Villeneuve d'Ascq, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682892v1</w:t>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the advantage of coupling different diagnostics for a more complete characterization of soot particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Influence of soot particles on the lower flammability limit of methane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Yuhai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Loo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conferences Laser and Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Michelsen Hope, Aug 2017, Mount Snow, United States</w:t>
+              <w:t xml:space="preserve">MCS‐10: Tenth Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682887v1</w:t>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot characterization by coupling optical and non-optical techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">On the advantage of coupling different diagnostics for a more complete characterization of soot particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International SAOT Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Erlangen, Germany</w:t>
+              <w:t xml:space="preserve">Gordon Research Conferences Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Michelsen Hope, Aug 2017, Mount Snow, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682902v1</w:t>
+                <w:t xml:space="preserve">hal-01682887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced diagnostics and experimentally derived optical properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Soot characterization by coupling optical and non-optical techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOLE THEMATIQUE "SUIE" - La suie : Formation, Caractérisation et Conséquences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mitchell, B, May 2017, Obernai, France</w:t>
+              <w:t xml:space="preserve">28th International SAOT Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Erlangen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682688v1</w:t>
+                <w:t xml:space="preserve">hal-01682902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'oxydation des suies par couplage de techniques optiques in-situ SAXS/LII/SLS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Advanced diagnostics and experimentally derived optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'UMR CORIA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Saint Etienne du Rouvray, France</w:t>
+              <w:t xml:space="preserve">ECOLE THEMATIQUE "SUIE" - La suie : Formation, Caractérisation et Conséquences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mitchell, B, May 2017, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682864v1</w:t>
+                <w:t xml:space="preserve">hal-01682688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of soot volume fraction and particle size distribution in turbulent non- premixed butane and ethylene jet flames through LII, PPS and SMPS measurements</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude de l'oxydation des suies par couplage de techniques optiques in-situ SAXS/LII/SLS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Colloque de l'UMR CORIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Saint Etienne du Rouvray, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02392366v1</w:t>
+                <w:t xml:space="preserve">hal-01682864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La métrologie laser pour les nanoparticules (en phase aérosol)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Determination of soot volume fraction and particle size distribution in turbulent non- premixed butane and ethylene jet flames through LII, PPS and SMPS measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irfan Mulla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lecordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires étudiants L2 PMSI, Université de Rouen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Saint Etienne du Rouvray, France</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682877v1</w:t>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot oxidation and thermal stability of nanoparticles in flames, a SAXS approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">La métrologie laser pour les nanoparticules (en phase aérosol)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Tours, France</w:t>
+              <w:t xml:space="preserve">Séminaires étudiants L2 PMSI, Université de Rouen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Saint Etienne du Rouvray, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675836v1</w:t>
+                <w:t xml:space="preserve">hal-01682877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des mécanismes de formation des trainées de condensation d’origines aéronautiques : les acquis du projet MERMOSE</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Un point de vue atomique sur les propriétés optiques des suies et leur capacité à nucléer la glace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Marhaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire IRSN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Gif sur Yvette, France</w:t>
+              <w:t xml:space="preserve">Conférence plénière du GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Orléans, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682861v1</w:t>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un point de vue atomique sur les propriétés optiques des suies et leur capacité à nucléer la glace</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude des mécanismes de formation des trainées de condensation d’origines aéronautiques : les acquis du projet MERMOSE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence plénière du GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Orléans, Région indéterminée</w:t>
+              <w:t xml:space="preserve">Séminaire IRSN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Gif sur Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675835v1</w:t>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the soot oxidation by coupling LII, SAXS and scattering measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Soot oxidation and thermal stability of nanoparticles in flames, a SAXS approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Teuscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Le Garrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Workshop on Laser‐Induced Incandescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lac Tahoe, United States</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId564" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675837v1</w:t>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and chemical study of collected aircraft soot and generated surrogates</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniel Ferry</w:t>
+                <w:t xml:space="preserve">Investigation of the soot oxidation by coupling LII, SAXS and scattering measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Le Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.‐b. Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Tours, France</w:t>
+              <w:t xml:space="preserve">7th International Workshop on Laser‐Induced Incandescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lac Tahoe, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675833v1</w:t>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des particules de suie issues de la combustion de carburant de 2ème génération en présence de composés oxygénés</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structural and chemical study of collected aircraft soot and generated surrogates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Marhaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence plénière du GDR SUIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Orléans, France</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675832v1</w:t>
+                <w:t xml:space="preserve">hal-01675833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical diagnostic for soot particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des particules de suie issues de la combustion de carburant de 2ème génération en présence de composés oxygénés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rossow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Barviau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Grisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">P4TA‐CERTAM International Workshop: Characterization of Complex Nanoaerosol Emissions: metrology, health and environmental issues.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rouen, France</w:t>
+              <w:t xml:space="preserve">Conférence plénière du GDR SUIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675848v1</w:t>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In‐situ and ex‐situ light extinction measurements in wall fire flames in the visible and near infrared spectra: impact of soot temperature and of combustible on soot optical properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Hebert</w:t>
+                <w:t xml:space="preserve">Optical diagnostic for soot particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A. Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées Internationales de Thermique (JITH 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Marseille, France</w:t>
+              <w:t xml:space="preserve">P4TA‐CERTAM International Workshop: Characterization of Complex Nanoaerosol Emissions: metrology, health and environmental issues.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675843v1</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron Radiation Studies of Soot and Other Nanoparticles formation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">In‐situ and ex‐situ light extinction measurements in wall fire flames in the visible and near infrared spectra: impact of soot temperature and of combustible on soot optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valencia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Talbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rouen, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées Internationales de Thermique (JITH 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675841v1</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the necking and overlapping of soot aggregates on their radiative properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Synchrotron Radiation Studies of Soot and Other Nanoparticles formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Carvou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Le Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Light Scattering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Bremen, Allemagne</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675846v1</w:t>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and chemical characterization of soot particles</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of organic coating on the radiative properties of soot aggregates.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">Computational Thermal Radiation in Participating Media V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Albi, France., Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675839v1</w:t>
+                <w:t xml:space="preserve">hal-01675850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétences et Perspectives du CORIA Concernant l’Etude et la Caractérisation des Particules de Suie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées INCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Villaroche, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of organic coating on the radiative properties of soot aggregates.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impact of the necking and overlapping of soot aggregates on their radiative properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franklin Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Thermal Radiation in Participating Media V</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Albi, France., Unknown Region</w:t>
+              <w:t xml:space="preserve">Workshop on Light Scattering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Bremen, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId585" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675850v1</w:t>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale de la réponse du PPS Pegasor à la nature et au diamètre des agrégats de suie</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N Dreuille</w:t>
+                <w:t xml:space="preserve">Structural and chemical characterization of soot particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chazallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ziskind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">Aerosol Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId586" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675847v1</w:t>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speciation of soot aggregates in terms of organic compounds and textural properties by analysis of the visible extinction spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Light Scattering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Bremen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude par ombroscopie du phénomène de bullage à la surface d'un échantillon de PMMA lors de sa dégradation thermique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Etude expérimentale de la réponse du PPS Pegasor à la nature et au diamètre des agrégats de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Dreuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Feux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Bourges, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675844v1</w:t>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical and structural characterization of airplane soot and surrogates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude par ombroscopie du phénomène de bullage à la surface d'un échantillon de PMMA lors de sa dégradation thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Rutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Milan, Italy</w:t>
+              <w:t xml:space="preserve">GDR Feux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Bourges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId593" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675845v1</w:t>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and chemical characterization of soot particles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId539" w:history="1">
+                <w:t xml:space="preserve">Chemical and structural characterization of airplane soot and surrogates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.K. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chazallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Irimiea</w:t>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ziskind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge Partcle Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675838v1</w:t>
+                <w:t xml:space="preserve">hal-01675845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination des propriétés optiques des nanoparticules de suie générées par le miniCAST par analyse du spectre d’extinction de la lumière</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structural and chemical characterization of soot particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Focsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chazallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">Cambridge Partcle Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675849v1</w:t>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the internal multiple scattering on the absorption and scattering properties of soot fractal aggregates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franklin Liu</w:t>
+                <w:t xml:space="preserve">Détermination des propriétés optiques des nanoparticules de suie générées par le miniCAST par analyse du spectre d’extinction de la lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop and Meeting on Laser Induced Incandescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Ven, Sweden</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675854v1</w:t>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet MERMOSE : Caractérisation des émissions particulaires en sortie d'un moteur aéronautique civil; de la morphologie à la composition chimique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of the internal multiple scattering on the absorption and scattering properties of soot fractal aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">International Workshop and Meeting on Laser Induced Incandescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Ven, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675856v1</w:t>
+                <w:t xml:space="preserve">hal-01675854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les propriétés radiatives des nanoparticules de suie</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Projet MERMOSE : Caractérisation des émissions particulaires en sortie d'un moteur aéronautique civil; de la morphologie à la composition chimique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Salm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">journées GFC - SFT - GDR ACCORT : Rayonnement thermique en milieu semi-transparent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682884v1</w:t>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative Properties of Soot Fractal Aggregates Formed by Polydisperse Point‐Touch Spherical Particles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les propriétés radiatives des nanoparticules de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Association for Aerosol Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Orlando, Florida, Unknown Region</w:t>
+              <w:t xml:space="preserve">journées GFC - SFT - GDR ACCORT : Rayonnement thermique en milieu semi-transparent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675853v1</w:t>
+                <w:t xml:space="preserve">hal-01682884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet mermose: caractérisation des émissions particulaires en sortie d'un moteur aéronautique civil ; de la morphologie à la composition chimique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiative Properties of Soot Fractal Aggregates Formed by Polydisperse Point‐Touch Spherical Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ème Congrès Français sur les Aérosols (CFA 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">American Association for Aerosol Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Orlando, Florida, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01083412v1</w:t>
+                <w:t xml:space="preserve">hal-01675853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasibility of Particle Imaging Velocimetry in Cone Calorimeter experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Delcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25366,898 +25310,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet CAHAPS : Caractérisation en ligne de l’Adsorption d’Hydrocarbures Aromatiques Polycycliques par les suies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Domaracka</w:t>
+                <w:t xml:space="preserve">Projet mermose: caractérisation des émissions particulaires en sortie d'un moteur aéronautique civil ; de la morphologie à la composition chimique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Salm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">29ème Congrès Français sur les Aérosols (CFA 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675855v1</w:t>
+                <w:t xml:space="preserve">hal-01083412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MERMOSE project: characterization of particulate emissions of a commercial aircraft engine: from morphology to chemical composition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Penanhoat</w:t>
+                <w:t xml:space="preserve">Projet CAHAPS : Caractérisation en ligne de l’Adsorption d’Hydrocarbures Aromatiques Polycycliques par les suies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Saidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Philippe Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Huber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Domaracka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId612" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675857v1</w:t>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination optique des propriétés d’absorption des agrégats de suies basée sur la méthode LII avec prise en compte de leur morphologie</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The MERMOSE project: characterization of particulate emissions of a commercial aircraft engine: from morphology to chemical composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gaffié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Penanhoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier propriétés optique des aérosols carbonés, LEFE/CHAT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Aerosol Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId615" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682854v1</w:t>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse automatisée des images de particules de suie obtenues au microscope électronique en transmission : Application à la détermination de la taille des particules primaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Détermination optique des propriétés d’absorption des agrégats de suies basée sur la méthode LII avec prise en compte de leur morphologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Atelier propriétés optique des aérosols carbonés, LEFE/CHAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId617" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675860v1</w:t>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Raman Microscopy to Study the Structure of Airplane Soot and Surrogates</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
+                <w:t xml:space="preserve">Analyse automatisée des images de particules de suie obtenues au microscope électronique en transmission : Application à la détermination de la taille des particules primaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Aerosol Conference 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Busan, South Korea</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01071672v1</w:t>
+                <w:t xml:space="preserve">hal-01675860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of nanoparticle beams focused with an aerodynamic lens system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.-L. Lacour</w:t>
+                <w:t xml:space="preserve">Using Raman Microscopy to Study the Structure of Airplane Soot and Surrogates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chazallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol technology 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">International Aerosol Conference 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01095250v1</w:t>
+                <w:t xml:space="preserve">hal-01071672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of optical properties for miniCAST soot generator by coupling extinction‐light scattering method</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of nanoparticle beams focused with an aerodynamic lens system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-A. Barreda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Sirven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">Aerosol technology 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId623" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675859v1</w:t>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01095250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unification of effective density measurements for soot particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -26289,1365 +26237,1365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale sur le comportement thermophorétique d’agrégats de nanoparticules</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Gensdarmes</w:t>
+                <w:t xml:space="preserve">Determination of optical properties for miniCAST soot generator by coupling extinction‐light scattering method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ContaminExpert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Aerosol Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675870v1</w:t>
+                <w:t xml:space="preserve">hal-01675859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties of smokes emitted during smoke‐chamber tests</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Etude spectrale de la densité optique des aérosols de fumée d’incendie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Seventh Triennial International Fire &amp; Cabin Safety Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Philadelphie (USA), Unknown Region</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId627" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675865v1</w:t>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude par rayonnement synchrotron X d'aerosols carbonés nanostructures fraichement émis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F.‐a. Barreda</w:t>
+                <w:t xml:space="preserve">Properties of smokes emitted during smoke‐chamber tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Moraine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">The Seventh Triennial International Fire &amp; Cabin Safety Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Philadelphie (USA), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId629" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675863v1</w:t>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude spectrale de la densité optique des aérosols de fumée d’incendie</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Talbaut</w:t>
+                <w:t xml:space="preserve">Etude par rayonnement synchrotron X d'aerosols carbonés nanostructures fraichement émis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.‐a. Barreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X.‐j. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId632" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675867v1</w:t>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the role played by multiple scattering on the radiative properties of soot fractal aggregates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude expérimentale sur le comportement thermophorétique d’agrégats de nanoparticules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gensdarmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Prague, Rep. Tchèque, Unknown Region</w:t>
+              <w:t xml:space="preserve">ContaminExpert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId633" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675864v1</w:t>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de la vitesse de remise en suspension des particules pendant la dégradation des polymères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Incendie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Poitier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId637" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X‐ray study of freshly emitted carbonaceous nano‐aerosols by synchrotron radiation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">X.‐j. Liu</w:t>
+                <w:t xml:space="preserve">Evaluation of the role played by multiple scattering on the radiative properties of soot fractal aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Prague, Rep. Tchèque, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId637" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675862v1</w:t>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatized determination of the primary particles size of soot aggregates by TEM image analysis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X‐ray study of freshly emitted carbonaceous nano‐aerosols by synchrotron radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.‐a. Barreda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X.‐j. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Prague, Rep. Tchèque, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675868v1</w:t>
+                <w:t xml:space="preserve">hal-01675862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the soot size distribution in flames by inversion of angular light scattering</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">K. Ren</w:t>
+                <w:t xml:space="preserve">Automatized determination of the primary particles size of soot aggregates by TEM image analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIP : Lasers and Interactions with Particles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Rouen, Unknown Region</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Prague, Rep. Tchèque, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675877v1</w:t>
+                <w:t xml:space="preserve">hal-01675868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description de la structure morphologique d'agrégats de nanoparticules : Une multitude de méthodes expérimentales pour une seule théorie fractale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Etude théorique et expérimentale de la dépolarisation de la lumière par des agrégats fractals de nanoparticules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId641" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682844v1</w:t>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for inferring the soot size distribution by Static Light Scattering : Application to the CAST soot generator</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId634" w:history="1">
+                <w:t xml:space="preserve">Measurement of the soot size distribution in flames by inversion of angular light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop LII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Le Touquet, France</w:t>
+              <w:t xml:space="preserve">LIP : Lasers and Interactions with Particles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Rouen, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675875v1</w:t>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la vitesse de thermophorèse d’agrégats de suie de combustion avec un SpectroMètre Thermophorétique Circulaire (SMTC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gendarmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27666,148 +27614,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of thermophoretic velocity of soot particles with a new device: the radial flow thermophoretic analyser</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Description de la structure morphologique d'agrégats de nanoparticules : Une multitude de méthodes expérimentales pour une seule théorie fractale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Coppalle</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Grenada, Spain</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675871v1</w:t>
+                <w:t xml:space="preserve">hal-01682844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MERMOSE project: Investigation on particulate matter emitted from aircraft engines and contrails formation</w:t>
               </w:r>
@@ -27912,1331 +27834,1357 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude théorique et expérimentale de la dépolarisation de la lumière par des agrégats fractals de nanoparticules</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A method for inferring the soot size distribution by Static Light Scattering : Application to the CAST soot generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop LII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Le Touquet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675880v1</w:t>
+                <w:t xml:space="preserve">hal-01675875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and experimental study of light depolarization by nanoparticle fractal aggregates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of thermophoretic velocity of soot particles with a new device: the radial flow thermophoretic analyser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gensdarmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIP : Lasers and Interactions with Particles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Rouen, France</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Grenada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675874v1</w:t>
+                <w:t xml:space="preserve">hal-01675871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId655" w:history="1">
+            <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination in‐situ de la distribution des particules de suie par analyse du signal de diffusion angulaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">Theoretical and experimental study of light depolarization by nanoparticle fractal aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">LIP : Lasers and Interactions with Particles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId655" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675878v1</w:t>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the dimensionless extinction coefficient for soot generated by a PMMA flame</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Détermination in‐situ de la distribution des particules de suie par analyse du signal de diffusion angulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop LII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Le Touquet, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675881v1</w:t>
+                <w:t xml:space="preserve">hal-01675878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D study of fractal combustion aerosols using Electron Tomography</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Determination of the dimensionless extinction coefficient for soot generated by a PMMA flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Unknown, Spain</w:t>
+              <w:t xml:space="preserve">Workshop LII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Le Touquet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675876v1</w:t>
+                <w:t xml:space="preserve">hal-01675881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral study of the smoke optical density in non‐flaming condition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">3D study of fractal combustion aerosols using Electron Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Asia‐Oceania Symposium on Fire Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Hefei, China</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Unknown, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675872v1</w:t>
+                <w:t xml:space="preserve">hal-01675876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure des champs 2D de concentration de particules de suies par incandescence induite par laser dans une flamme de paroi verticale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId570" w:history="1">
+                <w:t xml:space="preserve">Spectral study of the smoke optical density in non‐flaming condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J Yon</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">9th Asia‐Oceania Symposium on Fire Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Hefei, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId660" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675889v1</w:t>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Interaction of UV and Soft X-Rays with Interstellar Dust : Experimental Models and Results</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesure des champs 2D de concentration de particules de suies par incandescence induite par laser dans une flamme de paroi verticale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th SOLEIL Users' Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00706633v1</w:t>
+                <w:t xml:space="preserve">hal-01675889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophoresis of non‐spherical particle: experimental prospect on soot particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gendarmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Manchester (UK), Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId666" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualisation d'agrégats de nanoparticules en microscopie eléctronique à transmission : De la 2D à la 3D</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The Interaction of UV and Soft X-Rays with Interstellar Dust : Experimental Models and Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Brian Alexander Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sublemontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId665" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassen Saidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. W. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">7th SOLEIL Users' Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId666" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675885v1</w:t>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00706633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId668" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théories et expériences relatives à la thermophorèse de particules sphériques et non‐sphériques : état de l’art et perspectives d’expérimentations sur les aérosols de combustion</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Visualisation d'agrégats de nanoparticules en microscopie eléctronique à transmission : De la 2D à la 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A Coppalle</w:t>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Frebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pontreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId668" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675888v1</w:t>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés optiques des suies dans le domaine 300‐1000nm, application aux incendies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Incendie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -29255,4225 +29203,4337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation et caractérisation in-situ des agrégats de suie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Théories et expériences relatives à la thermophorèse de particules sphériques et non‐sphériques : état de l’art et perspectives d’expérimentations sur les aérosols de combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brugiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gendarmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Caumont-Prim</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFVL (29ème Journée Thématique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Rouen, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682873v1</w:t>
+                <w:t xml:space="preserve">hal-01675888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of soot size distribution in flames by inversion of angular light scattering</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Formation et caractérisation in-situ des agrégats de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">K.‐f. Ren</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Caumont-Prim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELS 13th (Electromagnetic and Light Scattering)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Taormina, Italy</w:t>
+              <w:t xml:space="preserve">AFVL (29ème Journée Thématique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675884v1</w:t>
+                <w:t xml:space="preserve">hal-01682873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId673" w:history="1">
+            <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the refractive index of soot particles in the visble spectrum by extinction spectra</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId634" w:history="1">
+                <w:t xml:space="preserve">Measurements of soot size distribution in flames by inversion of angular light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">G. Martel</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.‐f. Ren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Manchester (UK), Unknown Region</w:t>
+              <w:t xml:space="preserve">ELS 13th (Electromagnetic and Light Scattering)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Taormina, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId673" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675882v1</w:t>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic tomography of nanoparticles aggregates: from 2D to 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId676" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yon J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId667" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Frebourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pontreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Manchester (UK), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId677" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des agrégats de suie : Présentation (non exhaustive) des moyens métrologiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Determination of the refractive index of soot particles in the visble spectrum by extinction spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId677" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire au LCPP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Manchester (UK), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId677" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682698v1</w:t>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the refractive index wavelength dependence of Diesel and Diester soot by extinction spectra analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">Validation of the values of the refractive index fuction ratios E(m,266)/E(m,532) and E(m,532)/E(m,1064) for the measurement of fluorescent species in liquid spray flames by coupling Laser Induced Incandescence and Fluorescence (LII/LIF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Amodeo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop LII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Varena, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675891v1</w:t>
+                <w:t xml:space="preserve">hal-01675892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the values of the refractive index fuction ratios E(m,266)/E(m,532) and E(m,532)/E(m,1064) for the measurement of fluorescent species in liquid spray flames by coupling Laser Induced Incandescence and Fluorescence (LII/LIF)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">Determination of the refractive index wavelength dependence of Diesel and Diester soot by extinction spectra analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Amodeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop LII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Varena, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675892v1</w:t>
+                <w:t xml:space="preserve">hal-01675891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative properties of under-ventilated fire smoke</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des agrégats de suie : Présentation (non exhaustive) des moyens métrologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fire and Explosion Hazards</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Leeds, United Kingdom. pp</w:t>
+              <w:t xml:space="preserve">Séminaire au LCPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00471525v1</w:t>
+                <w:t xml:space="preserve">hal-01682698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId683" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayonnement des suies dans les flammes : Evaluation de l’émissivité totale des suies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des agrégats de suie. Présentation (non exhaustive) des moyens métrologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFC-SFT </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Saint Etienne du Rouvray, France</w:t>
+              <w:t xml:space="preserve">Séminaire invité au PC2A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId683" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682899v1</w:t>
+            <w:hyperlink r:id="rId682" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId685" w:history="1">
+            <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des agrégats de suie. Présentation (non exhaustive) des moyens métrologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Radiative properties of under-ventilated fire smoke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire invité au PC2A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">Fire and Explosion Hazards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Leeds, United Kingdom. pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId685" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682703v1</w:t>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00471525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId686" w:history="1">
+            <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la cinétique d'agglomeration des nanoparticules et de leurs propriétés morphologiques à l'aide d'un code DLCA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Rayonnement des suies dans les flammes : Evaluation de l’émissivité totale des suies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">M. Talbaut</w:t>
+            <w:hyperlink r:id="rId686" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ren Kuanfang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">GFC-SFT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Saint Etienne du Rouvray, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId686" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675894v1</w:t>
+            <w:hyperlink r:id="rId685" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId688" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la méthode d'échantillonnage sur les caractéristiques morphologiques d'agrégats de nature fractale. Etude par microscopie électronique en transmission.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Coppalle</w:t>
+                <w:t xml:space="preserve">Etude de la cinétique d'agglomeration des nanoparticules et de leurs propriétés morphologiques à l'aide d'un code DLCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.‐x. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId688" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675893v1</w:t>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId690" w:history="1">
+            <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the correspondence between gyration and mobility diameters of monodisperse fractal aggregates by Static Light Scattering</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Coppalle</w:t>
+                <w:t xml:space="preserve">Influence de la méthode d'échantillonnage sur les caractéristiques morphologiques d'agrégats de nature fractale. Etude par microscopie électronique en transmission.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ausset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId690" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675895v1</w:t>
+            <w:hyperlink r:id="rId689" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des agrégats de suie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Measurement of the correspondence between gyration and mobility diameters of monodisperse fractal aggregates by Static Light Scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.‐f. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique de l'IRSN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Arles, France</w:t>
+              <w:t xml:space="preserve">IAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682696v1</w:t>
+                <w:t xml:space="preserve">hal-01675895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation physique des agrégats de suie dans les flammes par analyse angulaire de la diffusion de la lumière</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A Coppalle</w:t>
+                <w:t xml:space="preserve">Caractérisation des agrégats de suie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique de l'IRSN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Arles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675896v1</w:t>
+                <w:t xml:space="preserve">hal-01682696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId694" w:history="1">
+            <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations liant les caractéristiques bidimensionnelles aux caractéristiques tridimensionnelles des agrégats de nature fractale.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Caractérisation physique des agrégats de suie dans les flammes par analyse angulaire de la diffusion de la lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">, 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId694" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675902v1</w:t>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the refractive index of kerosene and ethylene soot by extinction spectra</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">Measurement of the mass specific extinction coefficient of acetylene, toluene and polymethyl methacrylate soot particles in visible and near‐infrared wavelengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A Coppalle</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vendel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">IAFSS (The 9th International Symposium on Fire Safety Science )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, University of Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675898v1</w:t>
+                <w:t xml:space="preserve">hal-01675900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId697" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the mass specific extinction coefficient of acetylene, toluene and polymethyl methacrylate soot particles in visible and near‐infrared wavelengths</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId367" w:history="1">
+                <w:t xml:space="preserve">Relations liant les caractéristiques bidimensionnelles aux caractéristiques tridimensionnelles des agrégats de nature fractale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.‐x. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAFSS (The 9th International Symposium on Fire Safety Science )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, University of Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId697" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675900v1</w:t>
+            <w:hyperlink r:id="rId696" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId698" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the optical properties of soot particles. Application to the optical index determination taking into account their agglomerate structure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId696" w:history="1">
+                <w:t xml:space="preserve">Determination of the refractive index of kerosene and ethylene soot by extinction spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Maugendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm (5th European Thermal‐Sciences Conference)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Eindhoven, Netherlands</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId698" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675897v1</w:t>
+            <w:hyperlink r:id="rId697" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension de l’applicabilité de la RDG‐FA à des agrégats constitués de gros monomères avec prise en compte des interactions lumineuses multiples au sein des agrégats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Talbaut</w:t>
+                <w:t xml:space="preserve">Measurement of the optical properties of soot particles. Application to the optical index determination taking into account their agglomerate structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId698" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Maugendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">Eurotherm (5th European Thermal‐Sciences Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675901v1</w:t>
+                <w:t xml:space="preserve">hal-01675897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and experimental approach for the determination of the gyration / mobility ratio of soot representative diameters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Gensdarmes</w:t>
+                <w:t xml:space="preserve">Extension de l’applicabilité de la RDG‐FA à des agrégats constitués de gros monomères avec prise en compte des interactions lumineuses multiples au sein des agrégats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675899v1</w:t>
+                <w:t xml:space="preserve">hal-01675901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId702" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des particules de suie issues de la combustion du kérosène (sur la calibration des mesures optiques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">Theoretical and experimental approach for the determination of the gyration / mobility ratio of soot representative diameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId702" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Weill</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gensdarmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Paris, Région indéterminée</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId702" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675904v1</w:t>
+            <w:hyperlink r:id="rId701" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the physical properties of soot aggregates (morphology, size distribution, mass concentration and optical properties). Application to radiative transfer in flames smokes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Comparison of two different methods for the determination of the fractal dimension of soot aggregates: TEM measurements and serial analysis of the aerodynamic and electrical mobility diameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Incendie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, ENSMA, Poitiers, France</w:t>
+              <w:t xml:space="preserve">IAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Minnesota (USA), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675908v1</w:t>
+                <w:t xml:space="preserve">hal-01675907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two different methods for the determination of the fractal dimension of soot aggregates: TEM measurements and serial analysis of the aerodynamic and electrical mobility diameters</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Determination of the physical properties of soot aggregates (morphology, size distribution, mass concentration and optical properties). Application to radiative transfer in flames smokes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Weill</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Minnesota (USA), Unknown Region</w:t>
+              <w:t xml:space="preserve">GDR Incendie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, ENSMA, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675907v1</w:t>
+                <w:t xml:space="preserve">hal-01675908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the optical properties of soot particles. Application to the optical index determination taking into account their agglomerate structure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des particules de suie issues de la combustion du kérosène (sur la calibration des mesures optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId698" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Maugendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Weill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Vendel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm78 – Computational Thermal Radiation in Participating Media II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Poitiers, France</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675906v1</w:t>
+                <w:t xml:space="preserve">hal-01675904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des particules de suie émises dans un foyer sur‐ventilé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of the optical properties of soot particles. Application to the optical index determination taking into account their agglomerate structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vendel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">Eurotherm78 – Computational Thermal Radiation in Participating Media II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675905v1</w:t>
+                <w:t xml:space="preserve">hal-01675906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Quantities and Properties of Soot Generated by an APU</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des particules de suie émises dans un foyer sur‐ventilé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROPEAN COMBUSTION MEETING "ECM2005"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Louvain‐la‐Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675909v1</w:t>
+                <w:t xml:space="preserve">hal-01675905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerodynamical Characterisation of the initiale zone of a large diameter ratio annular jet</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Paranthoen</w:t>
+                <w:t xml:space="preserve">Determination of Quantities and Properties of Soot Generated by an APU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on flow visualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, University of Notre Dame, Indiana, USA, Unknown Region</w:t>
+              <w:t xml:space="preserve">EUROPEAN COMBUSTION MEETING "ECM2005"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Louvain‐la‐Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675912v1</w:t>
+                <w:t xml:space="preserve">hal-01675909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spray Sizing by imaging : Focusing and droplet image superposition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.B. Blaisot</w:t>
+                <w:t xml:space="preserve">Aerodynamical Characterisation of the initiale zone of a large diameter ratio annular jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId710" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Patte‐rouland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lalizel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId711" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Rouland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Paranthoen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Nottingham (UK), United Kingdom</w:t>
+              <w:t xml:space="preserve">11th International Symposium on flow visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, University of Notre Dame, Indiana, USA, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId712" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675911v1</w:t>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entropy based image analysis for the near field of direct injection Diesel jet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spray Sizing by imaging : Focusing and droplet image superposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Blaisot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, Nottingham (UK), Unknown Region</w:t>
+              <w:t xml:space="preserve">, Sep 2004, Nottingham (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675910v1</w:t>
+                <w:t xml:space="preserve">hal-01675911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statisical morphological determination of the growth rate of the interfacial disturbance of an excited Rayleigh jet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">Entropy based image analysis for the near field of direct injection Diesel jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.B. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluvisu &amp; 4th PSFVIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Chamonix, France</w:t>
+              <w:t xml:space="preserve">ILASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Nottingham (UK), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675914v1</w:t>
+                <w:t xml:space="preserve">hal-01675910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological Analaysis of the Diesel Jet at the nozzle outlet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">A statisical morphological determination of the growth rate of the interfacial disturbance of an excited Rayleigh jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lalizel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLASS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Sorrento, Italy</w:t>
+              <w:t xml:space="preserve">Fluvisu &amp; 4th PSFVIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675913v1</w:t>
+                <w:t xml:space="preserve">hal-01675914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">External and internal behaviour of the near Field Diesel Jet at High injection pressure : Dual source vizualization and multiple angles tomographic experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+                <w:t xml:space="preserve">Morphological Analaysis of the Diesel Jet at the nozzle outlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Blaisot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Ledoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Zaragossa, Spain</w:t>
+              <w:t xml:space="preserve">ICLASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Sorrento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675915v1</w:t>
+                <w:t xml:space="preserve">hal-01675913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granulométrie et Morphologie des Sprays par Imagerie</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.‐b. Blaisot</w:t>
+                <w:t xml:space="preserve">External and internal behaviour of the near Field Diesel Jet at High injection pressure : Dual source vizualization and multiple angles tomographic experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ledoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLUVISU : 9ème colloque francophone sur la visualisation des fluides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, St Etienne du Rouvray, France</w:t>
+              <w:t xml:space="preserve">ILASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Zaragossa, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675916v1</w:t>
+                <w:t xml:space="preserve">hal-01675915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Granulométrie et Morphologie des Sprays par Imagerie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId719" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.‐b. Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLUVISU : 9ème colloque francophone sur la visualisation des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, St Etienne du Rouvray, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId718" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId720" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Images of Air Bubbles Included in a Cylindrical Liquid Jet : First Steps for Improving the Caracterisation of the cavitation phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId718" w:history="1">
+            <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.‐b. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Zurich, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (65)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (66)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId720" w:history="1">
+            <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the soot composition and morphology on its oxidation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Backscattering by Soot Fractal Aggregates: A Model for Lidar Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Ceolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew J Berg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop LII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Muskoka, Canada</w:t>
+              <w:t xml:space="preserve">AAAR 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Buffalo, United States. pp.730, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId720" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04629615v1</w:t>
+            <w:hyperlink r:id="rId721" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId721" w:history="1">
+            <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of self-absorption on soot sizing by angular light scattering in a laminar axisymmetric diffusion flame</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of the soot composition and morphology on its oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Milan, Italy</w:t>
+              <w:t xml:space="preserve">Workshop LII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Muskoka, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId721" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691699v1</w:t>
+            <w:hyperlink r:id="rId722" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId727" w:history="1">
+            <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavity-enhanced multi-wavelength light extinction and scattering measurements for drone-based soot particle characterization in smoke plumes during large scale fires</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of self-absorption on soot sizing by angular light scattering in a laminar axisymmetric diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littin Mijail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId725" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poux Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId726" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lefevre Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId727" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazur Marek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId728" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuentes Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference - Laser Diagnostics in Energy and Combustion Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Newry, United States</w:t>
+              <w:t xml:space="preserve">40th International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId727" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04463439v1</w:t>
+            <w:hyperlink r:id="rId723" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId728" w:history="1">
+            <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral and angular analysis of non-linear optical response for soot exposed to femtosecond laser ligh</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+                <w:t xml:space="preserve">Cavity-enhanced multi-wavelength light extinction and scattering measurements for drone-based soot particle characterization in smoke plumes during large scale fires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECM 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rouen (France), France</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference - Laser Diagnostics in Energy and Combustion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Newry, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId728" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04085442v1</w:t>
+            <w:hyperlink r:id="rId729" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId729" w:history="1">
+            <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral and angular analysis of non-linear optical response of soot exposed to femtosecond laser light</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effects of soot coalescence process on a non-premixed Jet A-1 coflow flame using a sectional particle dynamics model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Demarco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting (ECM2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
+              <w:t xml:space="preserve">ECM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rouen (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId729" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04679168v1</w:t>
+            <w:hyperlink r:id="rId730" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId730" w:history="1">
+            <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a multi-wavelength optical cavity embeddable on a UAV for the characterization of soot particles in smoke plumes during industrial fires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -33515,2085 +33575,2068 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECM 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId730" w:history="1">
+            <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId731" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of soot coalescence process on a non-premixed Jet A-1 coflow flame using a sectional particle dynamics model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spectral and angular analysis of non-linear optical response of soot exposed to femtosecond laser light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECM 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rouen (France), France</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting (ECM2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId731" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04085439v1</w:t>
+            <w:hyperlink r:id="rId732" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId732" w:history="1">
+            <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling Extinction and Angular Static Light Scattering measurements for the characterization (2D) of soot nanoparticles in a flame.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+                <w:t xml:space="preserve">Spectral and angular analysis of non-linear optical response for soot exposed to femtosecond laser ligh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECM 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
+              <w:t xml:space="preserve">, Apr 2023, Rouen (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId732" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04085433v1</w:t>
+            <w:hyperlink r:id="rId733" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId733" w:history="1">
+            <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Maturity on the Measurements of Soot Volume Fraction by the Auto-compensating Laser-induced Incandescence Technique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Felipe Escudero</w:t>
+                <w:t xml:space="preserve">Coupling Extinction and Angular Static Light Scattering measurements for the characterization (2D) of soot nanoparticles in a flame.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mijail Littin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAAR 40th Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Raleigh, United States</w:t>
+              <w:t xml:space="preserve">ECM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId733" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763764v1</w:t>
+            <w:hyperlink r:id="rId734" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId734" w:history="1">
+            <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van der Waals interaction forces between raspberry-like Agglomerates of Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reza M. R. Kholghy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2022 - Congres Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId734" w:history="1">
+            <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03665520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId735" w:history="1">
+            <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage de mesures d’Extinction et de Diffusion Angulaire de la lumière pour la caractérisation (2D) de nanoparticules de suie dans une flamme</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effect of Maturity on the Measurements of Soot Volume Fraction by the Auto-compensating Laser-induced Incandescence Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Andrew Sipkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Nice 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">AAAR 40th Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Raleigh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId735" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719438v1</w:t>
+            <w:hyperlink r:id="rId736" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId736" w:history="1">
+            <w:hyperlink r:id="rId737" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of Macroscale and nanoscale simulations of soot formation in a diffusion flame</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+                <w:t xml:space="preserve">Couplage de mesures d’Extinction et de Diffusion Angulaire de la lumière pour la caractérisation (2D) de nanoparticules de suie dans une flamme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Optique Nice 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId736" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03665523v1</w:t>
+            <w:hyperlink r:id="rId737" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId737" w:history="1">
+            <w:hyperlink r:id="rId738" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
+                <w:t xml:space="preserve">Coupling of Macroscale and nanoscale simulations of soot formation in a diffusion flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Henry</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Cepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, online presentation, United Kingdom</w:t>
+              <w:t xml:space="preserve">CFA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId737" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351023v1</w:t>
+            <w:hyperlink r:id="rId738" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId738" w:history="1">
+            <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific surface area of combustion generated soot particles determined by TEM image analysis: Effects of primary particle overlapping and necking</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Aachen, Germany</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, online presentation, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId738" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02914157v1</w:t>
+            <w:hyperlink r:id="rId739" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId741" w:history="1">
+            <w:hyperlink r:id="rId740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical differentiation of the solid and gas-phase fractions in combustion exhausts using a two-filter collection system and mass spectrometry techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhdan Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linhdan Ngo</w:t>
+                <w:t xml:space="preserve">Duca Dimitriu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duca Dimitriu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Claire Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vojkovik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Aix-la-Chapelle, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId741" w:history="1">
+            <w:hyperlink r:id="rId740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId745" w:history="1">
+            <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific surface area of fire emitted particles: impact of primary particle diameter and organic content</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Lintis</w:t>
+                <w:t xml:space="preserve">Specific surface area of combustion generated soot particles determined by TEM image analysis: Effects of primary particle overlapping and necking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel C Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId745" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coll I.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prem Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Vallieres</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. J. Smallwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId745" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275884v1</w:t>
+            <w:hyperlink r:id="rId744" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods for the separation of gaseous and particulate-bound species in combustion emissions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving Monte Carlo simulations for an accurate modeling of nanoparticles coagulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Carbonaceous Particles in the Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">EAC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04530584v1</w:t>
+                <w:t xml:space="preserve">hal-02275879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId753" w:history="1">
+            <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approach based on k-Kӧhler theory for calculating CCN activation curves that considers the dry particle size distribution and morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId754" w:history="1">
+            <w:hyperlink r:id="rId749" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wu J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId755" w:history="1">
+            <w:hyperlink r:id="rId750" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faccinetto A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756" w:history="1">
+            <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grimonprez S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId757" w:history="1">
+            <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batut S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId676" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yon J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId753" w:history="1">
+            <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04530540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId758" w:history="1">
+            <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Monte Carlo simulations for an accurate modeling of nanoparticles coagulation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Methods for the separation of gaseous and particulate-bound species in combustion emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId754" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carpentier Y.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId755" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngo L.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId756" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duca D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId757" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noble J. A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId758" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vojkovic M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">12th International Conference on Carbonaceous Particles in the Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId758" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275879v1</w:t>
+            <w:hyperlink r:id="rId753" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine and ultrafine particles issued from oil fuels and second-generation biofuels combustion: development of a standardized tool to evaluate particles toxicity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Teresa Juarez-Facio</w:t>
+                <w:t xml:space="preserve">Specific surface area of fire emitted particles: impact of primary particle diameter and organic content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lintis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Malleter</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">C. Vallieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotox</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">EAC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02288125v1</w:t>
+                <w:t xml:space="preserve">hal-02275884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId763" w:history="1">
+            <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particulate and Gas Phase Separation in Simultaneous Sampling of Combustion Byproducts: New Insights into Chemical Composition by Mass Spectrometric Analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Linhdan Ngo</w:t>
+                <w:t xml:space="preserve">Fine and ultrafine particles issued from oil fuels and second-generation biofuels combustion: development of a standardized tool to evaluate particles toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Teresa Juarez-Facio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId762" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Malleter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId763" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher P. Rüger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duca Dumitru</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Abd Raouf Ikhenazene</w:t>
+                <w:t xml:space="preserve">Jean Marie Vaugeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10TH INTERNATIONAL AEROSOL CONFERENCE (IAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, St. Louis, United States</w:t>
+              <w:t xml:space="preserve">Eurotox</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId763" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02169950v1</w:t>
+            <w:hyperlink r:id="rId761" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId767" w:history="1">
+            <w:hyperlink r:id="rId765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The morphology of soot aggregates generated in ethylene and propane inverse diffusion flames at different oxygen indexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+                <w:t xml:space="preserve">Particulate and Gas Phase Separation in Simultaneous Sampling of Combustion Byproducts: New Insights into Chemical Composition by Mass Spectrometric Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer A. Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhdan Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId766" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duca Dumitru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Vojkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cortés</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abd Raouf Ikhenazene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LII workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Tutzing, Germany</w:t>
+              <w:t xml:space="preserve">10TH INTERNATIONAL AEROSOL CONFERENCE (IAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, St. Louis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId767" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815368v1</w:t>
+            <w:hyperlink r:id="rId765" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02169950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId769" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine and ultrafine particles issued from oil fuels and second-generation biofuels combustion: a comparative study of the physico-chemical and in vitro toxicological characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Teresa Juarez-Facio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId760" w:history="1">
+            <w:hyperlink r:id="rId762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Malleter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Ruger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Vaugeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Suie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t>
@@ -35616,1635 +35659,1635 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a combined investigation of soot particles and precursors produced by a swirled biofuel flame by in-situ LII/LIF and on-line L2MS</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The morphology of soot aggregates generated in ethylene and propane inverse diffusion flames at different oxygen indexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carlos Moran Cofré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId772" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId616" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journée François Lacas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">LII workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Tutzing, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01701949v1</w:t>
+                <w:t xml:space="preserve">hal-01815368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId772" w:history="1">
+            <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the OC/EC ratio of soot particles generated by miniCAST and coating of these soot particles by an organic material on LII measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Towards a combined investigation of soot particles and precursors produced by a swirled biofuel flame by in-situ LII/LIF and on-line L2MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhdan Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LII workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Tutzing, Germany</w:t>
+              <w:t xml:space="preserve"> Journée François Lacas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId772" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815355v1</w:t>
+            <w:hyperlink r:id="rId773" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId773" w:history="1">
+            <w:hyperlink r:id="rId774" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine and ultrafine particles issued from oil fuels and second-generation biofuels combustion: comparative study of the physicochemical and in vitro toxicological characteristics</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impact of the OC/EC ratio of soot particles generated by miniCAST and coating of these soot particles by an organic material on LII measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Monteil</w:t>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Irimea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Scientifique IEPE Les nouveaux carburants : quelles alternatives?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Saint Etienne du Rouvrau, France</w:t>
+              <w:t xml:space="preserve">LII workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Tutzing, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId773" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01930331v1</w:t>
+            <w:hyperlink r:id="rId774" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light extinction enhancement of miniCAST soot particles by oleic acid coating</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Fine and ultrafine particles issued from oil fuels and second-generation biofuels combustion: comparative study of the physicochemical and in vitro toxicological characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId776" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Teresa Juarez Facio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId762" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Malleter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId770" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Ruger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Monteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Thématique "la suie"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Obernai, France. 2017</w:t>
+              <w:t xml:space="preserve">Forum Scientifique IEPE Les nouveaux carburants : quelles alternatives?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Saint Etienne du Rouvrau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682425v1</w:t>
+                <w:t xml:space="preserve">hal-01930331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId776" w:history="1">
+            <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des composés oxygénés sur les émissions polluantes gazeuses et particulaires d’un moteur à injection directe d’essence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId777" w:history="1">
+            <w:hyperlink r:id="rId778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Domingues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId778" w:history="1">
+            <w:hyperlink r:id="rId779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Onfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId779" w:history="1">
+            <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Thématiques Combustion des biocarburants, de la biomasse et de ses dérivés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId776" w:history="1">
+            <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02063338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId780" w:history="1">
+            <w:hyperlink r:id="rId781" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot volume fraction and particle size distribution in turbulent flames using LII, PPS, and SMPS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Light extinction enhancement of miniCAST soot particles by oleic acid coating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting (8th)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Ecole Thématique "la suie"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Obernai, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId780" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01808019v1</w:t>
+            <w:hyperlink r:id="rId781" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId781" w:history="1">
+            <w:hyperlink r:id="rId782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the coupled SLS/LII techniques to investigate the soot concentration and size in a rapid compression machine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Soot volume fraction and particle size distribution in turbulent flames using LII, PPS, and SMPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.A. Mulla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lecordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Workshop on Laser-Induced Incandescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lac Tahoe, United States. 2016</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting (8th)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId781" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682432v1</w:t>
+            <w:hyperlink r:id="rId782" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId784" w:history="1">
+            <w:hyperlink r:id="rId783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking structural and chemical characteristics of soot particles to their optical absorption in the UV-visible</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Application of the coupled SLS/LII techniques to investigate the soot concentration and size in a rapid compression machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId784" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId785" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Le Ru</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Tours, France. 2016</w:t>
+              <w:t xml:space="preserve">7th International Workshop on Laser-Induced Incandescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lac Tahoe, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId784" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682428v1</w:t>
+            <w:hyperlink r:id="rId783" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId785" w:history="1">
+            <w:hyperlink r:id="rId786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous measurement of LII and scattering with a single detection by analysing the temporally detected signal</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Linking structural and chemical characteristics of soot particles to their optical absorption in the UV-visible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Marhaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Workshop on Laser-Induced Incandescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lac Tahoe, United States. 2016</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Tours, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId785" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682427v1</w:t>
+            <w:hyperlink r:id="rId786" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId786" w:history="1">
+            <w:hyperlink r:id="rId787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ characterization of soot formation based on the temporal analysis of laser induced incandescence and scattering signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Tours, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId786" w:history="1">
+            <w:hyperlink r:id="rId787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId787" w:history="1">
+            <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical characterization of airplane soot: complete engine versus combustion chamber</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simultaneous measurement of LII and scattering with a single detection by analysing the temporally detected signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Tours, France. 2016</w:t>
+              <w:t xml:space="preserve">7th International Workshop on Laser-Induced Incandescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lac Tahoe, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId787" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682426v1</w:t>
+            <w:hyperlink r:id="rId788" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId788" w:history="1">
+            <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective density measurements of aircraft soot particles and surrogate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Salm</w:t>
+                <w:t xml:space="preserve">Chemical characterization of airplane soot: complete engine versus combustion chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ziskind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Tampere, Finland. 2015</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Tours, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId788" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682435v1</w:t>
+            <w:hyperlink r:id="rId789" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId789" w:history="1">
+            <w:hyperlink r:id="rId790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and Composition of Air-Plane Soots and Surrogates Analyzed by Raman Spectroscopy and Laser/Ions Desorption Mass Spectrometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Focsa</w:t>
+                <w:t xml:space="preserve">Effective density measurements of aircraft soot particles and surrogate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Marhaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Salm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Vienne, Austria. 2015</w:t>
+              <w:t xml:space="preserve">Aerosol Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Tampere, Finland. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId789" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682433v1</w:t>
+            <w:hyperlink r:id="rId790" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId790" w:history="1">
+            <w:hyperlink r:id="rId791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ and ex-situ light extinction measurements in wall fire flames in the visible and near infrared spectra: impact of soot temperature and of combustibile on soot optical properties.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structure and Composition of Air-Plane Soots and Surrogates Analyzed by Raman Spectroscopy and Laser/Ions Desorption Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chazallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Focsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rouen, France. 2015</w:t>
+              <w:t xml:space="preserve">EGU 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Vienne, Austria. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId790" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682439v1</w:t>
+            <w:hyperlink r:id="rId791" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId791" w:history="1">
+            <w:hyperlink r:id="rId792" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suie carbonée aéronautique : production d’analogues de laboratoire et étude de leur propriétés physico-chimiques à l’échelle nanométrique par HRTEM, XPS et NEXAFS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Marhaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -37303,1778 +37346,1774 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe Francophone d’Etude des Carbones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Les Karellis, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId791" w:history="1">
+            <w:hyperlink r:id="rId792" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId792" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation quantitative des mesures de masse volumique effective</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">In-situ and ex-situ light extinction measurements in wall fire flames in the visible and near infrared spectra: impact of soot temperature and of combustibile on soot optical properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valencia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Talbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Suie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Rouen, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId792" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682434v1</w:t>
+            <w:hyperlink r:id="rId793" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId793" w:history="1">
+            <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suie carbonnée aéronautique : production d'analogues de laboratoire et étude de leur propriétés physico-chimiques à l'échelle nanométrique par HRTEM, XPS et NEXAFS.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">I. Marhaba</w:t>
+                <w:t xml:space="preserve">Exploitation quantitative des mesures de masse volumique effective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Suie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Rouen, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId793" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682441v1</w:t>
+            <w:hyperlink r:id="rId794" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId794" w:history="1">
+            <w:hyperlink r:id="rId795" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Characterization of Airplane Soot Particles and Surrogates Using Laser Desorption Ionization and Secondary Ion Mass Spectrometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Faccinetto</w:t>
+                <w:t xml:space="preserve">Suie carbonnée aéronautique : production d'analogues de laboratoire et étude de leur propriétés physico-chimiques à l'échelle nanométrique par HRTEM, XPS et NEXAFS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Marhaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Budapest, Hungary. 2015</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rouen, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId794" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682436v1</w:t>
+            <w:hyperlink r:id="rId795" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId795" w:history="1">
+            <w:hyperlink r:id="rId796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en évidence in-situ d'une phase organique au sein des particules de suie et de sa désorption par couplage de techniques optiques.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Coppalle</w:t>
+                <w:t xml:space="preserve">Chemical Characterization of Airplane Soot Particles and Surrogates Using Laser Desorption Ionization and Secondary Ion Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ziskind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Suie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rouen, France. 2015</w:t>
+              <w:t xml:space="preserve">7th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Budapest, Hungary. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId795" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682442v1</w:t>
+            <w:hyperlink r:id="rId796" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId796" w:history="1">
+            <w:hyperlink r:id="rId797" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of primary particle polydispersity on the absorption cross section of soot aggregate and the implications to the soot absorption function derived from low-fluence LII</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Mise en évidence in-situ d'une phase organique au sein des particules de suie et de sa désorption par couplage de techniques optiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop and Meeting on Laser-Induced Incandescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Ven, Sweden. 2014</w:t>
+              <w:t xml:space="preserve">GDR Suie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rouen, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId796" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682443v1</w:t>
+            <w:hyperlink r:id="rId797" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId797" w:history="1">
+            <w:hyperlink r:id="rId798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role played by multiple scattering on the absorption and scattering properties of soot fractal aggregates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effect of primary particle polydispersity on the absorption cross section of soot aggregate and the implications to the soot absorption function derived from low-fluence LII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franklin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Marseille, France. 2014</w:t>
+              <w:t xml:space="preserve">International workshop and Meeting on Laser-Induced Incandescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Ven, Sweden. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId797" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682445v1</w:t>
+            <w:hyperlink r:id="rId798" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId798" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la fraction organique de carbone sur la mesure de la masse volumique effective d'agregats de suie à l'aide d'un CPMA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
+                <w:t xml:space="preserve">Role played by multiple scattering on the absorption and scattering properties of soot fractal aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Noirtin</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Paris, France. 2013</w:t>
+              <w:t xml:space="preserve">LIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Marseille, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId798" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682447v1</w:t>
+            <w:hyperlink r:id="rId799" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId801" w:history="1">
+            <w:hyperlink r:id="rId800" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual Generation of realistic soot particles : Impact to their optical properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
+                <w:t xml:space="preserve">Influence de la fraction organique de carbone sur la mesure de la masse volumique effective d'agregats de suie à l'aide d'un CPMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId801" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId802" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Noirtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lille, France. 2013</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId801" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682446v1</w:t>
+            <w:hyperlink r:id="rId800" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId802" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode numérique pour la génération de particules de suie réalistes : Impact sur les propriétés morphologiques et optiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Virtual Generation of realistic soot particles : Impact to their optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rozé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Paris, France. 2013</w:t>
+              <w:t xml:space="preserve">ELS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lille, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId802" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682448v1</w:t>
+            <w:hyperlink r:id="rId803" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId803" w:history="1">
+            <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution to the study of particle resuspension kinetics during thermal degradation of polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Delcour</w:t>
+                <w:t xml:space="preserve">Méthode numérique pour la génération de particules de suie réalistes : Impact sur les propriétés morphologiques et optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Pargues, Czech Republic. 2013</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId803" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682449v1</w:t>
+            <w:hyperlink r:id="rId804" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId804" w:history="1">
+            <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption of polycyclic aromatic hydrocarbons on soot: Production of benchmark particles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Huber</w:t>
+                <w:t xml:space="preserve">Contribution to the study of particle resuspension kinetics during thermal degradation of polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delcour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Azema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Atoms, Molecules and Photons (ECAMP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Aarhus, Denmark. 2013</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Pargues, Czech Republic. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId804" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682452v1</w:t>
+            <w:hyperlink r:id="rId805" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId807" w:history="1">
+            <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenological modelling of particle resuspension on bubbling PMMA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Adsorption of polycyclic aromatic hydrocarbons on soot: Production of benchmark particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Saidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId807" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bidault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Domaracka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId808" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Adoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Pragues, Czech Republic. 2013</w:t>
+              <w:t xml:space="preserve">European Conference on Atoms, Molecules and Photons (ECAMP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Aarhus, Denmark. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId807" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682450v1</w:t>
+            <w:hyperlink r:id="rId806" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId808" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission Electron Tomography: from 2D to 3D microphysical properties of aerosols. Application to aircraft soot emissions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Phenomenological modelling of particle resuspension on bubbling PMMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delcour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Azema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAC-3 (3rd International Conference on Transport, Atmosphere and Climate)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Prien am Chiemsee, Georgia. 2012</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Pragues, Czech Republic. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId808" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682458v1</w:t>
+            <w:hyperlink r:id="rId809" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId809" w:history="1">
+            <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting correlations between the morphological parameters of multi-fractal samples of fractal-like aggregates</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">3D characterization of fractal combustion aerosols using Electron Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Grenada, Spain. 2012</w:t>
+              <w:t xml:space="preserve">, 2012, Grenade, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId809" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682453v1</w:t>
+            <w:hyperlink r:id="rId810" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of aerosols produced by a commercial combustion aerosol generator MiniCASTTM 5201: EC/TC, size distribution, morphology and optical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pontreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Grenada, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -39093,597 +39132,614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D characterization of fractal combustion aerosols using Electron Tomography</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Detecting correlations between the morphological parameters of multi-fractal samples of fractal-like aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wozniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId813" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Onofri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Grenade, Spain. 2012</w:t>
+              <w:t xml:space="preserve">, 2012, Grenada, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682456v1</w:t>
+                <w:t xml:space="preserve">hal-01682453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId813" w:history="1">
+            <w:hyperlink r:id="rId814" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation 2D et 3D de nanoparticules de suie aéronautique par tomographie électronique en transmission et traitement d'images</w:t>
+                <w:t xml:space="preserve">Transmission Electron Tomography: from 2D to 3D microphysical properties of aerosols. Application to aircraft soot emissions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId814" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Delhaye</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Paris, France. 2012</w:t>
+              <w:t xml:space="preserve">TAC-3 (3rd International Conference on Transport, Atmosphere and Climate)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Prien am Chiemsee, Georgia. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId813" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682455v1</w:t>
+            <w:hyperlink r:id="rId814" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of soot size distributions from spectra extinction measurements: a feasibility study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A Coppalle</w:t>
+                <w:t xml:space="preserve">Caractérisation 2D et 3D de nanoparticules de suie aéronautique par tomographie électronique en transmission et traitement d'images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId816" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.F. Ren</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Lasfargues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Grenada, Spain. 2012</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Paris, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682457v1</w:t>
+                <w:t xml:space="preserve">hal-01682455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId817" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual generation of realistic soot particles: Impact to their morphological and optical properties.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Determination of soot size distributions from spectra extinction measurements: a feasibility study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. X. Ouf</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId818" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.F. Ren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Grenada, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId817" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682459v1</w:t>
+                <w:t xml:space="preserve">hal-01682457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId818" w:history="1">
+            <w:hyperlink r:id="rId819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale du modèle RDG-FA par diffusion angulaire de la lumière sur agrégats monodisperses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Virtual generation of realistic soot particles: Impact to their morphological and optical properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId819" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Coppalle</w:t>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France. 2011</w:t>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Grenada, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId818" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682461v1</w:t>
+            <w:hyperlink r:id="rId819" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On methods determining the fractal dimension of combustion aerosols and particle clusters</w:t>
               </w:r>
@@ -39721,51 +39777,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Manchester, United Kingdom. 2011</w:t>
@@ -39788,695 +39844,803 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological analysis of nanoparticles aggregates by transmission electron microscopy: from sampling to micrographs analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Etude expérimentale du modèle RDG-FA par diffusion angulaire de la lumière sur agrégats monodisperses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Pontreau</w:t>
+            <w:hyperlink r:id="rId823" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.-R. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence INRS (Risques liés aux nanoparticules et aux nanomatériaux)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Nancy, France. 2011</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682463v1</w:t>
+                <w:t xml:space="preserve">hal-01682461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId823" w:history="1">
+            <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoke radiative properties of under-ventilated fires</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Morphological analysis of nanoparticles aggregates by transmission electron microscopy: from sampling to micrographs analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId825" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Ainé</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pontreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAFSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Maryland, United States. 2011</w:t>
+              <w:t xml:space="preserve">Conférence INRS (Risques liés aux nanoparticules et aux nanomatériaux)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nancy, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId823" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682462v1</w:t>
+            <w:hyperlink r:id="rId824" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId826" w:history="1">
+            <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of sampling method and ageing of fractal aggregates on their morphological parameters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J Yon</w:t>
+                <w:t xml:space="preserve">Smoke radiative properties of under-ventilated fires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId826" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Loo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId827" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ainé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Helsinki, Finland. 2010</w:t>
+              <w:t xml:space="preserve">IAFSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Maryland, United States. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId826" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682467v1</w:t>
+            <w:hyperlink r:id="rId825" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId827" w:history="1">
+            <w:hyperlink r:id="rId828" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative properties of under-ventilated fire smoke</w:t>
+                <w:t xml:space="preserve">Influence of sampling method and ageing of fractal aggregates on their morphological parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId828" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ausset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fire and Explosion Hazards</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Leeds, United Kingdom. 2010</w:t>
+              <w:t xml:space="preserve">IAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Helsinki, Finland. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId827" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682465v1</w:t>
+            <w:hyperlink r:id="rId828" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene flame : effects of pressure on soot properties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId541" w:history="1">
+                <w:t xml:space="preserve">Radiative properties of under-ventilated fire smoke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId830" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Stirn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Salzburg, Austria. 2007</w:t>
+              <w:t xml:space="preserve">Fire and Explosion Hazards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Leeds, United Kingdom. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682468v1</w:t>
+                <w:t xml:space="preserve">hal-01682465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId832" w:history="1">
+            <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ethylene flame : effects of pressure on soot properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId698" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Maugendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId832" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. P. Geigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId833" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Stirn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Salzburg, Austria. 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId831" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId834" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Determination of the effective density of fractal aggregates by serial analysis of electrical mobility and aerodynamic diameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vendel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Minnesota, United States. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId832" w:history="1">
+            <w:hyperlink r:id="rId834" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -40486,284 +40650,284 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId835" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 12 : Laser-Induced Incandescence and Other Particle Diagnostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId834" w:history="1">
+            <w:hyperlink r:id="rId836" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.P. Geigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId835" w:history="1">
+            <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Migliorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId836" w:history="1">
+            <w:hyperlink r:id="rId838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory J Smallwood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Diagnostics for Reacting and Non-Reacting Flows: Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 264, American Institute of Aeronautics and Astronautics, Inc., pp.633-776, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId837" w:history="1">
+            <w:hyperlink r:id="rId839" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/4.106330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId835" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId838" w:history="1">
+            <w:hyperlink r:id="rId840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison and Assessment of Particle Mass Concentration Measurements in Fire Smokes with a Microbalance, Opacimeter and PPS Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId839" w:history="1">
+            <w:hyperlink r:id="rId841" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId840" w:history="1">
+            <w:hyperlink r:id="rId842" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvin Loo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId841" w:history="1">
+            <w:hyperlink r:id="rId843" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Decoster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Harada, Kazunori and Matsuyama, Ken and Himoto, Keisuke and Nakamura, Yuji and Wakatsuki, Kaoru. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fire Science and Technology 2015: The Proceedings of 10th Asia-Oceania Symposium on Fire Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Singapore, pp.735--742, 2017, 978-981-10-0376-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId842" w:history="1">
+            <w:hyperlink r:id="rId844" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-10-0376-9_75⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId838" w:history="1">
+            <w:hyperlink r:id="rId840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -40773,273 +40937,273 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId843" w:history="1">
+            <w:hyperlink r:id="rId845" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude sur les pratiques de consommation des usagers de cigarettes électroniques en France - Appui à la caractérisation des expositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId844" w:history="1">
+            <w:hyperlink r:id="rId846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Guerbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId847" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Anthérieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId848" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Caillé-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId849" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId850" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shérazade Kinouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2020-SA-0017, Anses. 2022, 64 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId845" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId843" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04165768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId849" w:history="1">
+            <w:hyperlink r:id="rId851" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critères, échantillonnage et méthodes analytiques pour la surveillance et le contrôle de la conformité règlementaire des produits du tabac et produits du vapotage sur le marché français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId844" w:history="1">
+            <w:hyperlink r:id="rId846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Guerbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId850" w:history="1">
+            <w:hyperlink r:id="rId852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId846" w:history="1">
+            <w:hyperlink r:id="rId848" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Caillé-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId853" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Casabianca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId854" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Concha Lozano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n° 2020-SA-0015, Anses. 2022, 120 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId851" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId849" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04016271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -41049,100 +41213,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId853" w:history="1">
+            <w:hyperlink r:id="rId855" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jet Diesel haute presssion en champ proche et lointain : Etude par imagerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dynamique des Fluides [physics.flu-dyn]. Université de Rouen, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId854" w:history="1">
+            <w:hyperlink r:id="rId856" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId853" w:history="1">
+            <w:hyperlink r:id="rId855" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00005366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -41152,91 +41316,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId855" w:history="1">
+            <w:hyperlink r:id="rId857" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution au développement de la métrologie des agrégats de nanoparticules et à la caractérisation des particules de suie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Milieux fluides et réactifs. Univeristé de Rouen, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId855" w:history="1">
+            <w:hyperlink r:id="rId857" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01682587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -41246,105 +41410,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId856" w:history="1">
+            <w:hyperlink r:id="rId858" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation physique et chimique des nanoparticules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctorat. Les poussières, de la troposphère au milieu interstellaire, Les Houches, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId856" w:history="1">
+            <w:hyperlink r:id="rId858" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cel-01682720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId857"/>
+      <w:footerReference w:type="default" r:id="rId859"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -41412,51 +41576,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CDCD1485"/>
+    <w:nsid w:val="ABC57FAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -41560,51 +41724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8F958E09"/>
+    <w:nsid w:val="A7C62131"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -41794,51 +41958,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05428808v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collin-Bastiani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114732" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05511370v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Littin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Escudero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maga&#241;a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2026.121296" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05516253v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mijail Littin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoran Raynaud Diarra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lefevre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Mazur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2026.109860" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534341v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Renzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Di Biagio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Heuser" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zanatta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cazaunau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-19-1365-2026" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402264v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berg&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6407-2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04770350v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Joret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Idlahcen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2024.106484" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05287129v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114503" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273266v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sztucki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Fuentes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105852" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05320200v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdugo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Pinto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Demarco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105937" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05128729v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ceolato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Berg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2025.109532" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05109282v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengshan Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mor&#225;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Kelesidis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Escudero" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pecs.2025.101234" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386124v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albana Boutamba Mbina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bouzar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Votier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Monteil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119371" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05329200v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lefevre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fuentes" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105946" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306564v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barrera" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Castro" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cruz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2023.111101" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639617v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2024.132365" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04667471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Garc&#237;a" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Verdugo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cruz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Yap" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105539" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639658v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2024.106429" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04285994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Henry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reza Kholghy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2023.104269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916770v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Argentin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2022.108451" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04285999v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Rivera" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Guti&#233;rrez-C&#225;ceres" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.128091" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04183853v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mor&#225;n" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cepeda" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.112987" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03270676v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Juarez-Facio" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Castilla" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Corbi&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lavanant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Afonso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2021.06.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916767v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Gutierrez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.10.013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428922v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Bedoya-Velasquez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fossard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouysset" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Paulien" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-11954-7" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03630132v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2022.108143" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03112768v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Cruz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.12.049" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03281409v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2021.06.085" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03265019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111539" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02923104v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Ouf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Mitchell" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2020.105628" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03141094v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2021.107550" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423285v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cruz&#8201;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Demarco" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmech.2021.744283" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351026v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Mulla" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Honor&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cessou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111596" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03090072v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2020.105690" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494441v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Dan Ngo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Duca" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Carpentier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A. Noble" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Ikhenazene" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-951-2020" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610686v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Schuhler" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.119856" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563051v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Corbin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.04.085" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02392458v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Fuentes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Lobo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Smallwood" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2019.1676878" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02444661v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezgi Sutcu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimeti Doner" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umran Ercetin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Sen" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-57045-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02444666v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouaniche" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Domingo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vervisch" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-019-00103-2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011442v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junteng Wu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Faccinetto" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Symphorien Grimonprez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Batut" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-4209-2020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouvier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grisch" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.10.002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494461v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.039" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965562v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grisch" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2018.12.018" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147135v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lef&#232;vre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b05482" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275887v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Ouf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleiman Bourrous" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Valli&#232;res" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lintis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2019.105436" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854803v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Liu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos Moran Cofr&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.065" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114348v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourrous" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fauvel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kort" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lintis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2019.04.007" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094957v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2019.01.015" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679858v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien H&#233;bert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Brian Alexander Mitchell" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Teuscher" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.12.014" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801736v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Sorensen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maughan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Heinson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2018.05.016" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799554v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppalle" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.05.029" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cuevas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2018.02.008" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877516v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ribeyre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2018.09.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766590v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schuhler" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vieille" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carpier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2018.04.004" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611163v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2016.1275513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611165v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Valencia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Talbaut" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.142" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611142v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delhaye" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael K. Ortega" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Penanhoat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2016.11.018" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459070v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bescond" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. -X. Ouf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roz&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2016.08.001" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611197v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bescond" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.08.005" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01409226v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F C Ouf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parent" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laffon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marhaba" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep36495" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611205v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S.-X. Loo" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aine" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2016.01.006" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130113v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Ouf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-M. Mocho" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pontreau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Wang" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2014.09.043" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612358v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Therssen" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bejaoui" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H&#233;bert" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-015-6116-y" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612363v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2015.05.003" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612377v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.03.027" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228537v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-A. Barreda" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nicolas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Sirven" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lacour" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep15696" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067962v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delhaye" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612399v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caumont-Prim" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roz&#233;" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.08.022" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KDVD423-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612413v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brugiere" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gensdarmes" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Ouf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2014.06.007" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-546CJRDP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614020v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ferry" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2014.932896" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067972v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2014.947022" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613296v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girasole" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jouen" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.10.011" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613295v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delcour" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azema" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferry" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2013.01.060" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613297v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Fang Ren" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.029" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4HFXSN81-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613294v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tissot" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2013.08.131" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613298v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Brugi&#232;re" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gensdarmes" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2013.03.001" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0M5027S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459971v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wozniak" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R. A. Onofri" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbosa" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mroczka" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2011.12.008" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P86J367F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613300v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1478/C1V89S1P021" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613299v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lemaire" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-011-4416-4" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B11B3BA0B9571DC64D402019CFDE3AD21776266D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613301v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ausset" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maille" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2010.507228" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497241v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lemaire" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maugendre" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schuller" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3249561" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445072v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girasole" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c M&#233;&#232;s" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.200700011" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8JHZTFS3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613302v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vendel" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weill" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200701839154" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613158v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaisot" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-0026-4" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TMWJ5SFB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613303v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lalizel" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Blaisot" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v11.i3.60" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613304v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ledoux" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110842v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Littin" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mazur" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lefevre" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sztucki" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fuentes" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05132505v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04998213v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106170v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Yon" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05037260v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263399v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04998238v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297765v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04998226v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Joret" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05114752v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540768v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J Berg" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04593411v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04518765v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04578595v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639572v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04518769v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04629616v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04591425v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04704527v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04063911v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barrera" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Castro" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Escudero" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Cruz" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Verdugo" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518772v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres E. Bedoya-Vel&#225;squez" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Ganeau" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259081v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04034234v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2023-32916" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04258948v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665528v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828496v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Heuser" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berg&#233;" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazaunau" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chevaillier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665529v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695857v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yon J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03664417v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J. Berg" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03828288v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza M. R. Kholghy" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763701v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argentin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04463455v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763721v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayre" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518792v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828445v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei-Silviu Milea" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03828324v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fossard" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763465v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518784v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Alfonso Martinez Martinez" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518778v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzi Laura" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Di Biagio" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berg&#233;" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763736v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servanne Chevaillier" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828402v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Andrew Sipkens" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695850v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03122919v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24823" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418416v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518771v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418431v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418423v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418428v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123054v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Berg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418419v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Irimiea" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vincent" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dufitumukiza" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Peter Geigle" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ristori" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418426v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cepeda" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418421v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351020v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33638.55364" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123118v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123066v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chevalier" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vaugeois" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24802" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351022v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351018v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123036v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461776v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Xavier Ouf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02914165v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461769v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461772v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02460340v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117136v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066642v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186224v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02170009v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995079v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320451v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186234v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995082v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2019-16660" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174234v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02392448v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174236v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320428v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Liu" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275869v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X Ouf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288121v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel C Corbin" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144789v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.34701.59368" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097657v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Yon" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02169992v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819661v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Noble" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ngo" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vojkovik" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948099v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818987v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132215v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871534v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Corbin" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819657v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Irimea" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Sicard" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854818v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698955v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948094v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675831v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Irimiea" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Ngo" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carpentier" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faccinetto" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.K. Ortega" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675828v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Coppalle" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vieille" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675827v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rossow" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675829v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yuhai" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Loo" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02018937v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Carpier" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682892v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682887v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682902v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682688v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682864v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392366v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irfan Mulla" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682877v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675836v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Teuscher" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mitchell" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Garrec" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682861v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675835v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675837v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Mitchell" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675833v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675832v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barviau" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675848v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Talbaut" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valencia" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675843v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hebert" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Talbaut" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675841v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mitchell" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Carvou" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675846v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675839v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chazallon" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Irimiea" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ziskind" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682835v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675850v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675847v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bellivier" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bescond" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Dreuille" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675840v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675844v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rutard" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675845v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675838v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Focsa" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675849v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roz&#233;" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675854v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675856v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peillon" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salm" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682884v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675853v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083412v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675861v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3801/IAFSS.FSS.11-152" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675855v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Saidani" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe Rousseau" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huber" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Domaracka" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675857v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gaffi&#233;" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Penanhoat" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682854v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675860v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01071672v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095250v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicolas" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Sirven" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lacour" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675859v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675852v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675870v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brugi&#232;re" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675865v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moraine" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675863v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.&#8208;a. Barreda" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.&#8208;j. Liu" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675867v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675864v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumont" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675869v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hebert" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675862v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675868v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675877v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ren" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682844v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675875v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675873v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gendarmes" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675871v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675879v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guin" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lottin" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Harrivel" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perez" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Novelli" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675880v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675874v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jouen" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675878v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675881v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675876v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675872v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tissot" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675889v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706633v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sublemontier" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Saidani" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. W. Ouf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675883v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675885v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Frebourg" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675888v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675887v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682873v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675884v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.&#8208;f. Ren" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675882v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martel" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675886v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yon J." TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682698v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675891v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Amodeo" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675892v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471525v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garo" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682899v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren Kuanfang" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682703v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675894v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.&#8208;x. Ouf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675893v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maill&#233;" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675895v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682696v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675896v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lucas" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675902v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675898v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Maugendre" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675900v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675897v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675901v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675899v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Merlin" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675904v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675908v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675907v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675906v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675905v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675909v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675912v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Patte&#8208;rouland" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rouland" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paranthoen" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675911v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675910v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675914v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675913v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675915v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675916v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Blaisot" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675917v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04629615v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691699v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Littin Mijail" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poux Alexandre" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefevre Guillaume" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazur Marek" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuentes Andr&#233;s" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04463439v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085442v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04679168v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085436v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085439v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085433v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763764v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665520v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03719438v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665523v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351023v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02914157v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coll I." TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Smallwood" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02914160v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhdan Ngo" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duca Dimitriu" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pirim" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275884v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vallieres" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530584v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carpentier Y." TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngo L." TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duca D." TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noble J. A." TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojkovic M." TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530540v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu J." TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faccinetto A." TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grimonprez S." TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batut S." TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275879v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288125v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Malleter" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P. R&#252;ger" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Vaugeois" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02169950v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duca Dumitru" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Vojkovic" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd Raouf Ikhenazene" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815368v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cort&#233;s" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948109v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Ruger" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701949v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815355v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930331v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Juarez Facio" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682425v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063338v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Domingues" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Onfroy" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bazin" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808019v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682432v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nicolas" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Le Ru" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682428v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682427v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682430v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682426v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682435v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682433v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682439v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682437v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682434v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682441v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682436v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682442v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682443v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682445v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682447v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kacem" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noirtin" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682446v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682448v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682449v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682452v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bidault" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Adoui" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682450v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682458v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682453v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Onofri" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682454v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682456v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682455v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lasfargues" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682457v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Ren" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682459v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682461v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-R. Ren" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682464v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gay" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682463v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682462v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loo" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ain&#233;" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682467v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682465v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Garo" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682468v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. P. Geigle" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Stirn" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682469v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085559v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.P. Geigle" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Migliorini" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory J Smallwood" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/4.106330" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613293v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bellivier" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvin Loo" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Decoster" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-0376-9_75" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04165768v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guerbet" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caill&#233;-Garnier" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guenot" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh&#233;razade Kinouani" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04016271v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Concha Lozano" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005366v1" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01682587v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01682720v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05511370v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Littin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Escudero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maga&#241;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2026.121296" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05428808v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collin-Bastiani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114732" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05516253v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mijail Littin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoran Raynaud Diarra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lefevre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Mazur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2026.109860" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534341v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Renzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Di Biagio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Heuser" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zanatta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cazaunau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-19-1365-2026" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402264v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berg&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6407-2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04770350v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Joret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Idlahcen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2024.106484" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05287129v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114503" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273266v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sztucki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Fuentes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105852" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05320200v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdugo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Pinto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Demarco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105937" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05128729v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ceolato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Berg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2025.109532" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05109282v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengshan Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mor&#225;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Kelesidis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Escudero" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pecs.2025.101234" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386124v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albana Boutamba Mbina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bouzar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Votier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Monteil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119371" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05329200v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lefevre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fuentes" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105946" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04667471v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Garc&#237;a" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Verdugo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cruz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Yap" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105539" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639617v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2024.132365" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306564v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barrera" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Castro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cruz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2023.111101" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639658v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2024.106429" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04285994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Henry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reza Kholghy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2023.104269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916770v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Argentin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2022.108451" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04183853v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mor&#225;n" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cepeda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.112987" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04285999v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Rivera" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Guti&#233;rrez-C&#225;ceres" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.128091" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03270676v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Juarez-Facio" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Castilla" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Corbi&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lavanant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Afonso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2021.06.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428922v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Bedoya-Velasquez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fossard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouysset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Paulien" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-11954-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916767v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Gutierrez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.10.013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03630132v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2022.108143" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03112768v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Cruz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.12.049" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03141094v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2021.107550" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02923104v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Ouf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Mitchell" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2020.105628" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03265019v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111539" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03281409v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2021.06.085" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423285v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cruz&#8201;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Demarco" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmech.2021.744283" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351026v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Mulla" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Honor&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cessou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111596" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03090072v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2020.105690" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494441v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Dan Ngo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Duca" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Carpentier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A. Noble" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Ikhenazene" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-951-2020" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563051v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Corbin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.04.085" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02392458v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Fuentes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Lobo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Smallwood" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2019.1676878" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610686v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Schuhler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.119856" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02444661v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezgi Sutcu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimeti Doner" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umran Ercetin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Sen" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-57045-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02444666v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouaniche" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Domingo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vervisch" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-019-00103-2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195562v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouvier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grisch" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.10.002" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011442v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junteng Wu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Faccinetto" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Symphorien Grimonprez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Batut" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-4209-2020" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494461v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.039" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114348v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourrous" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fauvel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kort" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lintis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2019.04.007" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965562v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grisch" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2018.12.018" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854803v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Liu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos Moran Cofr&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.065" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147135v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lef&#232;vre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b05482" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275887v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Ouf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleiman Bourrous" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Valli&#232;res" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lintis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2019.105436" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094957v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2019.01.015" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679858v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien H&#233;bert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Brian Alexander Mitchell" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Teuscher" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.12.014" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801736v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Sorensen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maughan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Heinson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2018.05.016" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799554v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppalle" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.05.029" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877516v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ribeyre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2018.09.001" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766590v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schuhler" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vieille" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carpier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2018.04.004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716725v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cuevas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2018.02.008" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611163v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2016.1275513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611165v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Valencia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Talbaut" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.142" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611142v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delhaye" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael K. Ortega" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Penanhoat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2016.11.018" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611197v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bescond" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.08.005" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459070v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bescond" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. -X. Ouf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roz&#233;" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2016.08.001" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01409226v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F C Ouf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parent" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laffon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marhaba" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep36495" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611205v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S.-X. Loo" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aine" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2016.01.006" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612363v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2015.05.003" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612358v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Therssen" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bejaoui" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H&#233;bert" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-015-6116-y" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130113v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Ouf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-M. Mocho" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pontreau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Wang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2014.09.043" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612377v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.03.027" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228537v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-A. Barreda" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nicolas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Sirven" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lacour" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep15696" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067962v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delhaye" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612399v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caumont-Prim" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roz&#233;" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.08.022" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KDVD423-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612413v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brugiere" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gensdarmes" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Ouf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2014.06.007" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-546CJRDP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614020v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ferry" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2014.932896" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067972v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2014.947022" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613296v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girasole" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jouen" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.10.011" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613295v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delcour" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azema" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferry" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2013.01.060" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613294v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tissot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2013.08.131" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613297v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Fang Ren" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.029" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4HFXSN81-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613298v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Brugi&#232;re" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gensdarmes" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2013.03.001" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0M5027S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459971v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wozniak" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R. A. Onofri" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbosa" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mroczka" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2011.12.008" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P86J367F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613299v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lemaire" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-011-4416-4" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B11B3BA0B9571DC64D402019CFDE3AD21776266D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613300v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1478/C1V89S1P021" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613301v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ausset" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maille" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2010.507228" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497241v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lemaire" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maugendre" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schuller" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3249561" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613302v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vendel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weill" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200701839154" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445072v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girasole" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c M&#233;&#232;s" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.200700011" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8JHZTFS3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613158v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaisot" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-0026-4" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TMWJ5SFB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613303v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lalizel" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Blaisot" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v11.i3.60" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613304v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ledoux" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05546123v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110842v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Littin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mazur" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lefevre" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sztucki" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fuentes" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04998213v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05132505v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05037260v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106170v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Yon" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263399v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04998238v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297765v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04998226v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Joret" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05114752v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540768v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J Berg" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04593411v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04518765v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04578595v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639572v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04518769v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04704527v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04629616v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04591425v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04063911v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barrera" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Castro" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Escudero" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Cruz" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Verdugo" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518772v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres E. Bedoya-Vel&#225;squez" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Ganeau" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259081v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04034234v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2023-32916" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04258948v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665528v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828496v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Heuser" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berg&#233;" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazaunau" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chevaillier" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665529v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695857v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yon J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03664417v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J. Berg" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04463455v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03828288v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza M. R. Kholghy" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763701v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argentin" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518792v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763721v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrier" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayre" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03828324v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fossard" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828445v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei-Silviu Milea" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763465v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518778v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzi Laura" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Di Biagio" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berg&#233;" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518784v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Alfonso Martinez Martinez" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695850v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763736v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servanne Chevaillier" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828402v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Andrew Sipkens" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418431v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418423v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518771v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418419v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Irimiea" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vincent" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dufitumukiza" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Peter Geigle" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ristori" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418428v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123054v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Berg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03122919v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24823" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418416v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418426v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cepeda" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418421v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351020v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33638.55364" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123118v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123066v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chevalier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vaugeois" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24802" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351022v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351018v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123036v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461769v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02914165v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461776v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Xavier Ouf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02460340v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461772v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117136v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066642v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186224v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02170009v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995079v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320451v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186234v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995082v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2019-16660" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02392448v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174234v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174236v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320428v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Liu" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275869v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X Ouf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288121v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel C Corbin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144789v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.34701.59368" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097657v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Yon" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819657v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Irimea" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Sicard" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871534v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Corbin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948099v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132215v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818987v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02169992v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819661v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Noble" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ngo" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vojkovik" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854818v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698955v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948094v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675831v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Irimiea" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Ngo" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carpentier" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faccinetto" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.K. Ortega" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675828v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Coppalle" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vieille" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682892v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02018937v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Carpier" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675827v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rossow" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675829v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yuhai" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Loo" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682887v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682902v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682688v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682864v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392366v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irfan Mulla" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682877v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675835v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682861v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675836v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Teuscher" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mitchell" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Garrec" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675837v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Mitchell" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675833v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675832v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barviau" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675848v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Talbaut" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valencia" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675843v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hebert" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Talbaut" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675841v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mitchell" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Carvou" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675850v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682835v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675846v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675839v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chazallon" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Irimiea" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ziskind" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675840v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675847v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bellivier" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bescond" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Dreuille" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675844v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rutard" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675845v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675838v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Focsa" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675849v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roz&#233;" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675854v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675856v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peillon" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salm" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682884v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675853v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675861v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3801/IAFSS.FSS.11-152" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083412v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675855v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Saidani" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe Rousseau" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huber" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Domaracka" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675857v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gaffi&#233;" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Penanhoat" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682854v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675860v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01071672v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095250v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicolas" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Sirven" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lacour" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675852v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675859v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675867v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675865v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moraine" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675863v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.&#8208;a. Barreda" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.&#8208;j. Liu" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675870v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brugi&#232;re" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675869v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hebert" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675864v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumont" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675862v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675868v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675880v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675877v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ren" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675873v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gendarmes" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682844v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675879v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guin" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lottin" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Harrivel" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perez" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Novelli" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675875v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675871v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675874v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jouen" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675878v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675881v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675876v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675872v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tissot" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675889v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675883v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706633v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sublemontier" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Saidani" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. W. Ouf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675885v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Frebourg" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675887v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675888v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682873v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675884v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.&#8208;f. Ren" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675886v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yon J." TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675882v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martel" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675892v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Amodeo" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675891v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682698v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682703v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471525v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garo" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682899v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren Kuanfang" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675894v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.&#8208;x. Ouf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675893v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maill&#233;" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675895v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682696v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675896v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lucas" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675900v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675902v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675898v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Maugendre" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675897v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675901v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675899v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Merlin" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675907v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675908v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675904v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675906v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675905v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675909v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675912v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Patte&#8208;rouland" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rouland" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paranthoen" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675911v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675910v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675914v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675913v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675915v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675916v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Blaisot" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675917v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542900v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04629615v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691699v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Littin Mijail" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poux Alexandre" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefevre Guillaume" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazur Marek" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuentes Andr&#233;s" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04463439v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085439v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085436v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04679168v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085442v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085433v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665520v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763764v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03719438v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665523v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351023v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02914160v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhdan Ngo" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duca Dimitriu" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pirim" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02914157v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coll I." TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Smallwood" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275879v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530540v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu J." TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faccinetto A." TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grimonprez S." TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batut S." TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530584v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carpentier Y." TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngo L." TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duca D." TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noble J. A." TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojkovic M." TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02275884v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vallieres" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288125v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Malleter" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P. R&#252;ger" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Vaugeois" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02169950v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duca Dumitru" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Vojkovic" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd Raouf Ikhenazene" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948109v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Ruger" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815368v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cort&#233;s" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701949v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815355v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930331v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Juarez Facio" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063338v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Domingues" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Onfroy" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bazin" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682425v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808019v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682432v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nicolas" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Le Ru" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682428v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682430v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682427v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682426v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682435v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682433v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682437v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682439v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682434v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682441v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682436v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682442v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682443v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682445v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682447v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kacem" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noirtin" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682446v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682448v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682449v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682452v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bidault" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Adoui" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682450v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682456v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682454v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682453v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Onofri" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682458v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682455v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lasfargues" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682457v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Ren" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682459v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682464v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gay" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682461v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-R. Ren" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682463v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682462v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loo" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ain&#233;" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682467v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682465v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Garo" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682468v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. P. Geigle" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Stirn" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682469v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04085559v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.P. Geigle" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Migliorini" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory J Smallwood" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/4.106330" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613293v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bellivier" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvin Loo" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Decoster" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-0376-9_75" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04165768v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guerbet" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caill&#233;-Garnier" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guenot" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh&#233;razade Kinouani" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04016271v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Concha Lozano" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005366v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01682587v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01682720v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>