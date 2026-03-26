--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jessica PIC </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jessica-pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4513-3048</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">282295003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferts sédimentaires et de pesticides associés en contexte viticole : retours sur le projet PULSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ThéoQuant 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2026, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05497794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GeoClimate workshop: an open-source GIS toolbox suitable for urban climate studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gousseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Urban Climate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Rotterdam (NL), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surchauffe urbaine et vulnérabilité des populations : analyse croisée des données socio-économiques et des Zones Climatiques Locales pour un échantillon de villes françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05082678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports du projet PULSE sur le transfert particulaire des pesticides : intégration de l’érosion dans l’outil de modélisation spatialisée GeoMelba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Courapied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Rabotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52ème Congrès du Groupe Français de recherches sur les Pesticides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GFP, May 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of sediment connectivity in a densely drained vineyard catchment: contributions from graph theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU general assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Wien, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais où va donc toute cette terre ? Transferts sédimentaires & structure spatiale des réseaux de drainage sur les versants du Beaujolais viticole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théo Quant - Nouvelles approches en Géographie Théorique et Quantitative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03574462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the hillslope to the river: multi-scale sediment transfers monitoring in the Beaujolais vineyard (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Cossart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Commission on Continental Erosion (ICCE) Symposium 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Eichstätt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04898390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Anthropogenic Erosive Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Chaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse territoriale des enjeux environnementaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Group, pp.175-200, 2025, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51926/ISTE.9198.ch7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multiparameter and Multiscale Dataset to Study Sediments and Particle‐Bound Pesticide Dynamics of Hydric Transfers in a Wine‐Dominated Catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Courapied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Margoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (8), pp.e70223. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.70223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drainage network analysis to comprehend structural sediment (dis)connectivity in wine-growing Beaujolais (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geocarto International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (27), pp.16323-16341. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10106049.2022.2108907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique d’enfrichement, ses expressions paysagères et ses significations : le cas du Beaujolais viticole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.28393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Patterns of Vineyard Abandonment and Related Land Use Transitions in Beaujolais (France): A Multiscale Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12114695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02870275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se faire sédiment : un cheminement dans la complexité du paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Siccard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du versant au cours d'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, pp.51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PULSE : Paysage, Particules, Pesticides. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ZABR, Lyon. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du versant au cours d’eau : structure paysagère et connectivité hydro-sédimentaire en contexte viticole (Beaujolais, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Jean Moulin - Lyon III, 2023. Français. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2023LYO30059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04852198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implications des infrastructures de drainage dans la dynamique de transfert de sédiments et de produits phytosanitaires - le cas du Beaujolais viticole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatial Analysis and Geomatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jessica PIC </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jessica-pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4513-3048</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">282295003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferts sédimentaires et de pesticides associés en contexte viticole : retours sur le projet PULSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ThéoQuant 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2026, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05497794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GeoClimate workshop: an open-source GIS toolbox suitable for urban climate studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gousseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Urban Climate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Rotterdam (NL), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surchauffe urbaine et vulnérabilité des populations : analyse croisée des données socio-économiques et des Zones Climatiques Locales pour un échantillon de villes françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05082678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports du projet PULSE sur le transfert particulaire des pesticides : intégration de l’érosion dans l’outil de modélisation spatialisée GeoMelba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Courapied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Rabotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52ème Congrès du Groupe Français de recherches sur les Pesticides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GFP, May 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of sediment connectivity in a densely drained vineyard catchment: contributions from graph theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU general assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Wien, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais où va donc toute cette terre ? Transferts sédimentaires & structure spatiale des réseaux de drainage sur les versants du Beaujolais viticole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théo Quant - Nouvelles approches en Géographie Théorique et Quantitative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03574462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the hillslope to the river: multi-scale sediment transfers monitoring in the Beaujolais vineyard (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Cossart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Commission on Continental Erosion (ICCE) Symposium 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Eichstätt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04898390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VéloClimat 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gousseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se faire sédiment : un cheminement dans la complexité du paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Siccard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du versant au cours d'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, pp.51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Anthropogenic Erosive Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Chaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse territoriale des enjeux environnementaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Group, pp.175-200, 2025, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51926/ISTE.9198.ch7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multiparameter and Multiscale Dataset to Study Sediments and Particle‐Bound Pesticide Dynamics of Hydric Transfers in a Wine‐Dominated Catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Courapied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Margoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (8), pp.e70223. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.70223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drainage network analysis to comprehend structural sediment (dis)connectivity in wine-growing Beaujolais (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geocarto International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (27), pp.16323-16341. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10106049.2022.2108907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique d’enfrichement, ses expressions paysagères et ses significations : le cas du Beaujolais viticole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.28393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Patterns of Vineyard Abandonment and Related Land Use Transitions in Beaujolais (France): A Multiscale Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12114695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02870275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PULSE : Paysage, Particules, Pesticides. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fressard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Carluer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ZABR, Lyon. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du versant au cours d’eau : structure paysagère et connectivité hydro-sédimentaire en contexte viticole (Beaujolais, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Jean Moulin - Lyon III, 2023. Français. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2023LYO30059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04852198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implications des infrastructures de drainage dans la dynamique de transfert de sédiments et de produits phytosanitaires - le cas du Beaujolais viticole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fressard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatial Analysis and Geomatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId57"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8711DF06"/>
+    <w:nsid w:val="4C4AA90C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jessica-pic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4513-3048" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/282295003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497794v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417693v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Saux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gousseff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leconte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082678v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Besnard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626739v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Courapied" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Rabotin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681582v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574462v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898390v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Cossart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505423v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9198.ch7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223967v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Margoum" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.70223" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767504v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10106049.2022.2108907" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008309v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Guen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.28393" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870275v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12114695" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727559v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Siccard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869770v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724481v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04852198v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO30059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508385v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cossart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fressard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jessica-pic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4513-3048" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/282295003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497794v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417693v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Saux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gousseff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leconte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082678v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Besnard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626739v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Courapied" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Rabotin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681582v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574462v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898390v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Cossart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563408v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727559v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Siccard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869770v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505423v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9198.ch7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223967v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Margoum" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.70223" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767504v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10106049.2022.2108907" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008309v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Guen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.28393" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870275v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12114695" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724481v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04852198v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO30059" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508385v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cossart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fressard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>