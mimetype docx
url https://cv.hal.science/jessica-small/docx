--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -532,342 +532,342 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques littéraires du passage : narration et diffusion</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Visibiliser les corps morts invisibilisés : réponses artistiques politiques à la mort à/par la frontière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire et histoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Thes'Art, ILCEA4, Université Grenoble Alpes, Dec 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Mort et pouvoir : l'art aux extrêmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jessica Small, Apr 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910824v1</w:t>
+                <w:t xml:space="preserve">hal-04861019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La publication des écrits littéraires issus d'espaces de rétention d'asile : un passage « miraculeux » ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pratiques littéraires du passage : narration et diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Terebikhina-Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Giroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Albertino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques littéraires du passage : narration et diffusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Simon Albertino; Chloé Giroud; Daria Terebikhina-Noël; Jessica Small, Dec 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Histoire et histoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Thes'Art, ILCEA4, Université Grenoble Alpes, Dec 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04861040v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manus Prison Theory and Direct Provision in Melatu Uche Okorie’s “Asylum Series”</w:t>
+                <w:t xml:space="preserve">La publication des écrits littéraires issus d'espaces de rétention d'asile : un passage « miraculeux » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Racism, Anti-Racism and Forced Displacement: Old and New Struggles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dublin City University, Mar 2024, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Pratiques littéraires du passage : narration et diffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Simon Albertino; Chloé Giroud; Daria Terebikhina-Noël; Jessica Small, Dec 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859819v1</w:t>
+                <w:t xml:space="preserve">hal-04861040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visibiliser les corps morts invisibilisés : réponses artistiques politiques à la mort à/par la frontière</w:t>
+                <w:t xml:space="preserve">Manus Prison Theory and Direct Provision in Melatu Uche Okorie’s “Asylum Series”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mort et pouvoir : l'art aux extrêmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jessica Small, Apr 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Racism, Anti-Racism and Forced Displacement: Old and New Struggles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dublin City University, Mar 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04861019v1</w:t>
+                <w:t xml:space="preserve">hal-04859819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remembering Border Violence: Tracing Asylum Detention in Contemporary Refugee Literature</w:t>
               </w:r>
@@ -985,96 +985,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incarner le passage frontalier : le cas de la littérature contemporaine anglophone des réfugié.e.s</w:t>
+                <w:t xml:space="preserve">Truth, Lies and Credibility in Selected Works of Contemporary Refugee Literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artistes en exil nouveaux paradigmes esthétiques ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jeanne-Marie Carton-Charon; Sibylle Goepper; Paloma Otaola, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Deuxième séance du séminaire fédérateur du LISCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicholas Manning, May 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859823v1</w:t>
+                <w:t xml:space="preserve">hal-04861031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces urbains/ Espaces naturels dans la littérature des demandeurs d’asile</w:t>
               </w:r>
@@ -1123,96 +1123,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truth, Lies and Credibility in Selected Works of Contemporary Refugee Literature</w:t>
+                <w:t xml:space="preserve">Incarner le passage frontalier : le cas de la littérature contemporaine anglophone des réfugié.e.s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième séance du séminaire fédérateur du LISCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicholas Manning, May 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Artistes en exil nouveaux paradigmes esthétiques ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jeanne-Marie Carton-Charon; Sibylle Goepper; Paloma Otaola, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04861031v1</w:t>
+                <w:t xml:space="preserve">hal-04859823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entendre les voix des &amp;quot;nouvelles Irlandaises »: une introduction à l'écriture de Melatu Uche Okorie</w:t>
               </w:r>
@@ -1261,234 +1261,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un contre-discours aux visions légalistes et médiatiques : l’expérience de la migration dans des œuvres de fiction d’auteurs réfugiés</w:t>
+                <w:t xml:space="preserve">Contemporary refugee literature as the embodiment of border crossing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La réception des migrants et réfugiés: le secours inhospitalier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Yves Tizot; Joseph Dato, Nov 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Making Kin: Hos(ti)pitalities and (Trans)migrations across species, technologies, cultures, genres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maëlle Jeanniard du Dot; Marie Mianowski, Oct 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04861013v1</w:t>
+                <w:t xml:space="preserve">hal-04861016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identity and Resistance in contemporary writing from Asylum Processing Centres</w:t>
+                <w:t xml:space="preserve">Un contre-discours aux visions légalistes et médiatiques : l’expérience de la migration dans des œuvres de fiction d’auteurs réfugiés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Identities on the Move: Exile, Migration, Diaspora and Representation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The UCLan Research Centre for Migration, Diaspora and Exile (MIDEX), University of Central Lancashire, Jul 2021, Preston, United Kingdom, United Kingdom</w:t>
+              <w:t xml:space="preserve">La réception des migrants et réfugiés: le secours inhospitalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Yves Tizot; Joseph Dato, Nov 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859827v1</w:t>
+                <w:t xml:space="preserve">hal-04861013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contemporary refugee literature as the embodiment of border crossing</w:t>
+                <w:t xml:space="preserve">Identity and Resistance in contemporary writing from Asylum Processing Centres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Making Kin: Hos(ti)pitalities and (Trans)migrations across species, technologies, cultures, genres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maëlle Jeanniard du Dot; Marie Mianowski, Oct 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Identities on the Move: Exile, Migration, Diaspora and Representation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The UCLan Research Centre for Migration, Diaspora and Exile (MIDEX), University of Central Lancashire, Jul 2021, Preston, United Kingdom, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04861016v1</w:t>
+                <w:t xml:space="preserve">hal-04859827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dismantling ‘Hospitality’: literary representations of EU Asylum Policy in Dina Nayeri’s Refuge</w:t>
               </w:r>
@@ -1859,51 +1859,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="92BE2FDC"/>
+    <w:nsid w:val="847B08B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2090,51 +2090,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jessica-small" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260879665" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859800v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Small" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/rma.1112" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530798v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.16552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530823v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mianowski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.8230" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708389v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910824v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Terebikhina-No&#235;l" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Giroud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Albertino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861040v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859819v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861019v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861011v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861033v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861025v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861031v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861038v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861013v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859827v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861016v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Taylor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.barte.2021.01.0051" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05326176v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025GRALL010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jessica-small" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260879665" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859800v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Small" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/rma.1112" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530798v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.16552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530823v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mianowski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.8230" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708389v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861019v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910824v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Terebikhina-No&#235;l" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Giroud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Albertino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861040v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859819v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861011v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861033v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861025v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859823v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861038v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861016v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861013v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Taylor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.barte.2021.01.0051" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05326176v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025GRALL010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>