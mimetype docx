--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -710,295 +710,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a pediatric posterior fossa tumor and its treatments on motor procedural learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Danna</w:t>
+                <w:t xml:space="preserve">Which factors modulate spontaneous motor tempo? A systematic review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Desbernats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2023.03.005⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1161052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1161052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493054v1</w:t>
+                <w:t xml:space="preserve">hal-04435487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which factors modulate spontaneous motor tempo? A systematic review of the literature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elodie Martin</w:t>
+                <w:t xml:space="preserve">Impact of a pediatric posterior fossa tumor and its treatments on motor procedural learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Baudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Danna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Pollidoro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, pp.1161052. </w:t>
+              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44, pp.37-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1161052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2023.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04435487v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atypical connectivity in the cortico-striatal network in NF1 children and its relationship with procedural perceptual-motor learning and motor skills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Nemmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1333,325 +1333,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procedural learning and retention of audio‐verbal temporal sequence is altered in children with developmental coordination disorder but cortical thickness matters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A prospective behavioral and imaging study exploring the impact on long-term memory of radiotherapy delivered for a brain tumor in childhood and adolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Baudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Lê</w:t>
+                <w:t xml:space="preserve">Jérémie Pariente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélody Blais</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Maziero</w:t>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Pollidoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/desc.13009⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Translational Radiation Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, pp.7-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ctro.2021.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542205v1</w:t>
+                <w:t xml:space="preserve">hal-03519876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prospective behavioral and imaging study exploring the impact on long-term memory of radiotherapy delivered for a brain tumor in childhood and adolescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eloïse Baudou</w:t>
+                <w:t xml:space="preserve">Procedural learning and retention of audio‐verbal temporal sequence is altered in children with developmental coordination disorder but cortical thickness matters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Lê</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Pariente</w:t>
+                <w:t xml:space="preserve">Mélody Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jucla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Péran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lisa Pollidoro</w:t>
+                <w:t xml:space="preserve">Nicolas Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Maziero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Translational Radiation Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33, pp.7-14. </w:t>
+              <w:t xml:space="preserve">Developmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (1), pp.e13009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ctro.2021.10.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/desc.13009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03519876v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Differential Effects of Auditory and Visual Stimuli on Learning, Retention and Reactivation of a Perceptual-Motor Temporal Sequence in Children With Developmental Coordination Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jucla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1973,261 +1973,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regular rhythmic and audio-visual stimulations enhance procedural learning of a perceptual-motor sequence in healthy adults: A pilot study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of comorbid developmental dyslexia on oculomotor behavior in children with developmental coordination disorder: A study with the Developmental Eye Movement test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bellocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Lagarrigue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Cappe</w:t>
+                <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jucla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Jover</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259081⟩</w:t>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76, pp.102764. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2021.102764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03653811v1</w:t>
+                <w:t xml:space="preserve">hal-03366871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of comorbid developmental dyslexia on oculomotor behavior in children with developmental coordination disorder: A study with the Developmental Eye Movement test</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bellocchi</w:t>
+                <w:t xml:space="preserve">Regular rhythmic and audio-visual stimulations enhance procedural learning of a perceptual-motor sequence in healthy adults: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
+                <w:t xml:space="preserve">Céline Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marianne Jover</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 76, pp.102764. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (11), pp.e0259081. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2021.102764⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366871v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03653811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits of a Dance Intervention on Balance in Adolescents with Cerebral Palsy</w:t>
               </w:r>
@@ -2981,51 +2981,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atypical inter‐hemispheric communication correlates with altered motor inhibition during learning of a new bimanual coordination pattern in developmental coordination disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3258,51 +3258,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural changes associated to procedural learning and automatization process in Developmental Coordination Disorder and/or Developmental Dyslexia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Péran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vayssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3515,303 +3515,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01691164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural signature of DCD: a critical review of MRI neuroimaging studies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mélody Blais</w:t>
+                <w:t xml:space="preserve">Increased antagonist muscle activity in cervical SCI patients suggests altered reciprocal inhibition during elbow contractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cremoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Dal Maso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Berton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (227), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 127 (1), pp.629-634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fneur.2016.00227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2015.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01519730v1</w:t>
+                <w:t xml:space="preserve">hal-01454735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased antagonist muscle activity in cervical SCI patients suggests altered reciprocal inhibition during elbow contractions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Amarantini</w:t>
+                <w:t xml:space="preserve">Neural signature of DCD: a critical review of MRI neuroimaging studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Biotteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélody Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (227), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2016.00227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2015.03.016⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01454735v1</w:t>
+                <w:t xml:space="preserve">hal-01519730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I can't reach it! Focus on theta sensorimotor rhythm toward a better understanding of impaired action-perception coupling</w:t>
               </w:r>
@@ -6095,51 +6095,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of comorbid reading disorder on oculomotor behavior in children with DCD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bellocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6763,51 +6763,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524132v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pouliot-Laforte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cherriere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Hebinck" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donskoff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/18758894251324317" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524783v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Beaudry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ethier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14647893.2025.2483722" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193637v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Desbernats" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guedes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Matrat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jucla" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tisseyre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2025.115757" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485234v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trouilloud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jmld.2023-0019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04125706v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Scott&#233;-Barranoff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-023-06724-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493054v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Baudou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Danna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pollidoro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Tensaouti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2023.03.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435487v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1161052" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180944v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cignetti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Blais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11689-022-09428-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364584v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113563" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779324v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vernet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jover" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bellocchi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maziero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2022.03.009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542205v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux L&#234;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Blais" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauveau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13009" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03519876v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pariente" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctro.2021.10.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03582210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Albaret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chaix" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.616795" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03514824v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jucla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maziero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Albaret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chaix" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.744562" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364604v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113429" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653811v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lagarrigue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cappe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259081" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366871v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ducrot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2021.102764" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727662v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Martel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sarrasin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballaz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01942638.2020.1720053" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223397v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chalard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marque" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/16501977-2528" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364613v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Barral" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2018.12.034" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632084v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.14195" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364620v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.03.027" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCFH8FMC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367663v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chalard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tisseyre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marque" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tallet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1020" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J27WPM14-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364615v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12563" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463172v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cr&#233;moux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charissou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Abade-Moreira" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dal Maso" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2018.04.081" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341998v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Biotteau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2016.07.025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCLDTD6S-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691164v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.13641" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519730v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2016.00227" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454735v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2015.03.016" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KM62FPK8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342057v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daviaux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.09.033" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90J6GL1S-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228930v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Rivi&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/snp.v5.28004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03665113v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dal Maso" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berton" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1388-2457(14)50230-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454755v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2013.08.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWCF0MC0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454752v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2012.11.007" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3CQ3SR4K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367669v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cremoux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713722" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384131v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Wamain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Giorgio Zanone" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Longcamp" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2012.07.020" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X8L1JZ4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640440v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Kostrubiec" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2009.10.002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLSM263N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140039v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danna" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wamain" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-G. Zanone" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2010.05.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QM14DWF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3200/JMBR.40.2.103-116" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365308v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-005-0208-6" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JL1830TM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140038v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3940(02)00878-9" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLTFS2ZR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808913v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Daigmorte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/speechprosody.2022-10" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463151v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463327v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457195v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457349v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544165v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479443v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne &#180; Jover" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998219v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552279v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bailleux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Biotteau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03385007v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Arnaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Assaiante" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gonzalez-Monge" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huron" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524132v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pouliot-Laforte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cherriere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Hebinck" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donskoff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/18758894251324317" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524783v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Beaudry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ethier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14647893.2025.2483722" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193637v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Desbernats" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guedes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Matrat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jucla" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tisseyre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2025.115757" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485234v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trouilloud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jmld.2023-0019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04125706v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Scott&#233;-Barranoff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-023-06724-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435487v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1161052" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493054v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Baudou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Danna" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pollidoro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Tensaouti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2023.03.005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180944v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cignetti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Blais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11689-022-09428-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364584v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113563" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779324v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vernet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jover" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bellocchi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maziero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2022.03.009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03519876v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pariente" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctro.2021.10.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542205v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux L&#234;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Blais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauveau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03582210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Albaret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chaix" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.616795" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03514824v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jucla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maziero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Albaret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chaix" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.744562" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364604v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113429" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366871v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ducrot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2021.102764" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653811v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lagarrigue" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cappe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259081" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727662v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Martel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sarrasin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballaz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01942638.2020.1720053" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223397v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chalard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marque" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/16501977-2528" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364613v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Barral" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2018.12.034" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632084v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.14195" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364620v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.03.027" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCFH8FMC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367663v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chalard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tisseyre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marque" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tallet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1020" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J27WPM14-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364615v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12563" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463172v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cr&#233;moux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charissou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Abade-Moreira" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dal Maso" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2018.04.081" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341998v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Biotteau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2016.07.025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCLDTD6S-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691164v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.13641" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454735v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2015.03.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KM62FPK8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519730v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2016.00227" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342057v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daviaux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.09.033" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90J6GL1S-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228930v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Rivi&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/snp.v5.28004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03665113v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dal Maso" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berton" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1388-2457(14)50230-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454755v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2013.08.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWCF0MC0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454752v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2012.11.007" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3CQ3SR4K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367669v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cremoux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713722" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384131v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Wamain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Giorgio Zanone" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Longcamp" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2012.07.020" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X8L1JZ4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640440v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Kostrubiec" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2009.10.002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLSM263N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140039v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danna" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wamain" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-G. Zanone" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2010.05.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QM14DWF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3200/JMBR.40.2.103-116" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365308v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-005-0208-6" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JL1830TM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140038v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3940(02)00878-9" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLTFS2ZR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808913v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Daigmorte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/speechprosody.2022-10" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463151v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463327v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457195v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457349v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544165v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479443v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne &#180; Jover" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998219v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552279v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bailleux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Biotteau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03385007v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Arnaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Assaiante" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gonzalez-Monge" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huron" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>