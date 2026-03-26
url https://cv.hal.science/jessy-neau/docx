--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -517,863 +517,863 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Star Trek : The Next Generation (1987-1994) ; un procès caché de l’humanité en sept saisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TV/Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Esthétique des séries télévisées : une approche éthique, 23 | 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12lhs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’impossible procès : juger le docteur Jekyll ou Mister Hyde ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de Vallès : revue de lectures et d'études vallésiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Du cri à l’écrit : le droit (vu)par la littérature, du coup d’État à l’affaire Dreyfus, 54, pp.137-156</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Droit matrimonial et spectre de la « coverture » au cœur de la fiction gothique dans &amp;lt;i&amp;gt;Crimson Peak&amp;lt;/i&amp;gt; (Guillermo Del Toro, 2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Fantastique et droit, 54, pp.71-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04812355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’impossible procès : juger le docteur Jekyll ou Mister Hyde ?</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figures anthropoïdes dans La Poupée (1968) et La Clepsydre (1973) de Wojciech J. Has : commentaires sur l’adaptation et l’Histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autour de Vallès : revue de lectures et d'études vallésiennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Du cri à l’écrit : le droit (vu)par la littérature, du coup d’État à l’affaire Dreyfus, 54, pp.137-156</w:t>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52, pp.75-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...98 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Grandet de Marc Dugain (2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Balzac Review / Revue Balzac</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 6, pp.171-190. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15143-2.p.0171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15143-2.p.0171⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-04183252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les séries gaslamp fantasy ou le renouvellement de l’époque victorienne sur petit écran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERD XIXE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Figures anthropoïdes dans La Poupée (1968) et La Clepsydre (1973) de Wojciech J. Has : commentaires sur l’adaptation et l’Histoire</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les jeux de rôle Gaslamp Fantasy : débats sur un genre néo-victorien contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mundus Fabula. La fabrique des mondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/req9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Londres, New-York et Toronto sauvés par les séries policières néovictoriennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultural Express [en ligne]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’adaptation face à la sérialité : réseaux, constellation, intertextualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transcr(é)ation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une (micro/méta) histoire du posthumain : la série The Frankenstein Chronicles (2015-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 52, pp.75-87</w:t>
+              <w:t xml:space="preserve">, 2022, 51, pp.65-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les séries gaslamp fantasy ou le renouvellement de l’époque victorienne sur petit écran</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Possible XIXe siècle : les mondes néo-victoriens dans les séries transfictionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SERD XIXE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">Rives Cahiers de l'Arc Atlantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.145-163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...176 lines deleted...]
-                <w:t xml:space="preserve">Une (micro/méta) histoire du posthumain : la série The Frankenstein Chronicles (2015-2017</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Persistance du gibet et de l’Inquisition : valeurs gothiques dans Manuscrit trouvé à Saragosse de Jean Potocki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 51, pp.65-83</w:t>
-[...205 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2021, 50, pp.57-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1441,243 +1441,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La mort d’Heathcliff dans Les Hauts de Hurlevent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intercripol - revue de critique policière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fratrie littéraire et meurtrière ? De curieuses disparitions chez les sœurs Brontë</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intercripol - revue de critique policière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Brueghel, le moulin et la croix de Lech Majewski (2011) : l’histoire de l’art, et l’art du récit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Neau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14, pp.109-122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11509-0.p.0109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183303v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04183316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de la ‘bibliothèque intérieure’ : trois régimes d’intertextualité trans-historiques</w:t>
               </w:r>
@@ -3825,51 +3825,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01801D82"/>
+    <w:nsid w:val="54175CBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4056,51 +4056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jessy-neau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9695-0654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224081489" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/49152079225707112294" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000514858160" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512906v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Neau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326683v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060913v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17771-5.p.0045" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326660v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.14831" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812355v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812365v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812366v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12lhs" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183252v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15143-2.p.0171" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183257v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183253v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681553v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/req9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183259v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183255v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183258v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183254v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183268v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183260v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183303v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11509-0.p.0109" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183321v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183316v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183320v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183319v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681563v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183322v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183331v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interfaces.296" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183323v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681568v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723394v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18352/relief.898" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729384v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/slavica.1362" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5206/tc.v3i1.16707" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201394v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201385v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Kirk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060897v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1490098" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b22274" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681530v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaillancourt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/police-et-savoirs-xviie-xxie-siecles-jessy-neau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342840v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21535" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326677v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/le_rose_et_le_noir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525502v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpadver-effigi.com/blog/utopies-uchronies-retrofuturismes/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183324v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/iconotexte/513-peritexte-transmedialite.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183326v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183328v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183329v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183330v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01703224v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017POIT5001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jessy-neau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9695-0654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224081489" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/49152079225707112294" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000514858160" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512906v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Neau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326683v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060913v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17771-5.p.0045" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326660v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.14831" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812366v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12lhs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812365v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812355v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183257v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183252v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15143-2.p.0171" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183253v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681553v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/req9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183258v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183259v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183255v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183254v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183268v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183260v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183316v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183303v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11509-0.p.0109" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183320v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183319v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681563v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183322v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183331v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interfaces.296" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183323v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681568v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723394v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18352/relief.898" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729384v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/slavica.1362" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5206/tc.v3i1.16707" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201394v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201385v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Kirk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060897v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1490098" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b22274" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681530v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaillancourt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/police-et-savoirs-xviie-xxie-siecles-jessy-neau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342840v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21535" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326677v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/le_rose_et_le_noir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525502v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpadver-effigi.com/blog/utopies-uchronies-retrofuturismes/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183324v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/iconotexte/513-peritexte-transmedialite.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183326v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183328v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183329v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183330v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01703224v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017POIT5001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>