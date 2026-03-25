--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -473,490 +473,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04398187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’extension spatiale des monocultures d’ananas au Nord du Costa Rica à partir de données géographiques hétérogènes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polygon vector map distortion for increasing the readability of one-to-many flow maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Léonard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.15-27. </w:t>
+              <w:t xml:space="preserve">International Journal of Geographical Information Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37 (6), pp.1288-1314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-45620207⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13658816.2023.2190374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699897v1</w:t>
+                <w:t xml:space="preserve">hal-04043413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polygon vector map distortion for increasing the readability of one-to-many flow maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse de l’extension spatiale des monocultures d’ananas au Nord du Costa Rica à partir de données géographiques hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Viau</w:t>
+                <w:t xml:space="preserve">Delphine Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+                <w:t xml:space="preserve">Tania Rodriguez Echavarria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Rodriguez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Girres</w:t>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Poncelet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eric Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Geographical Information Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 37 (6), pp.1288-1314. </w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.15-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13658816.2023.2190374⟩</w:t>
+                <w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-45620207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04043413v1</w:t>
+                <w:t xml:space="preserve">hal-04699897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’orientation d’éléments urbains pour caractériser l’extension spatiale de la ville romaine d’Amida</w:t>
+                <w:t xml:space="preserve">Analyse de l’orientation d’éléments urbains pour caractériser l'extension spatiale de la ville romaine d'Amida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Assenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veysel Malit</w:t>
+                <w:t xml:space="preserve">Vaysel Malit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 30 ème conférence cartographique internationale (247-248), pp.33-46. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, 247-248, pp.33-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070168v1</w:t>
+                <w:t xml:space="preserve">hal-03994396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’orientation d’éléments urbains pour caractériser l'extension spatiale de la ville romaine d'Amida</w:t>
+                <w:t xml:space="preserve">Analyse de l’orientation d’éléments urbains pour caractériser l’extension spatiale de la ville romaine d’Amida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Assenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vaysel Malit</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veysel Malit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 247-248, pp.33-46</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, 30 ème conférence cartographique internationale (247-248), pp.33-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.62437/cixz340-658etyknpgmcw-19173209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03994396v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Land-use dynamics analysis based on spatial interactions models and satellite images time-series</w:t>
               </w:r>
@@ -1308,239 +1308,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02133126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of tsunami evacuation maps for a consensual symbolization rules proposal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Progrès de la cartographie forestière mais persistance d'incertitudes. Cas de Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Serpantié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Monique Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cartography</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 235-236, pp.287-309</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03068088v1</w:t>
+                <w:t xml:space="preserve">hal-03068089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progrès de la cartographie forestière mais persistance d'incertitudes. Cas de Madagascar</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of tsunami evacuation maps for a consensual symbolization rules proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Leone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Péroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gustave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Cartography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.4-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23729333.2018.1440711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068089v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renouveler l'enseignement de la cartographie grâce aux contributions de recherche</w:t>
               </w:r>
@@ -2782,90 +2782,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the spatial extension of pineapple monocultures in northern Costa Rica using heterogeneous geographic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st International Cartographic Conference (ICC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Cartographic Association, Aug 2023, Cape Town, South Africa, South Africa. pp.1-7</w:t>
@@ -2989,51 +2989,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing methods for detecting and mapping tree parkland dynamics on large areas in Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Serpantié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3389,683 +3389,683 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progrès des techniques de la cartographie environnementale mais permanence de biais</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Les feux de brousse à Madagascar et leur cartographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mendrika Ratianarijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Serpantié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lovatiana A. Rakotonirina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Serpantié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyle Rajaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "La face cachée des cartes", Université de Montpellier 3, Montpellier, 18-19 décembre 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">5ème édition du Forum de la Recherche "Biodiversité et objectifs du developpement durable", MESupReS, Antananarivo, 14-16 Juin 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Antananarivo, Madagascar</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073654v1</w:t>
+                <w:t xml:space="preserve">hal-03073653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and representation of spatial uncertainty in risk maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Progrès des techniques de la cartographie environnementale mais permanence de biais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Serpantié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : "28th International Cartographic Conference (ICC'17)", Cartography and Geographic Information Society, Washington, 2-7 juillet 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Washington, United States</w:t>
+              <w:t xml:space="preserve">Colloque international "La face cachée des cartes", Université de Montpellier 3, Montpellier, 18-19 décembre 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03073652v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03073654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les feux de brousse à Madagascar et leur cartographie</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling and representation of spatial uncertainty in risk maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème édition du Forum de la Recherche "Biodiversité et objectifs du developpement durable", MESupReS, Antananarivo, 14-16 Juin 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Antananarivo, Madagascar</w:t>
+              <w:t xml:space="preserve">Colloque international : "28th International Cartographic Conference (ICC'17)", Cartography and Geographic Information Society, Washington, 2-7 juillet 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03073653v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03073652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of realistic digitizing errors on geographical objects using constraints modeling the operator input process</w:t>
+                <w:t xml:space="preserve">Contributions de la recherche pour un renouvellement de l'enseignement de la cartographie en Master Géomatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Symposium on Spatial Accuracy Assessment in Natural Resources &amp; Environmental Sciences (ACCURACY'16), 6-8 juillet, Montpellier 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Montpellier, France. pp.259-266</w:t>
+              <w:t xml:space="preserve">Colloque "Cartographie et Géomatique : une enseignement renouvelé", Université de Montpellier 3, Montpellier, 17-18 novembre 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03070110v1</w:t>
+                <w:t xml:space="preserve">hal-03073655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions de la recherche pour un renouvellement de l'enseignement de la cartographie en Master Géomatique</w:t>
+                <w:t xml:space="preserve">Simulation of realistic digitizing errors on geographical objects using constraints modeling the operator input process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Cartographie et Géomatique : une enseignement renouvelé", Université de Montpellier 3, Montpellier, 17-18 novembre 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">12th International Symposium on Spatial Accuracy Assessment in Natural Resources &amp; Environmental Sciences (ACCURACY'16), 6-8 juillet, Montpellier 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Montpellier, France. pp.259-266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073655v1</w:t>
+                <w:t xml:space="preserve">hal-03070110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework to formalize multi-scales land-use generalization in the ScaleMaster 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Touya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence international : "27° Conférence cartographique internationale" et " 16° Assemblée générale de l'Association cartographique internationale", Société brésilienne de cartographie, Rio de Janeiro, 23-28 août 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rio de Janeiro, Brésil. pp.61-69</w:t>
+              <w:t xml:space="preserve">27th International Cartographic Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03070106v1</w:t>
+                <w:t xml:space="preserve">hal-02278067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework to formalize multi-scales land-use generalization in the ScaleMaster 2.0</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation of geographical databases capture scale based on inter-vertices distances exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Cartographic Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Symposium on Spatial Data Quality (ISSDQ'15), La Grande Motte, 29-30 septembre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, La Grande Motte, France. pp.305-310, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprsannals-II-3-W5-305-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02278067v1</w:t>
+                <w:t xml:space="preserve">hal-03070111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of geographical databases capture scale based on inter-vertices distances exploration</w:t>
+                <w:t xml:space="preserve">A framework to formalize multi-scales land-use generalization in the ScaleMaster 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on Spatial Data Quality (ISSDQ'15), La Grande Motte, 29-30 septembre 2015</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence international : "27° Conférence cartographique internationale" et " 16° Assemblée générale de l'Association cartographique internationale", Société brésilienne de cartographie, Rio de Janeiro, 23-28 août 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rio de Janeiro, Brésil. pp.61-69</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03070111v1</w:t>
+                <w:t xml:space="preserve">hal-03070106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation des dynamiques du foncier agricole en zone de mise en culture pré-saharienne par télédétection : application au périmètre irrigué d'El Maader (Algérie)</w:t>
               </w:r>
@@ -4077,214 +4077,253 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Léonard</w:t>
+                <w:t xml:space="preserve">Ali Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Daoudi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Philippe Colin</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International : "La géomatique, ses applications en géosciences et en aménagement du territoire", CIGAT, Constantine, 2-3 décembre 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Constantine, Algérie. pp.15-16</w:t>
+              <w:t xml:space="preserve">Colloque International « La géomatique, ses applications en géosciences et en aménagement du territoire » (CIGAT 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Constantine, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073651v1</w:t>
+                <w:t xml:space="preserve">hal-05279425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalising Unusual Map Themes from OpenStreetMap</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation des dynamiques du foncier agricole en zone de mise en culture pré-saharienne par télédétection : application au périmètre irrigué d'El Maader (Algérie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th ICA Workshop on Generalisation and Multiple Representation, Vienne, 23 septembre 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Colloque International : "La géomatique, ses applications en géosciences et en aménagement du territoire", CIGAT, Constantine, 2-3 décembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Constantine, Algérie. pp.15-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03070113v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03073651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographic Generalisation Aware of Multiple Representations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4300,329 +4339,290 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GIScience 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Vienna, Austria. pp.289-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fondements théoriques et méthodologiques de la qualification des données géographiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generalising Unusual Map Themes from OpenStreetMap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Touya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoseminaire 2014, AgroParisTech, Montpellier, 25 février 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">17th ICA Workshop on Generalisation and Multiple Representation, Vienne, 23 septembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03076322v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03070113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalising Unusual Map Themes from OpenStreetMap</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fondements théoriques et méthodologiques de la qualification des données géographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th ICA Workshop on Map Generalisation and Multiple Representation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Géoseminaire 2014, AgroParisTech, Montpellier, 25 février 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280105v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des dynamiques du foncier agricole en zone de mise en culture pré-saharienne par télédétection : application au périmètre irrigué d'El Maader (Algérie)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generalising Unusual Map Themes from OpenStreetMap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Touya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International « La géomatique, ses applications en géosciences et en aménagement du territoire » (CIGAT 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Constantine, Algeria</w:t>
+              <w:t xml:space="preserve">17th ICA Workshop on Map Generalisation and Multiple Representation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05279425v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional monitoring of Amazonia's coastal ecosystems: landcover dynamics analysis using extensive high resolution optical data sets</w:t>
               </w:r>
@@ -4727,165 +4727,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05279389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model to estimate length measurements uncertainty in vector database</w:t>
+                <w:t xml:space="preserve">An evaluation of the impact of cartographic generalisation on length measurement computed from linear vector databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Symposium on Spatial Data Quality (ISSDQ'11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Coimbra, France</w:t>
+              <w:t xml:space="preserve">25 th International Cartographic Conference (ICC'11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279363v1</w:t>
+                <w:t xml:space="preserve">hal-05279353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An evaluation of the impact of cartographic generalisation on length measurement computed from linear vector databases</w:t>
+                <w:t xml:space="preserve">A model to estimate length measurements uncertainty in vector database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25 th International Cartographic Conference (ICC'11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">7th International Symposium on Spatial Data Quality (ISSDQ'11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Coimbra, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279353v1</w:t>
+                <w:t xml:space="preserve">hal-05279363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of Imprecision in Length and Area Computation in Vector Databases Including Production Processes Description</w:t>
               </w:r>
@@ -5546,51 +5546,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring Olive Tree and Identifying Olive-Growing Formation Using Very High Satellite Imagery : A Case Study of the Ouezzane Province in Morocco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6706,51 +6706,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B245ABA3"/>
+    <w:nsid w:val="3B69C993"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6937,51 +6937,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jfgirres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5920-939X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168597977" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269336v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Touati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jegou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1318" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269357v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2025.2489266" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tgis.13132" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699897v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez Echavarria" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;a Pottier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;onard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-45620207" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043413v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Viau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sallaberry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rodriguez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poncelet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658816.2023.2190374" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070168v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Assenat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veysel Malit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz340-658etyknpgmcw-19173209" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaysel Malit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792117v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B4-2020-97-2020" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398076v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789993v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz344-652etyknpgmcw-19188362" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133126v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cart.53.1.2017-0006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068088v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leone" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gustave" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gherardi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2018.1440711" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068089v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Serpanti&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068090v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068091v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063585v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsannals-II-3-W5-305-2015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274451v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Touya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2013.809233" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793032v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01369876v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria de F&#225;tima Ven&#226;ncio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine A Roma&#241;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/gh.2011.156" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01369930v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/gh.2011.157" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320425v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9671.2010.01203.x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269428v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosma Zydek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645363v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cl&#233;mence" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nourrigat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17931" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390757v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guene" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Clemence" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-5-19-2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390714v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793016v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veysel Mal&#305;t" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793063v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coupin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Abidi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahad Mahadi Ali" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280394v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pierkot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070109v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070108v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ralite" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester-Ines Ribo-Delissey" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.GISCIENCE.2018.29" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073654v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073652v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073653v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendrika Ratianarijaona" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovatiana A. Rakotonirina" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Serpanti&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Rajaona" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070110v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073655v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070106v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278067v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070111v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073651v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Mangin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric L&#233;onard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Daoudi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Colin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070113v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288803v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076322v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280105v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279425v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279389v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdenira Ferreira Santos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Theresa Prost" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amilcar Mendes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Goeury" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279363v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279353v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279337v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372842v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de F. Venancio" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Romana" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279215v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279300v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Petit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Os&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279281v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Laques" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Gurgel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269408v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Attan&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Toum" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Rouamba" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169929v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Dalous" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Vallier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076567v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279347v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Julien" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279321v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355445v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707285v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707305v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792971v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Follin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Olteanu-Raimond" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507284.ch3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792960v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/limperfection-des-donnees-geographiques-1/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057874v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chrisman" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00809273v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PEST1080" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jfgirres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5920-939X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168597977" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269336v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Touati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jegou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1318" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269357v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2025.2489266" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tgis.13132" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043413v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Viau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sallaberry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rodriguez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poncelet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658816.2023.2190374" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699897v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez Echavarria" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;a Pottier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;onard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-45620207" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994396v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Assenat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaysel Malit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070168v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veysel Malit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz340-658etyknpgmcw-19173209" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792117v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B4-2020-97-2020" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398076v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789993v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz344-652etyknpgmcw-19188362" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133126v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cart.53.1.2017-0006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068089v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Serpanti&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068088v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leone" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gustave" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gherardi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2018.1440711" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068090v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068091v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063585v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsannals-II-3-W5-305-2015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274451v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Touya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2013.809233" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793032v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01369876v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria de F&#225;tima Ven&#226;ncio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine A Roma&#241;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/gh.2011.156" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01369930v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/gh.2011.157" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320425v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9671.2010.01203.x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269428v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosma Zydek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645363v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cl&#233;mence" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nourrigat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17931" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390757v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guene" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Clemence" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-5-19-2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390714v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793016v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veysel Mal&#305;t" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793063v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coupin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Abidi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahad Mahadi Ali" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280394v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pierkot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070109v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070108v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ralite" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester-Ines Ribo-Delissey" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.GISCIENCE.2018.29" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073653v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendrika Ratianarijaona" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovatiana A. Rakotonirina" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Serpanti&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Rajaona" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073654v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073652v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073655v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070110v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278067v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070111v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070106v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279425v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Mangin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Daoudi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric L&#233;onard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Colin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288803v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070113v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076322v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280105v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279389v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdenira Ferreira Santos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Theresa Prost" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amilcar Mendes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Goeury" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279353v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279363v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279337v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372842v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de F. Venancio" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Romana" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279215v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279300v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Petit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Os&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279281v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Laques" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Gurgel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269408v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Attan&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Toum" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Rouamba" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169929v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Dalous" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Vallier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076567v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279347v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Julien" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279321v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355445v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707285v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707305v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792971v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Follin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Olteanu-Raimond" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507284.ch3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792960v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/limperfection-des-donnees-geographiques-1/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057874v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chrisman" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00809273v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PEST1080" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>