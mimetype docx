--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.26109660574px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean-François Jégo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergences performatives et création interactive en contexte de jam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Daste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Sohier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'informatique théâtrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05138629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networked Collaborative Performance: Frugal Strategies and Cultural Impact of Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iannis Zannos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Birringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haruka Hirayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remixer le Flying Words Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chateauvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yorgos Tsampounaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendering embodied experience into multimodal data: concepts, tools and applications for Xenakis' piano performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Paschalidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xenakis 22: Centenary International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Athens &amp; Nafplio, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendering embodied experience into multimodal data: concepts, tools and applications for Xenakis' piano performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Paschalidou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xenakis 22: Centenary International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Athens, Nafplio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dwelling Xenakis. An augmented reality project on Evryali for piano solo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makis Solomos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOVA Contemporary Music Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de l'effacement dans l'activité d'esquisse en réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Richir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61ème Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merging symbolic, physical and virtual spaces: Augmented reality for Iannis Xenakis’ Evryali for piano solo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makis Solomos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bevilacqua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCAC, 3rd International Conference on Digital Culture &amp; AudioVisual Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Athens, Nafplio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's Resonate! How to Elicit Improvisation and Letting Go in Interactive Digital Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Bergamo Meneghini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO '20: 7th International Conference on Movement and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Jersey City, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3401956.3404194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Body of the gestures / Gestures of the body</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZeM Spring Lecture: Gesture Aesthetics - Exploring Movement in Conversation, Film and Digital Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Viadrina Universität, May 2019, Frankfurt am Oder, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MITMI Man-In-The-Middle Interaction: The human back in the loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Plessiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VRIC 2019 Virtual Reality International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Laval, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Workflow for Real-time Visualization and Data Analysis of Gesture using Motion Capture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO '19: 6th International Conference on Movement and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School of Arts, Media and Engineering at ASU, Oct 2019, TEMPE AZ, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3347122.3359598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pipeline for motion capture recording and analysis of movement data using an intrinsic frame of reference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of the International Society of Gesture Studies (ISGS8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Heather Brooks, Jul 2018, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02342780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to record, analyze and annotate gestures and sign languages with MoCap technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MeMuMo: Methods in Multimodal Communication Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moscow State Language University, Oct 2017, Moscow, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Gestures for Interactive Systems: Towards Multicultural Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larralde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Chevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th IFIP Conference on Human-Computer Interaction (INTERACT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bombay, India. pp.524-526</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Gestures: The Influence of Art History and how MOCAP could change our analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Mutlimodal Communication Research, MEMUMO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moscow State Linguistic University, MSLU, Oct 2016, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock Art Rocks Me</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference "ACM MOCO’16, Demo session &amp; artistic exhibition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Thessaloniki, Jul 2016, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIGALE, Capture of Interactional, Artistic, Cospeech and Expressive Gestures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Dynamique Interactionnelle du Geste “Making Sense Together”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asaf Bachrach, Marion Blondel, Dominique Boutet, Coralie Vincent, Sep 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestuelle contrainte et empathie dans l'interaction homme-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales d’anthropologie linguistique (RIAL 2016) "L’être de langage, entre corps et technique : nouvelles données, nouvelle donne ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01293427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestuelle contrainte et empathie dans l’interaction homme-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boutet D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondel M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batras D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales d’anthropologie linguistique (RIAL 2016) "L’être de langage, entre corps et technique : nouvelles données, nouvelle donne ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock Art Rocks Me</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Thessaloniki, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the CIGALE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Digital Subject: Codes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex ArtsH2H, Nov 2015, Paris et Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01233473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User-Defined Gestural Interaction: a Study on Gesture Memorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Paljic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fuchs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 3D User Interfaces, 3DUI 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Orlando, Fl., United States. pp.N/A</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786384v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrice Active</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on movement qualities and physical models visualizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, IRCAM, Paris, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workshop sur les interfaces low-cost pour la réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kuntz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l'AFRV 2011, Association Française de Réalité Virtuelle, Augmentée, Mixte et d'Interaction 3D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrice Active, Tableau scénique n°1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual ACM International Conference on Multimedia (ACMMM 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Scottsdale, Arizona, United States. pp.n.a</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wabi-Sabi in Virtual Reality Sketching: Toward a Digital Creator’s Posture Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Seddoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Leonardo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 58, pp.227 - 234. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/leon_a_02647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Of thee I sing”: An opening to Dominique Boutet’s kinesiological approach to gesture.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Chèvrefils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages and Modalities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.3-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussions? Easily! Robots learn to talk like a human interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online journal ПОИСК</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interaction gestuelle : l’écran et les mains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossmédias.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Prévieux, Duchamp du geste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Ma Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stop talking / Make gestures!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vincent Meyrueis; Dominique Boutet; Jean-François Jégo. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Creation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure George-Molland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roberto Barbanti, Isabelle Ginot, Makis Solomos, Cécile Sorin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts, Ecologies, Transitions. Constructing a Common Vocabulary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.248, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création Numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure George-Molland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BARBANTI Roberto, GINOT Isabelle, SOLOMOS Makis, SORIN Cécile. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts, écologies, transitions – Un abécédaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses du réel, 2024, 978-2-37896-485-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénographie hybride autour d’Evryali de Xenakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Makis Solomos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Révolution Xenakis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l’œil : Cité de la musique - Philharmonie de Paris, pp.320, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction gestuelle improvisée avec un acteur virtuel dans un théâtre d’ombres bidimensionnelles ou au sein d’un univers virtuel en relief : l’illusion d’un dialogue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Miguel Almiron; Esther Jacopin; Giusy Pisano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stéréoscopie et illusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.281-299, 2018, 9782757420706</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating digital art installations with VR headsets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Theoretical and Pragmatic Approach for Virtual Reality Headsets, Philippe Fuchs (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.200, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02519185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtual reality agent-based platform for improvisation between real and virtual actors using gestures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM VRIC Virtual Reality International Conference (VRIC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34, ACM, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterACTE: Improvising with a Virtual Actor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd International Symposium on Movement and Computing (MOCO’16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52, ACM, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deaf Poetry: saying everything without speaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd International Symposium on Movement and Computing (MOCO ’16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51, ACM, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIGALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boutet D.,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Scription — ex-scription", actes colloque international Le sujet Digital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex-Arts-H2H, Université Paris 8, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestuelle interactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLIMOD Pipeline: documentation. Motion Capture, Visualization & Data Analysis for gesture studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université de Rouen, Université Paris 8, Moscow State Linguistic University. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLIMOD Pipeline: tutorial: step-by-step tutorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] Université de Rouen, Université Paris 8, Moscow State Linguistic University. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction basée sur des gestes définis par l’utilisateur : Application à la réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Ecole Nationale Supérieure des Mines de Paris, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013ENMP0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00944726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId106"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.26109660574px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean-François Jégo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergences performatives et création interactive en contexte de jam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Daste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Sohier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'informatique théâtrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05138629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remixer le Flying Words Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chateauvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yorgos Tsampounaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networked Collaborative Performance: Frugal Strategies and Cultural Impact of Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iannis Zannos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Birringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haruka Hirayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendering embodied experience into multimodal data: concepts, tools and applications for Xenakis' piano performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Paschalidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xenakis 22: Centenary International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Athens &amp; Nafplio, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendering embodied experience into multimodal data: concepts, tools and applications for Xenakis' piano performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Paschalidou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xenakis 22: Centenary International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Athens, Nafplio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dwelling Xenakis. An augmented reality project on Evryali for piano solo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makis Solomos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOVA Contemporary Music Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de l'effacement dans l'activité d'esquisse en réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Richir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61ème Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merging symbolic, physical and virtual spaces: Augmented reality for Iannis Xenakis’ Evryali for piano solo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makis Solomos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bevilacqua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCAC, 3rd International Conference on Digital Culture &amp; AudioVisual Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Athens, Nafplio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's Resonate! How to Elicit Improvisation and Letting Go in Interactive Digital Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Bergamo Meneghini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO '20: 7th International Conference on Movement and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Jersey City, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3401956.3404194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Body of the gestures / Gestures of the body</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZeM Spring Lecture: Gesture Aesthetics - Exploring Movement in Conversation, Film and Digital Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Viadrina Universität, May 2019, Frankfurt am Oder, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MITMI Man-In-The-Middle Interaction: The human back in the loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Plessiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VRIC 2019 Virtual Reality International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Laval, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Workflow for Real-time Visualization and Data Analysis of Gesture using Motion Capture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO '19: 6th International Conference on Movement and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School of Arts, Media and Engineering at ASU, Oct 2019, TEMPE AZ, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3347122.3359598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pipeline for motion capture recording and analysis of movement data using an intrinsic frame of reference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of the International Society of Gesture Studies (ISGS8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Heather Brooks, Jul 2018, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02342780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to record, analyze and annotate gestures and sign languages with MoCap technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MeMuMo: Methods in Multimodal Communication Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moscow State Language University, Oct 2017, Moscow, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Gestures for Interactive Systems: Towards Multicultural Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larralde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Chevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th IFIP Conference on Human-Computer Interaction (INTERACT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bombay, India. pp.524-526</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock Art Rocks Me</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference "ACM MOCO’16, Demo session &amp; artistic exhibition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Thessaloniki, Jul 2016, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Gestures: The Influence of Art History and how MOCAP could change our analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Mutlimodal Communication Research, MEMUMO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moscow State Linguistic University, MSLU, Oct 2016, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestuelle contrainte et empathie dans l'interaction homme-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales d’anthropologie linguistique (RIAL 2016) "L’être de langage, entre corps et technique : nouvelles données, nouvelle donne ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01293427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIGALE, Capture of Interactional, Artistic, Cospeech and Expressive Gestures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Dynamique Interactionnelle du Geste “Making Sense Together”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asaf Bachrach, Marion Blondel, Dominique Boutet, Coralie Vincent, Sep 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestuelle contrainte et empathie dans l’interaction homme-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boutet D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondel M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batras D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales d’anthropologie linguistique (RIAL 2016) "L’être de langage, entre corps et technique : nouvelles données, nouvelle donne ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock Art Rocks Me</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Thessaloniki, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the CIGALE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Digital Subject: Codes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex ArtsH2H, Nov 2015, Paris et Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01233473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User-Defined Gestural Interaction: a Study on Gesture Memorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Paljic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fuchs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 3D User Interfaces, 3DUI 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Orlando, Fl., United States. pp.N/A</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786384v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrice Active</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on movement qualities and physical models visualizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, IRCAM, Paris, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workshop sur les interfaces low-cost pour la réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kuntz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l'AFRV 2011, Association Française de Réalité Virtuelle, Augmentée, Mixte et d'Interaction 3D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrice Active, Tableau scénique n°1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual ACM International Conference on Multimedia (ACMMM 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Scottsdale, Arizona, United States. pp.n.a</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wabi-Sabi in Virtual Reality Sketching: Toward a Digital Creator’s Posture Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Seddoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Leonardo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 58, pp.227 - 234. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/leon_a_02647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Of thee I sing”: An opening to Dominique Boutet’s kinesiological approach to gesture.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Chèvrefils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages and Modalities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.3-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussions? Easily! Robots learn to talk like a human interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online journal ПОИСК</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interaction gestuelle : l’écran et les mains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossmédias.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Prévieux, Duchamp du geste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Ma Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stop talking / Make gestures!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vincent Meyrueis; Dominique Boutet; Jean-François Jégo. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Creation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure George-Molland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roberto Barbanti, Isabelle Ginot, Makis Solomos, Cécile Sorin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts, Ecologies, Transitions. Constructing a Common Vocabulary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.248, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création Numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure George-Molland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BARBANTI Roberto, GINOT Isabelle, SOLOMOS Makis, SORIN Cécile. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts, écologies, transitions – Un abécédaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses du réel, 2024, 978-2-37896-485-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénographie hybride autour d’Evryali de Xenakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavlos Antoniadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Makis Solomos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Révolution Xenakis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l’œil : Cité de la musique - Philharmonie de Paris, pp.320, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction gestuelle improvisée avec un acteur virtuel dans un théâtre d’ombres bidimensionnelles ou au sein d’un univers virtuel en relief : l’illusion d’un dialogue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Miguel Almiron; Esther Jacopin; Giusy Pisano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stéréoscopie et illusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.281-299, 2018, 9782757420706</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating digital art installations with VR headsets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Theoretical and Pragmatic Approach for Virtual Reality Headsets, Philippe Fuchs (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.200, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02519185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtual reality agent-based platform for improvisation between real and virtual actors using gestures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM VRIC Virtual Reality International Conference (VRIC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34, ACM, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterACTE: Improvising with a Virtual Actor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd International Symposium on Movement and Computing (MOCO’16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52, ACM, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deaf Poetry: saying everything without speaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Batras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd International Symposium on Movement and Computing (MOCO ’16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51, ACM, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIGALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tramus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Guez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boutet D.,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Scription — ex-scription", actes colloque international Le sujet Digital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex-Arts-H2H, Université Paris 8, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestuelle interactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLIMOD Pipeline: documentation. Motion Capture, Visualization & Data Analysis for gesture studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université de Rouen, Université Paris 8, Moscow State Linguistic University. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLIMOD Pipeline: tutorial: step-by-step tutorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyrueis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] Université de Rouen, Université Paris 8, Moscow State Linguistic University. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction basée sur des gestes définis par l’utilisateur : Application à la réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Ecole Nationale Supérieure des Mines de Paris, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013ENMP0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00944726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId106"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138629v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Jego" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Daste" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Sohier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420256v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Zannos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlos Antoniadis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Birringer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruka Hirayama" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J&#233;go" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420544v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chateauvert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorgos Tsampounaris" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999834v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Paschalidou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bevilacqua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420668v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406362v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makis Solomos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841310v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fleury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Henry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-yin Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Richir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420685v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bevilacqua" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137341v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Bergamo Meneghini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3401956.3404194" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340723v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyrueis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plessiet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474193v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3347122.3359598" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342780v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02526467v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01680310v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dubos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Larralde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chevrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340791v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02526420v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340799v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Guez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293427v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tramus" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Batras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02526367v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutet D." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blondel M." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batras D." TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523412v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233473v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Yin Chen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786384v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Paljic" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fuchs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00787084v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lavaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00787133v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouchet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kuntz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00787160v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Seddoh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/leon_a_02647" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500031v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ch&#232;vrefils" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Vincent" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02530093v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02530404v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02530119v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375403v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405533v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure George-Molland" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Arts-Ecologies-Transitions-Constructing-a-Common-Vocabulary/Barbanti-Ginot-Sorin-Solomos/p/book/9781032595153" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405507v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405712v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740555v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100399580" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02519185v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523197v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523192v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523868v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutet D.," TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02531868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950466v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950615v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00944726v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ENMP0033" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138629v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Jego" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Daste" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Sohier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420544v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chateauvert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorgos Tsampounaris" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420256v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Zannos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlos Antoniadis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Birringer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruka Hirayama" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J&#233;go" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999834v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Paschalidou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bevilacqua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420668v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406362v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makis Solomos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841310v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fleury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Henry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-yin Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Richir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420685v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bevilacqua" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137341v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Bergamo Meneghini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3401956.3404194" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340723v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyrueis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plessiet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474193v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3347122.3359598" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342780v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02526467v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01680310v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dubos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Larralde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chevrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02526420v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340791v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293427v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tramus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Batras" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340799v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Guez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02526367v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutet D." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blondel M." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batras D." TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523412v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233473v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Yin Chen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786384v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Paljic" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fuchs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00787084v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lavaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00787133v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouchet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kuntz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00787160v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Seddoh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/leon_a_02647" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500031v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ch&#232;vrefils" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Vincent" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02530093v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02530404v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02530119v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375403v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405533v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure George-Molland" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Arts-Ecologies-Transitions-Constructing-a-Common-Vocabulary/Barbanti-Ginot-Sorin-Solomos/p/book/9781032595153" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405507v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405712v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740555v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100399580" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02519185v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523197v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523192v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02523868v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutet D.," TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02531868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950466v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950615v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00944726v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ENMP0033" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>