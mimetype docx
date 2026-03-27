--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1331,377 +1331,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizobium effect on lateral root development of pea under various nitrate concentrations in the early growth: a phenotype study.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Predictors for assessing the flowering duration and dynamics of the complex umbellate of fennel in seed production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Mohamed Limami</w:t>
+                <w:t xml:space="preserve">Céline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Raveneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Cannavacciuolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Guerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fustec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aspects of Applied Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Applied Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 179 (1), pp.134-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aab.12685⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05014884v1</w:t>
+                <w:t xml:space="preserve">hal-03338165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex intercropping of winter oilseed rape with frost sensitive service plants: How to explain ecosystem services variability?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alice Baux</w:t>
+                <w:t xml:space="preserve">Rhizobium effect on lateral root development of pea under various nitrate concentrations in the early growth: a phenotype study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Boeglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Mohamed Limami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fustec</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aspects of Applied Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2021, 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05014883v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05014884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictors for assessing the flowering duration and dynamics of the complex umbellate of fennel in seed production</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoît Guerry</w:t>
+                <w:t xml:space="preserve">Complex intercropping of winter oilseed rape with frost sensitive service plants: How to explain ecosystem services variability?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Baux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fustec</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Applied Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aspects of Applied Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/aab.12685⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03338165v1</w:t>
+                <w:t xml:space="preserve">hal-05014883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of water availability on changes in root amino acids and associated rhizosphere on root exudation of amino acids in Pisum sativum L.</w:t>
               </w:r>
@@ -5196,243 +5196,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramification du système racinaire du pois en réponse au nitrate et Rhizobium pour un meilleur contrôle des adventices dans les associations pois-colza.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plantes de services : choix des espèces de légumineuses gélives au sein des mélanges d’espèces associés au colza d’hiver.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Baux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fustec</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anis M. Limami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Francophones Légumineuses – RFL3</w:t>
+              <w:t xml:space="preserve">Rencontres Francophones Légumineuses - RFL3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESA Angers &amp; INRAE, Feb 2021, Angers (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05014897v1</w:t>
+                <w:t xml:space="preserve">hal-05014899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plantes de services : choix des espèces de légumineuses gélives au sein des mélanges d’espèces associés au colza d’hiver.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ramification du système racinaire du pois en réponse au nitrate et Rhizobium pour un meilleur contrôle des adventices dans les associations pois-colza.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fustec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Boeglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis M. Limami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Francophones Légumineuses - RFL3</w:t>
+              <w:t xml:space="preserve">Rencontres Francophones Légumineuses – RFL3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESA Angers &amp; INRAE, Feb 2021, Angers (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05014899v1</w:t>
+                <w:t xml:space="preserve">hal-05014897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is diversity of service plant species a way to achieve higher biomass and N accumulation in rapeseed-service plant intercropping?</w:t>
               </w:r>
@@ -5625,64 +5625,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of climatic factors on flowering durations and dynamics in fennel seed production.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fustec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Raveneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plantum Seed Technology webinar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9614,51 +9614,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="93E54573"/>
+    <w:nsid w:val="0CFC0E55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9845,51 +9845,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jfustec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2347-3794" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/142918865" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/213332036" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/A-2854-2010" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leva.groupe-esa.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-05005652v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dourmap" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fustec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tcherkez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf127" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014675v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bousselin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lorin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cassagne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127097" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016332v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-024-00972-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04347156v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Drut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Oddos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cannavacciuolo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2023.103510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165606v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Dayoub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piva" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Shirtliffe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12092187" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011537v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Boeglin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Mor&#232;re-Le Paven" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Clochard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M Limami" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11151966" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014881v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681032v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Herrera" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11081493" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014884v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Mohamed Limami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014883v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338165v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lefort" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Raveneau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Guerry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aab.12685" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140854v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bobille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Robins" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cukier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M. Limami" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2019.01.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516675v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bobille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Robins" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014307v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Floch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; F Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/jas.v10n12p1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603314v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Taschen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tournier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deleporte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Malagoli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhisph.2017.04.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605035v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Shirtliffe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2017.e00244" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011561v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Limami" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J Robins" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2016.07.022" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181299v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edina Pereira Lopes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2354-8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173329v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bdvp-ha42" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220060v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jamont" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piva" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fustec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-013-1712-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2D5DAA57F652786C6F0E80B7918419B0D0457C2A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173245v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise L&#244;-Pelzer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/41ch-qa28" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011547v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cormier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Pithon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Choisy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00063650809461508" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886487v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lesuffleur" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mahieu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Cliquet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro/2009003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195300v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orth" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704648v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Orth" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011540v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Jensen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Crozat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2009.08.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DK6S194K-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014967v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Pithon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011539v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Faure" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Crozat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-007-9275-8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C5FJNGX1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014886v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014355v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/MAMM.2007.002" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-KPHVX5LV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658380v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Brisson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2007.04.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P81T7C1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014860v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-005-5777-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z3VTG0C1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683226v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Guilleux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Le Corff" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Maitre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mci175" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011554v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lod&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(03)00057-X" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689024v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Beaujard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Viemont" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698239v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1002894019412" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E7588E13E155EA358A9C154C33472ECA8D84E4B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189634v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beaujard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Vi&#233;mont" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gendraud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1026732618486" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LC9ZXVKC-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04996931v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beaujard Fran&#231;ois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Vi&#233;mont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denoel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04471107v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Ser&#233;e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014897v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014899v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014893v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014896v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014887v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020805v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;dan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795618v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard-Nielsen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173342v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750028v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman Brauman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Oris" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748924v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Sim&#233;on" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729684v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamont M" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cortes-Mora" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cr&#233;pelli&#232;re" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jaloux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753359v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Malagoli" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756269v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Lopez Ridaura" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Cohan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Desclaux" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823352v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schoeny" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jumel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rouault" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dibet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014459v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014833v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774788v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014485v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334493v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014900v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02557444v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Friant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Peligry" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082528v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014810v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218704v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218699v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218711v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Floch" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218787v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis-Mohamed Limami" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014749v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014818v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Joly" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844815v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014867v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beaujard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Daniel Viemont" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811413v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Bernard," TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800480v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Mikic" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Rubiales" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojislav Mihailovic" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Sarunaite" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/282074.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.agron.2014.10.004" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811433v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick L. Stoddard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorde Krstic" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Justes" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-94-007-1520-2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-1521-9_12" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014857v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0394-0_38" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220759v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Josien" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Geoffriau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05011919v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05011926v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jfustec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2347-3794" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/142918865" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/213332036" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/A-2854-2010" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leva.groupe-esa.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-05005652v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dourmap" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fustec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tcherkez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf127" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014675v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bousselin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lorin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cassagne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127097" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016332v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-024-00972-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04347156v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Drut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Oddos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cannavacciuolo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2023.103510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165606v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Dayoub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piva" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Shirtliffe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12092187" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011537v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Boeglin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Mor&#232;re-Le Paven" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Clochard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M Limami" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11151966" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014881v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681032v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Herrera" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11081493" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338165v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lefort" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Raveneau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Guerry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aab.12685" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014884v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Mohamed Limami" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014883v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140854v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bobille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Robins" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cukier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M. Limami" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2019.01.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516675v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bobille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Robins" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014307v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Floch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; F Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/jas.v10n12p1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603314v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Taschen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tournier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deleporte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Malagoli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhisph.2017.04.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605035v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Shirtliffe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2017.e00244" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011561v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Limami" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J Robins" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2016.07.022" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181299v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edina Pereira Lopes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2354-8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173329v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bdvp-ha42" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220060v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jamont" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piva" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fustec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-013-1712-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2D5DAA57F652786C6F0E80B7918419B0D0457C2A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173245v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise L&#244;-Pelzer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/41ch-qa28" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011547v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cormier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Pithon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Choisy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00063650809461508" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886487v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lesuffleur" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mahieu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Cliquet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro/2009003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195300v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orth" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704648v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Orth" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011540v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Jensen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Crozat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2009.08.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DK6S194K-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014967v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Pithon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011539v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Faure" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Crozat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-007-9275-8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C5FJNGX1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014886v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014355v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/MAMM.2007.002" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-KPHVX5LV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658380v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Brisson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2007.04.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P81T7C1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014860v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-005-5777-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z3VTG0C1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683226v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Guilleux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Le Corff" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Maitre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mci175" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011554v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lod&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(03)00057-X" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689024v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Beaujard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Viemont" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698239v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1002894019412" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E7588E13E155EA358A9C154C33472ECA8D84E4B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189634v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beaujard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Vi&#233;mont" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gendraud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1026732618486" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LC9ZXVKC-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04996931v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beaujard Fran&#231;ois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Vi&#233;mont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denoel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04471107v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Ser&#233;e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014899v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014897v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014893v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014896v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014887v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020805v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;dan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795618v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard-Nielsen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173342v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750028v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman Brauman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Oris" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748924v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Sim&#233;on" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729684v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamont M" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cortes-Mora" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cr&#233;pelli&#232;re" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jaloux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753359v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Malagoli" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756269v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Lopez Ridaura" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Cohan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Desclaux" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823352v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schoeny" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jumel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rouault" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dibet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014459v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014833v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774788v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014485v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334493v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014900v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02557444v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Friant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Peligry" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082528v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014810v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218704v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218699v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218711v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Floch" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03218787v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis-Mohamed Limami" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014749v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014818v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Joly" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844815v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014867v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beaujard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Daniel Viemont" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811413v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Bernard," TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800480v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Mikic" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Rubiales" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojislav Mihailovic" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Sarunaite" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/282074.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.agron.2014.10.004" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811433v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick L. Stoddard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorde Krstic" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Justes" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-94-007-1520-2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-1521-9_12" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014857v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0394-0_38" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220759v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Josien" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Geoffriau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05011919v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05011926v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>