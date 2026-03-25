--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> jimmy lopez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation in the Network Sectors: Impact on the Innovation Process and the Employment Rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Economic Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 68 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/s41294-025-00273-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and Regulation in the Construction Sector: Evidence for OECD Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2023.2208845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting self-employment: Does it create more employment and business activity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LABOUR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (1), pp.94-114. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/labr.12211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring ‘indirect’ investments in ICT in OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Presidente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Spiezia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics of Innovation and New Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (4), pp.348-364. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10438599.2018.1500105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02163878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rent Creation and Rent Sharing: New Measures and Impacts on Total Factor Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (4), pp.1915-1938. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ecin.12809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employment Protection Legislation Impacts on Capital and Skills Composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 503d, pp.109-122. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24187/ecostat.2018.503d.1960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upstream Product Market Regulations, ICT, R&D and Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Income and Wealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 63, pp.S68--S89. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/roiw.12252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Market Regulations, Prices, and Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Economic Review: papers &amp; proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106 (5), pp.104-108. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1257/aer.p20161025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product and Labour Market Regulations, Production Prices, Wages and Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Economics and Institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7 (2), pp.29. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5202/rei.v7i2.220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Euro Area Structural Convergence? A Multi-Criterion Cluster Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Irac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 143, pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets macroéconomiques sur la productivité et les prix de vastes réformes structurelles sur les marchés des biens et du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Banque de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 199, pp.1--19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01457322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Product Market Regulations in Upstream Sectors Curb Productivity Growth? Panel Data Evidence for OECD Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 95 (5), pp.1750-1768. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/REST_a_00338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICT Demand Behaviour: an International Comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics of Innovation and New Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (4), pp.397-410</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01226444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement de demande de TIC : une comparaison internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 119, pp.83-114. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecoi.119.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investment in ICTs: an empirical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Noual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504850500042280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE COMPORTEMENT DE DEMANDE EN CAPITAL TIC : UNE ANALYSE EMPIRIQUE SUR QUELQUES GRANDS PAYS INDUSTRIALISÉS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Noual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 98, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecoi.098.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Product Market Regulations Impact on the Labor Market »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Vernerey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS PUDD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PROGEDO, PUDD, Dec 2020, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labour Market Regulations and Capital Intensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cette Gilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Political Economy of Structural Reforms in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Heterogeneity in Country-Industry-Year Panel Data: Two Illustrative Econometric Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Econometrics of Multi-dimensional Panels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.397-426, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the macroeconomic impact of ambitious structural reforms on product and labour markets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rue de la Banque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.6, n°27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Explains the ICT Diffusion Gap Between the Major Advanced Countries? An Empirical Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DO PRODUCT MARKET REGULATIONS IN UPSTREAM SECTORS CURB PRODUCTIVITY GROWTH? PANEL DATA EVIDENCE FOR OECD COUNTRIES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00504161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact on growth of easing regulations in upstream sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CESifo. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId55"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> jimmy lopez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation in the Network Sectors: Impact on the Innovation Process and the Employment Rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Economic Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 68 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/s41294-025-00273-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Potential Impact of Procompetitive Regulatory Reforms on Productivity and Growth in Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Vernerey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Productivity Monitor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and Regulation in the Construction Sector: Evidence for OECD Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2023.2208845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting self-employment: Does it create more employment and business activity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LABOUR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (1), pp.94-114. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/labr.12211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring ‘indirect’ investments in ICT in OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Presidente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Spiezia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics of Innovation and New Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (4), pp.348-364. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10438599.2018.1500105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02163878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rent Creation and Rent Sharing: New Measures and Impacts on Total Factor Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (4), pp.1915-1938. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ecin.12809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employment Protection Legislation Impacts on Capital and Skills Composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 503d, pp.109-122. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24187/ecostat.2018.503d.1960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upstream Product Market Regulations, ICT, R&D and Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Income and Wealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 63, pp.S68--S89. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/roiw.12252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Market Regulations, Prices, and Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Economic Review: papers &amp; proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106 (5), pp.104-108. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1257/aer.p20161025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product and Labour Market Regulations, Production Prices, Wages and Productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Economics and Institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7 (2), pp.29. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5202/rei.v7i2.220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Euro Area Structural Convergence? A Multi-Criterion Cluster Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Irac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 143, pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets macroéconomiques sur la productivité et les prix de vastes réformes structurelles sur les marchés des biens et du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Banque de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 199, pp.1--19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01457322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Product Market Regulations in Upstream Sectors Curb Productivity Growth? Panel Data Evidence for OECD Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 95 (5), pp.1750-1768. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/REST_a_00338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICT Demand Behaviour: an International Comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics of Innovation and New Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (4), pp.397-410</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01226444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement de demande de TIC : une comparaison internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 119, pp.83-114. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecoi.119.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investment in ICTs: an empirical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Noual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504850500042280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE COMPORTEMENT DE DEMANDE EN CAPITAL TIC : UNE ANALYSE EMPIRIQUE SUR QUELQUES GRANDS PAYS INDUSTRIALISÉS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Noual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 98, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecoi.098.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Product Market Regulations Impact on the Labor Market »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Vernerey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS PUDD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PROGEDO, PUDD, Dec 2020, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labour Market Regulations and Capital Intensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cette Gilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Political Economy of Structural Reforms in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Heterogeneity in Country-Industry-Year Panel Data: Two Illustrative Econometric Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Econometrics of Multi-dimensional Panels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.397-426, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the macroeconomic impact of ambitious structural reforms on product and labour markets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rue de la Banque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.6, n°27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Explains the ICT Diffusion Gap Between the Major Advanced Countries? An Empirical Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DO PRODUCT MARKET REGULATIONS IN UPSTREAM SECTORS CURB PRODUCTIVITY GROWTH? PANEL DATA EVIDENCE FOR OECD COUNTRIES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00504161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact on growth of easing regulations in upstream sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mairesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Nicoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CESifo. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536453v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Vernerey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lopez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41294-025-00273-1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117046v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Kane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2023.2208845" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588286v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/labr.12211" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02163878v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Presidente" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Spiezia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10438599.2018.1500105" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02279411v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mairesse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecin.12809" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01981426v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2018.503d.1960" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01589997v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roiw.12252" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344484v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/aer.p20161025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505783v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5202/rei.v7i2.220" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227965v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Irac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01457322v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247372v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bourl&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Nicoletti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/REST_a_00338" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01226444v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247380v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecoi.119.0083" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247384v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Noual" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504850500042280" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247377v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecoi.098.0059" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03722075v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197392v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cette Gilbert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197391v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03565078v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247387v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00504161v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247389v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536453v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Vernerey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lopez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41294-025-00273-1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446567v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cette" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Nicoletti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117046v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Kane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2023.2208845" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588286v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/labr.12211" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02163878v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Presidente" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Spiezia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10438599.2018.1500105" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02279411v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mairesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecin.12809" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01981426v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2018.503d.1960" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01589997v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roiw.12252" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344484v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/aer.p20161025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505783v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5202/rei.v7i2.220" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227965v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Irac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01457322v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247372v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bourl&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/REST_a_00338" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01226444v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247380v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecoi.119.0083" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247384v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Noual" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504850500042280" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247377v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecoi.098.0059" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03722075v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197392v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cette Gilbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197391v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03565078v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247387v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00504161v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247389v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>