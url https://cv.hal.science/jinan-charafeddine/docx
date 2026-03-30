--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -168,5360 +168,5485 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Hybrid AI-Biomechanics Digital Twin to Predict Skin Damage in Prosthetic Sockets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radouane Akrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Ghorbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa M R Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Houda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Automation, Robotics and Applications (ICARA 2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LES-Quality Urban Wind and NFZ Mapping via Multi-Fidelity Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminallah Rabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Yahiaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Computer and Applications (ICCA'25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, A'ali, Bahrain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AI-Driven Prediction of Optical Turbulence and Communication Reliability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrine Ayari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeinab Mhanna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASME International Mechanical Engineering Congress and Exposition (IMECE 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Memphis, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybrid Statistical–Machine Learning Channel Modeling and Reader Deployment for UWB Backscatter RFID in IoT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeinab Mhanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Computer and Applications (ICCA'25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, A'ali, Bahrain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AeroFSO-Deploy: Terrain- and SNR-Aware UAV–FSO Backbone Deployment for Post-Disaster Connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Computer and Applications (ICCA'25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, A'ali, Bahrain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Human-Robot Interaction Platform for Operator Well-Being: A Case-Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASME 2024 International Mechanical Engineering Congress and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Portland, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/IMECE2024-147259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ESER- Machine Learning Model for Predicting RSSI of FSO Communications in Forest Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Consumer Communications and Networking Conference (CCNC-2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Las Vegas, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing Medical Image Classification with Streamlined-EvidNet: A Robust Neural Network Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Al Gharib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 International Conference on Computer and Applications (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Cairo, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA62237.2024.10928015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unified Performance Analysis for UAV-based FSO Communication Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zainab Abdulazeez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Congress on Information and Communication Technology (ICICT-2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, London, United Kingdom. pp.613-629</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing Prosthetic and Orthopedic Support Devices Through Advanced Composite Material Assembly and Design Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radouane Akrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Mohammed Ridha Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASME 2024 International Mechanical Engineering Congress and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Portland, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/IMECE2024-147261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flexible Granular Deep Learning Voting Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Kallab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Merhej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nisrine Turkey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 International Conference on Computer and Applications (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Cairo, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA62237.2024.10927895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovations in neuro-motor rehabilitation: Towards adaptive and patient-centered robotic support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Global Healthcare Travel Forum (GHTF-2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vokolida, Cyprus</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data Augmentation Techniques for Medical Image Segmentation – A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Kozah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihad El Jaam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 International Conference on Computer and Applications (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Cairo, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA62237.2024.10927851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neuro-Motor Index for Upper Limb Exoskeleton Control: A Machine Learning Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Houda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasin Dhaher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 International Conference on Computer and Applications (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The British University in Egypt, Dec 2024, Cairo, France. pp.01-06, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA62237.2024.10928075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semi-supervised Classification through Data and Label Graph Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baradaaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 International Conference on Computer and Applications (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Cairo, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA59364.2023.10401729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using Artificial Intelligence to Improve the Lives of Wheelchair Users</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Kichaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Monacellia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48th congress of the Société de Biomécanique.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.253-260, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2023.2246304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unmanned Aerial Vehicles-based Free Space optical Communications Network for Disaster-Affected Areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Natural Resources and Sustainable Environmental Management (NRSEM-2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Nicosia, Cyprus</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04386861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Path Planning and Optimization Strategies: Toward Embedded Road Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Houda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Smart Systems and Power Management 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Beirut, Lebanon. pp.197-202, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IC2SPM56638.2022.9988830⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03967576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracking R t of COVID-19 Vaccine Effectiveness Using Kalman Filter and SIRD Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour Mahmoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazih Moubayed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 Sixth International Conference on Advances in Biomedical Engineering (ICABME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Werdanyeh, Lebanon. pp.151-154, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICABME53305.2021.9604831⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03967695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purposeful Proposal for CP-afflicted Upper Limbs Exoskeletons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Maassarani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Alfayad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sixth International Conference on Advances in Biomedical Engineering (ICABME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Beyrouth, Lebanon. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICABME53305.2021.9604854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neuromotor Strategy of Gait Rehabilitation for Lower-Limb Spasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pradon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Alfayad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Advances in Biomedical Engineering (ICABME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Tripoli, Lebanon. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICABME47164.2019.8940263⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A qualitative study on gendered wash insecurity and health outcomes among internally displaced populations in conflict-affected context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epidemiological surveillance of waterborne diseases among displaced populations: A cross-sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Abuzerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12889-025-25777-4⟩</w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (12), pp.e0005527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0005527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05393974v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-phase multi-view clustering with unified graph and data representation convolution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Charafeddine</w:t>
+                <w:t xml:space="preserve">A qualitative study on gendered wash insecurity and health outcomes among internally displaced populations in conflict-affected context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Abuzerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00500-025-10533-y⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-025-25777-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032200v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging Graph Convolutional Networks for Semi-supervised Learning in Multi-view Non-graph Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">One-phase multi-view clustering with unified graph and data representation convolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12559-025-10428-y⟩</w:t>
+              <w:t xml:space="preserve">Soft Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00500-025-10533-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032201v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Generalization and Mitigating Overfitting in Deep Learning for Brain Cancer Diagnosis from MRI</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Machine Learning-Enhanced Biomechanical Analysis for Robotic Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ignacio Arganda-Carreras</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikram Athmani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Magnetic Resonance</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1 (156), pp.227-229</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032206v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paediatric meningitis outbreak in Gaza amid health system collapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Abuzerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 406 (10504), pp.689-690. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0140-6736(25)01520-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05393968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning- Enhanced Biomechanical Analysis for Robotic Rehabilitation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ikram Athmani</w:t>
+                <w:t xml:space="preserve">Leveraging Graph Convolutional Networks for Semi-supervised Learning in Multi-view Non-graph Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.14512⟩</w:t>
+              <w:t xml:space="preserve">Cognitive Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (2), pp.73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12559-025-10428-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737994v2</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning-Enhanced Biomechanical Analysis for Robotic Rehabilitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Enhancing Generalization and Mitigating Overfitting in Deep Learning for Brain Cancer Diagnosis from MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Abou Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafaa Shakir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ikram Athmani</w:t>
+                <w:t xml:space="preserve">Fadi Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Arganda-Carreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Magnetic Resonance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (3), pp.359-394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00723-024-01743-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04913016v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CGCN-FMF:1D convolutional neural network based feature fusion and multi graph fusion for semi-supervised learning</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Machine Learning- Enhanced Biomechanical Analysis for Robotic Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Mohammed Ridha Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikram Athmani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eswa.2025.127194⟩</w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032203v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737994v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-supervised learning for multi-view and non-graph data using Graph Convolutional Networks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">H. Xiao</w:t>
+                <w:t xml:space="preserve">CGCN-FMF:1D convolutional neural network based feature fusion and multi graph fusion for semi-supervised learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guowen Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neunet.2025.107218⟩</w:t>
+              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 277, pp.127194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eswa.2025.127194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032204v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiological surveillance of waterborne diseases among displaced populations: A cross-sectional study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+                <w:t xml:space="preserve">Semi-supervised learning for multi-view and non-graph data using Graph Convolutional Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Xiao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0005527⟩</w:t>
+              <w:t xml:space="preserve">Neural Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 185, pp.107218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neunet.2025.107218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05393979v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards unsupervised radiograph clustering for COVID-19: The use of graph-based multi-view clustering</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">LCAMix: Local-and-contour aware grid mixing based data augmentation for medical image segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2024.108336⟩</w:t>
+              <w:t xml:space="preserve">Information Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110, pp.102484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.inffus.2024.102484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032210v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LCAMix: Local-and-contour aware grid mixing based data augmentation for medical image segmentation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Towards unsupervised radiograph clustering for COVID-19: The use of graph-based multi-view clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.inffus.2024.102484⟩</w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 133, pp.108336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2024.108336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032208v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Approximate Distribution of the Generalized Turbulence Channels for MIMO FSO Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafaa Shakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hani Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haitham Al Satai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (4), pp.1-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JPHOT.2024.3418371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mises-Fisher similarity-based boosted additive angular margin loss for breast cancer classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Alirezazadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artificial Intelligence Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 57 (12), pp.326. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10462-024-10963-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05032207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unified Multi-view Data Clustering: Simultaneous Learning of Consensus Coefficient Matrix and Similarity Graph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. El Hajjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Barrena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17 (1), pp.38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12559-024-10392-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05032205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Object-centric Contour-aware Data Augmentation Using Superpixels of Varying Granularity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Cabani</w:t>
+                <w:t xml:space="preserve">Opportunistic Schedule Selection for Multiuser MIMO FSO Communications: A Security- Reliability Trade-Off Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Mohammed Ridha Shakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haitham Al Satai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2023.109481⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (3), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JPHOT.2023.3262183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032212v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04386850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunistic Schedule Selection for Multiuser MIMO FSO Communications: A Security- Reliability Trade-Off Perspective</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samir Haddad</w:t>
+                <w:t xml:space="preserve">Object-centric Contour-aware Data Augmentation Using Superpixels of Varying Granularity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JPHOT.2023.3262183⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 139, pp.109481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2023.109481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04386850v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object-centric Contour-aware Data Augmentation Using Superpixels of Varying Granularity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 139, pp.109481. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patcog.2023.109481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LightCert4IoTs: Blockchain-Based Lightweight Certificates Authentication for IoT Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abba Garba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Balian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Sayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.28370-28383. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3259068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04386845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Security-Reliability Tradeoff Analysis for Multiuser FSO Communications over a Generalized Channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafaa Mohammed Ridha Shakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hani Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Israa Alshabeeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nidaa Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.53019 - 53033. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3280908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04386847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Model with Energy and Clustering Energy Based Routing Protocols as Remediation to the Directional Source Aware Routing Protocol in Wireless Sensor Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Generic tabu search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Kallab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad El-Zakhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Sayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Chakroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wireless Sensor Network</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4236/wsn.2022.142002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Software Engineering and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (07), pp.262-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4236/jsea.2022.157016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03784326v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03784328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic tabu search</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Mathematical Model with Energy and Clustering Energy Based Routing Protocols as Remediation to the Directional Source Aware Routing Protocol in Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Sayah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachar El-Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadi Kallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Chakroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Software Engineering and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4236/jsea.2022.157016⟩</w:t>
+              <w:t xml:space="preserve">Wireless Sensor Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (02), pp.23-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4236/wsn.2022.142002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03784328v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03784326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Dental Devices and Tools Used on Teeth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berna Uzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilber Ozsahin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hani Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ünsal Gürkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioMed Research International </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2021, pp.9913788. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2021/9913788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03253408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Bio-Kinematic for Secure Use of Rehabilitation Exoskeleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pradon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alfayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Khalil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 22 (sup1), pp.S424-S426. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2020.1714968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03017979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biokinematic Control Strategy for Rehabilitation Exoskeleton Based on User Intention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Alfayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Pradon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Modeling and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (6), pp.322-328. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7763/IJMO.2019.V9.730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421115v1</w:t>
-              </w:r>
-[...2224 lines deleted...]
-                <w:t xml:space="preserve">hal-02541681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rail Guard AI: A Hybrid Deep Learning Architecture for Real-Time Railway Defect Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Houda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Mechanical Engineering Congress &amp; Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Tennessee, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5531,114 +5656,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et intégration des signaux musculaires pour le pilotage d'un exosquelette des membres inférieurs lors d' activités locomotrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Machine Learning [stat.ML]. Université Paris-Saclay, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021UPASW005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03229826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId159"/>
+      <w:footerReference w:type="default" r:id="rId162"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5706,51 +5831,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C009D40C"/>
+    <w:nsid w:val="4F0D2CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5937,51 +6062,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jinan-charafeddine" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7732-3578" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/255447477" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/151162365721425461045" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393974v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Abuzerr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Hamdan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinan Charafeddine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-025-25777-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032200v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dornaika" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charafeddine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-025-10533-y" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032201v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12559-025-10428-y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032206v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Abou Ali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Dornaika" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Arganda-Carreras" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00723-024-01743-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393968v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(25)01520-X" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737994v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Mohammed Ridha Shakir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Athmani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14512" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913016v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Shakir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032203v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guowen Peng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.127194" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032204v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Xiao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2025.107218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393979v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0005527" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Hajjar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.108336" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032208v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inffus.2024.102484" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625187v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mahdi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Al Satai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2024.3418371" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032207v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alirezazadeh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10462-024-10963-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032205v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barrena" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12559-024-10392-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032212v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammoudi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2023.109481" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386850v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Haddad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2023.3262183" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083016v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Cabani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386845v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abba Garba" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Khoury" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Sayah" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3259068" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386847v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israa Alshabeeb" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Ali" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3280908" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784326v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar El-Hassan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Kallab" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Chakroun" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wsn.2022.142002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784328v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad El-Zakhem" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jsea.2022.157016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253408v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berna Uzun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilber Ozsahin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#220;nsal G&#252;rkan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/9913788" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03017979v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alfayad" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chevallier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalil" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714968" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02421115v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Alfayad" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Khalil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pradon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7763/IJMO.2019.V9.730" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405759v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminallah Rabia" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Yahiaoui" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Rebai" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405828v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Ayari" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Mhanna" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405790v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912328v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminath Venkateswaran" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2024-147259" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913044v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032225v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane Akrache" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2024-147261" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032217v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Merhej" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Turkey" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10927895" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913017v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032215v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kozah" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad El Jaam" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10927851" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032219v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Houda" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Dhaher" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10928075" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913036v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Abdulazeez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032218v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Al Gharib" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10928015" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032226v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baradaaji" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA59364.2023.10401729" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032235v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kichaa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monacellia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2023.2246304" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386861v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967576v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC2SPM56638.2022.9988830" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967695v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour Mahmoud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Moubayed" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME53305.2021.9604831" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03445199v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Maassarani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME53305.2021.9604854" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02541681v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME47164.2019.8940263" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499306v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03229826v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPASW005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jinan-charafeddine" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7732-3578" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/255447477" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/151162365721425461045" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499697v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinan Charafeddine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane Akrache" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Ghorbel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa M R Shakir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Houda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405759v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminallah Rabia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Hamdan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Yahiaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405828v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Shakir" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Ayari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Mhanna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405790v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405784v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Rebai" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912328v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminath Venkateswaran" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2024-147259" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913044v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032218v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Al Gharib" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Haddad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Dornaika" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10928015" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913036v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Abdulazeez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032225v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Mohammed Ridha Shakir" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2024-147261" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032217v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Kallab" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Merhej" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Turkey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10927895" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913017v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032215v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kozah" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad El Jaam" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10927851" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032219v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Dhaher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10928075" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032226v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dornaika" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baradaaji" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charafeddine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA59364.2023.10401729" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032235v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kichaa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monacellia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2023.2246304" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386861v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967576v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chevallier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC2SPM56638.2022.9988830" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967695v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour Mahmoud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Moubayed" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME53305.2021.9604831" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03445199v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Maassarani" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Alfayad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME53305.2021.9604854" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02541681v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Khalil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pradon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME47164.2019.8940263" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393979v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Abuzerr" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0005527" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393974v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-025-25777-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032200v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-025-10533-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913016v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Athmani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393968v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(25)01520-X" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032201v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12559-025-10428-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032206v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Abou Ali" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Arganda-Carreras" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00723-024-01743-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737994v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14512" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032203v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guowen Peng" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.127194" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032204v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Xiao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2025.107218" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032208v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inffus.2024.102484" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032210v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Hajjar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.108336" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625187v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mahdi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Al Satai" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2024.3418371" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032207v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alirezazadeh" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10462-024-10963-4" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barrena" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12559-024-10392-z" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386850v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2023.3262183" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032212v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammoudi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2023.109481" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083016v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Cabani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386845v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abba Garba" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Khoury" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balian" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Sayah" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3259068" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386847v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israa Alshabeeb" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Ali" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3280908" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784328v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad El-Zakhem" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Chakroun" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jsea.2022.157016" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784326v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar El-Hassan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wsn.2022.142002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253408v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berna Uzun" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilber Ozsahin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#220;nsal G&#252;rkan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/9913788" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03017979v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alfayad" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714968" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02421115v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7763/IJMO.2019.V9.730" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499306v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03229826v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPASW005" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>