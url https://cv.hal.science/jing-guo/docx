--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -169,264 +169,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle situation d’apprentissage pour la compréhension orale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une nouvelle situation d'apprentissage pour la compréhension orale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Nissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elke Nissen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Enseigner et apprendre les langues orientales à l’université : quelles approches ?, 4, pp.75-82</w:t>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01346629v1</w:t>
+                <w:t xml:space="preserve">hal-04711148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle situation d'apprentissage pour la compréhension orale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inference-Making and Linguistic Skills in Listening Comprehension: An Observation of French Students Learning Chinese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Langues Modernes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Electronic Journal of Foreign Language Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12, pp.318-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04711148v1</w:t>
+                <w:t xml:space="preserve">hal-04711137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inference-Making and Linguistic Skills in Listening Comprehension: An Observation of French Students Learning Chinese</w:t>
+                <w:t xml:space="preserve">Une nouvelle situation d’apprentissage pour la compréhension orale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Nissen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Foreign Language Teaching</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 12, pp.318-331</w:t>
+              <w:t xml:space="preserve">Les Langues Modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Enseigner et apprendre les langues orientales à l’université : quelles approches ?, 4, pp.75-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04711137v1</w:t>
+                <w:t xml:space="preserve">halshs-01346629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -794,51 +794,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -965,289 +965,188 @@
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">L'Asiathèque, 2019, 978-2-36057-071-3</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Asiathèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.512, 2019, 978-2-36057-071-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de chinois troisième niveau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+                <w:t xml:space="preserve">法语背景学生学汉语偏误分析 (Fayu beijing xuesheng xue hanyu pianwu fenxi)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grace Honghua Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yinhui Bao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping Zeller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">You Feng, 2018, 978-2-84279-791-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...160 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1257,586 +1156,586 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’imprévisible dans l’enseignement des langues ayant recours aux nouvelles technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OUVRARD, Louise; SIMONFFY, Zsuzsa; KOBOR, Màrta. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le prévisible et l’imprévisible. Points de vue linguistiques, littéraires et didactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, pp.19-30, 2023, 9782813004574. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.7067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">来自法国汉语网络教学的再思考 (Rethinking Online Chinese Teaching: A Reflection from France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> National Foreign Langauge Resource Center. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Online Chinese Teaching and Learning in 2020 - 2020 中文线上教学 (Chinese Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des effets d’un programme eTandem sur l’apprentissage de l’oral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OUVRARD, Louise; BRUMELOT, Catherine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numérique et didactique des langues et cultures. Nouvelles pratiques et compétences en développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, pp.65-78, 2022, 9782813004109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.5761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cours de chinois pendant le confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JAMBOROVA LEMAY, Diana; OUVRARD ANDRIANTSOA, Louise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Distances apprivoisées. L'enseignement confiné des langues étrangères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, pp.59-64, 2021, 9782813004253. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.4885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">谈谈计算机辅助听力教学建设中的几个问题：以法国司汤达大学汉语混合课程为例</w:t>
+                <w:t xml:space="preserve">Les référentiels sur l’évaluation de la compréhension de l’oral en chinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">法语国家与地区汉语教育研究（第一辑</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'enseignement de l'oral en classe de langue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions des archives contemporaines, pp.121-130, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.3485⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04733654v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04711107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les référentiels sur l’évaluation de la compréhension de l’oral en chinois</w:t>
+                <w:t xml:space="preserve">谈谈计算机辅助听力教学建设中的几个问题：以法国司汤达大学汉语混合课程为例</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BLCU Press. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'enseignement de l'oral en classe de langue</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">法语国家与地区汉语教育研究（第一辑</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04711107v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation hybride dans l’enseignement/apprentissage des langues et rénovation des pratiques pédagogiques : le cas d’une formation hybride de chinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Suzuki, E; Potolia, A; Cambrone, S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Penser la didactique du plurilinguisme et ses mutations : politiques, idéologies, dispositifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.213-225, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId45"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1983,51 +1882,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733667v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Guo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346629v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Nissen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711148v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711137v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102728v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768654v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712534v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712546v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712567v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711078v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Galanes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/publications/9782813003669" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003669" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03155682v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamarre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718916v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Li" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asiatheque.com/fr/livre/methode-de-chinois-troisieme-niveau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718952v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Honghua Poizat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinhui Bao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zeller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamei Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04180048v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7067" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712438v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04180051v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5761" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04180053v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.4885" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733654v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3485" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733674v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733667v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Guo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711148v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Nissen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711137v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346629v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102728v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768654v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712534v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712546v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712567v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711078v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Galanes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/publications/9782813003669" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003669" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03155682v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamarre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asiatheque.com/fr/livre/methode-de-chinois-troisieme-niveau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718952v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Honghua Poizat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinhui Bao" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zeller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamei Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04180048v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7067" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712438v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04180051v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5761" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04180053v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.4885" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711107v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3485" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733654v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>