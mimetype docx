--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1306,50 +1306,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Acquisition et traitement du langage aux interfaces syntaxe-sémantique-morphologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataša Knežević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Lungu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée anniversaire de la reconnaissance CNRS du Laboratoire de Linguistique de Nantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LLING (UMR-6310) CNRS/Université de Nantes, Jan 2017, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition de la grammaire du coréen aux interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'Etudes sur la linguistique coréenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département Etudes coréennes de l'INALCO, RECOR, Université Paris Diderot, May 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Intervention Effects in Korean: Experimental L1 Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1358,221 +1522,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41st Boston University Conference on Language Development (BUCLD 41)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Boston University, Nov 2016, Boston, United States. pp.140-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966354v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-03966490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimentally Investigating Intervention Effects in Adult, Child and Heritage Korean</w:t>
               </w:r>
@@ -1772,165 +1772,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">U-shaped development of inchoative states in Korean child language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th Paris Meeting on East Asian Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRLAO, Jul 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Study of &amp;quot;Degree Inchoative States&amp;quot; in Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Workshop on Aspect and Argument Structure of Adjectives and Participles (WAASAP3)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lille 3, Jun 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966371v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03966363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Acquisition Puzzle: Inchoative States in Korean</w:t>
               </w:r>
@@ -1979,247 +1979,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Re-assessing the Typology of States. Evidence from Korean (Degree) Inchoative States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Demirdache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on the Ontology and the Typology of States</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFL (UMR 7023) CNRS/Université Paris 8, Oct 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A L1 Acquisition Puzzle: Inchoative States in Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Workshop for Young Researcher at ENS Paris and LLING (WYREL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENS de Paris, Oct 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Re-assessing the Typology of States. Evidence from Korean (Degree) Inchoative States</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the construal of anaphors and pronouns in child French: a pilot study with the focus particle 'seulement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...74 lines deleted...]
-                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurore Gonzalez</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moracchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataša Knežević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamida Demirdache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2320,234 +2320,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L1 Acquisition of states: evidence from (inceptive) states in Korean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st Groningen-Nantes Workshop on the Acquisition of Syntax and Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Groningen, Jun 2014, Groningen, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">On the puzzling class of so-called inchoative states in Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Actionality, Tense, Aspect, Modality/Evidentiality (Chronos 11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Scuola Nomale Superiore di Pise, Jun 2014, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Types of States in Korean: Experimental L1 Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Asian and European Linguistic Conference (AE-Link 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Newcastle, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966400v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03966513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The lexical meaning of deadjectival verbs in Korean</w:t>
               </w:r>
@@ -3010,165 +3010,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">On the acquisition of tense in Korean L1: the case of the perfect marker '-ess</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'Etudes Temporalité : Typologie et Acquisition (Temptypac)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS/Université Paris 8, Mar 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The puzzle of stative predicates in Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Workshop on Syntax and Semantics (WoSS7)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Nantes, Oct 2010, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966438v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03966444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the acquisition of tense in Korean: the case of the suffix '-ess</w:t>
               </w:r>
@@ -4068,51 +4068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamida Demirdache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oana Lungu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Voeltzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4578,51 +4578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamida Demirdache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oana Lungu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Voeltzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4925,51 +4925,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyoung Choi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Lee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966403v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966450v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404681v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Linh Dao" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumikazu Nishio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404741v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966459v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966474v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Demirdache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966467v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Junnan Pan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966483v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966311v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966332v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966354v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966494v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nata&#353;a Kne&#382;evi&#263;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Lungu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966490v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966342v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966496v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966378v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966371v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966363v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966507v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966510v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966519v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gonzalez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moracchini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966500v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966408v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966400v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966513v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966429v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966423v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966432v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966524v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966438v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966444v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966526v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966142v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973939v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998991v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966177v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966191v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248857v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyewon Seo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=See-Jo Kim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cordier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyunghi Hong" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2012.10.044" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1S6QMV4N-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966272v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966291v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Voeltzel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966210v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969178v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966239v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966249v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123916v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03966114v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NANT3019" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyoung Choi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Lee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966403v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966450v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404681v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Linh Dao" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumikazu Nishio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404741v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966459v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966474v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Demirdache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966467v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Junnan Pan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966483v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966311v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966332v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966494v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nata&#353;a Kne&#382;evi&#263;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Lungu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966490v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966354v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966342v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966496v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966378v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966363v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966371v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966507v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966510v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966519v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gonzalez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moracchini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966500v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966513v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966408v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966400v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966429v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966423v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966432v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966524v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966444v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966438v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966526v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966142v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973939v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998991v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966177v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966191v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248857v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyewon Seo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=See-Jo Kim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cordier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyunghi Hong" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2012.10.044" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1S6QMV4N-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966272v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966291v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Voeltzel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966210v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969178v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966239v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966249v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123916v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03966114v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NANT3019" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>