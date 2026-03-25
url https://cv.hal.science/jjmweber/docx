--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1127,51 +1127,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03407061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate and interpretable evaluation of surgical skills from kinematic data using fully convolutional neural networks</w:t>
+                <w:t xml:space="preserve">Deep learning for time series classification: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
@@ -1202,106 +1202,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computer Assisted Radiology and Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 14 (9), pp.1611-1617. </w:t>
+              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (4), pp.917-963. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11548-019-02039-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10618-019-00619-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02434381v1</w:t>
+                <w:t xml:space="preserve">hal-02365025v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning for time series classification: a review</w:t>
+                <w:t xml:space="preserve">Accurate and interpretable evaluation of surgical skills from kinematic data using fully convolutional neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
@@ -1332,82 +1332,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 33 (4), pp.917-963. </w:t>
+              <w:t xml:space="preserve">International Journal of Computer Assisted Radiology and Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (9), pp.1611-1617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10618-019-00619-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11548-019-02039-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02365025v2</w:t>
+                <w:t xml:space="preserve">hal-02434381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surgical motion analysis using discriminative interpretable patterns</w:t>
               </w:r>
@@ -1553,965 +1553,965 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Representation Learning for Cluster-Level Time Series Forecasting</w:t>
+                <w:t xml:space="preserve">Ensemble clustering for histopathological images segmentation using convolutional autoencoders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsegamlak Debella</w:t>
+                <w:t xml:space="preserve">Ilias Rmouque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bethelhem Shawel</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cédric Wemmert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Time Series and Forecasting (ITISE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/engproc2022018022⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications (VISAPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, En ligne, France. pp.933-940, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0010835300003124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03800178v1</w:t>
+                <w:t xml:space="preserve">hal-03469780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensemble clustering for histopathological images segmentation using convolutional autoencoders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Representation Learning for Cluster-Level Time Series Forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsegamlak Debella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilias Rmouque</w:t>
+                <w:t xml:space="preserve">Bethelhem Shawel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Wemmert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dereje Woldegebreal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications (VISAPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, En ligne, France. pp.933-940, </w:t>
+              <w:t xml:space="preserve">International Conference on Time Series and Forecasting (ITISE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Gran Canaria, Spain. pp.22, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0010835300003124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/engproc2022018022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469780v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grad Centroid Activation Mapping for Convolutional Neural Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Lafabregue</w:t>
+                <w:t xml:space="preserve">Auto-encodeur multi-tâches pour le calcul de moyennes de séries temporelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsegamlak Terefe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gançarski</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dereje Hailemariam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Tools with Artificial Intelligence (ICTAI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Atelier Apprentissage profond: Théorie et Applications (APTA), Journées Francophones Extraction et Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451019v1</w:t>
+                <w:t xml:space="preserve">hal-03604169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection en temps réel des glomérules en pathologie rénale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robin Heckenauer</w:t>
+                <w:t xml:space="preserve">Segmentation non-supervisée d'images histopathologiques à l'aide d'auto-encodeurs et d'ensemble clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilias Rmouque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t>
+              <w:t xml:space="preserve">Atelier Apprentissage profond: Théorie et Applications (APTA), Journées Francophones Extraction et Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03339642v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification ensembliste de vidéos de mouvements de foule</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mounir Bendali-Braham</w:t>
+                <w:t xml:space="preserve">Détection en temps réel des glomérules en pathologie rénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Heckenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Wemmert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Feuerhake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hassenforder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03339627v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03339642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-encodeur multi-tâches pour le calcul de moyennes de séries temporelles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Devanne</w:t>
+                <w:t xml:space="preserve">Grad Centroid Activation Mapping for Convolutional Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Lafabregue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dereje Hailemariam</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gançarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Apprentissage profond: Théorie et Applications (APTA), Journées Francophones Extraction et Gestion des Connaissances (EGC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Tools with Artificial Intelligence (ICTAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Washington (virtual), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTAI52525.2021.00033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03604169v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation non-supervisée d'images histopathologiques à l'aide d'auto-encodeurs et d'ensemble clustering</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Devanne</w:t>
+                <w:t xml:space="preserve">Classification ensembliste de vidéos de mouvements de foule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Bendali-Braham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Wemmert</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Apprentissage profond: Théorie et Applications (APTA), Journées Francophones Extraction et Gestion des Connaissances (EGC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ORASIS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03604158v1</w:t>
+                <w:t xml:space="preserve">hal-03339627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Detection of Glomeruli in Renal Pathology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Heckenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friedrich Feuerhake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Hassenforder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2562,90 +2562,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time Series Averaging Using Multi-Tasking Autoencoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsegamlak Terefe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dereje Hailemariam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3109,77 +3109,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning for Histopathological Image Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friedrich Feuerhake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3506,51 +3506,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362700v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Rimpot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Malet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Forestier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jh000958" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024206v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Roux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Changey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lauffenburger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23063025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606179v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milos Cuculovic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fondement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hassenforder" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.3074" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339255v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wenger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Puissant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhassane Idoumghar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15010151" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638200v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2022.2054295" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321646v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Derang&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.104730" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671937v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Bendali-Braham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Muller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mlwa.2021.100023" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lafabregue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-021-00796-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434381v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ismail Fawaz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-019-02039-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365025v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-019-00619-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01880048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Petitjean" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Senin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Despinoy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huaulm&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2018.08.002" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800178v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Debella" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethelhem Shawel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Woldegebreal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022018022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469780v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Rmouque" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Wemmert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010835300003124" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451019v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00033" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339642v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heckenauer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Feuerhake" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339627v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604169v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Terefe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Hailemariam" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604158v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353271v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Wemmert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cbms49503.2020.00072" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536043v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ictai50040.2020.00163" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668466v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hojjat Rakhshani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ismael Fawaz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lepagnot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN48605.2020.9206721" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205966v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2019.8868704" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04741029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321639v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71676-9_7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083671v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Longhi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362700v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Rimpot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Malet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Forestier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jh000958" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024206v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Roux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Changey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lauffenburger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23063025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606179v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milos Cuculovic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fondement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hassenforder" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.3074" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339255v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wenger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Puissant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhassane Idoumghar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15010151" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638200v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2022.2054295" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321646v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Derang&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.104730" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671937v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Bendali-Braham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Muller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mlwa.2021.100023" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lafabregue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-021-00796-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365025v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ismail Fawaz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-019-00619-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434381v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-019-02039-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01880048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Petitjean" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Senin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Despinoy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huaulm&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2018.08.002" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469780v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Rmouque" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Wemmert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010835300003124" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800178v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Debella" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethelhem Shawel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Woldegebreal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022018022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604169v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Terefe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Hailemariam" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604158v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339642v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heckenauer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Feuerhake" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451019v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00033" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339627v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353271v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Wemmert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cbms49503.2020.00072" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536043v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ictai50040.2020.00163" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668466v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hojjat Rakhshani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ismael Fawaz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lepagnot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN48605.2020.9206721" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205966v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2019.8868704" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04741029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321639v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71676-9_7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083671v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Longhi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>