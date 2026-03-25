--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jarir Mahfoud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Associate Professor, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Mécanique des Contacts et des Structures, INSA-Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Activities</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Controlling the dynamic behavior of rotating machinery on Active Magnetic Bearings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Active Control applied on rotating machinery</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rotor Balancing</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Development of Smart Eco-Rotating Machinery</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Condition Monitoring applied on rotating machinery</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Member of the ISO committee for AMB standards - ISO/TC 108/SC 2/WG7,</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ultra-sensitive diamagnetic levitation accelerometer with quasi-zero-stiffness structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 245, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.measurement.2025.116651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental investigations on the dynamic behavior of a rotor-AMBs system considering shrink-fit assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 224, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2024.111980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibration Control of AMB-Rotor System Under Base Motions Based on Disturbance Observer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMECH.2025.3560429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental investigations on the influence factors of diamagnetic levitated electrostatic motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riwang Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Brazilian Society of Mechanical Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 46 (8), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40430-024-05047-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental investigation on topology optimization of an elongated dynamic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Nigro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C. Cunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 165, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjusting a torsional vibration damper model with physics-informed neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yigit Yucesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe A.C. Viana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.107552. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Touchdown bearing models for rotor-AMB systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Jarroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 440, pp.51-69. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2018.09.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of unbalance distribution in rotating machinery with localized non linearity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.S. Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jr Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 72, pp.60-70. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2013.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Assessment of a New Fuzzy Controller Applied to a Flexible Rotor Supported by Active Magnetic Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 136 (5), pp.051006-051006-8. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4027959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Effectiveness of a Polar Fuzzy Approach for the Control of Centrifugal Compressors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dynamic Systems, Measurement, and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 136 (4), pp.041004-1 - 041004-8. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4026468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and identification of electromagnetic actuator for the control of rotating machinery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jr Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 20 (1), pp.171-179. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2013/473072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on critical speed suppressing by using electromagnetic actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.000-000. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12989/sss.2012.9.4.303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on the critical speed suppressing by using electromagnetic actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.303-311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the breathing mechanism of a cracked rotor by using electro-magnetic actuator: numerical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Souza Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (5), pp.581 - 596. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1679-78252012000500004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the balancing of flexible rotating machines by using an inverse problem approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (7), pp.1021-1033. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1077546310370669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of electromagnetic actuations on the behavior of an excited cantilever beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Bichri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46, pp.828-833</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of electromagnetic actuations on the dynamics of a harmonically excited cantilever beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bichri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Der Hogapian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2011.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00753963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Active Control Of Flexible Structures By Using Electromagnetic Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASCE's Journal of Aerospace Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (3), pp.329-337. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)AS.1943-5525.0000067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active control and energy cost assessment of a rotating machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Skladanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (4), pp.613-625. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2011/924372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Control and Energy Cost Assessment of Rotating Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Skladanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18, pp.Shock and Vibration. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SAV-2010-0576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise de Phénomènes de Saut dans les Réponses Fréquentielles des Structures avec Non Linéarité Localisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zazilia Seibold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (5), pp.419-425. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2010048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Actuator Design for the Control of Light Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (1), pp.29-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibration reduction of a single cylinder reciprocating compressor based on multi-stage balancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Violette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2010.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Model to Control and Monitor Rotating Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jr Steffen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44, pp.761-771. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2008.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing of an Unsymmetrical Flexible Rotor by Using Artificial Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5 (5), pp.507-515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of multiple faults in rotating machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Breneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (4), pp.429-438. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12989/sss.2008.4.4.429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of multiple faults in rotating machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.429-438</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00381453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modal Active Vibration Control of a Rotor using Piezoelectric Stack Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Simoes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.45-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From transmission error measurements to angular sampling in rotating machines with discrete geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12 (2), pp.149-161. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2005/205291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of spur and helical gear faults through vibration analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alattass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Natural and Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.269-278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'excitateur 6-axes de l'Equipex PHARE pour analyser et maitriser la dynamique de systèmes embarqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chesné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02949002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control strategies for friction dampers: numerical assessment and experimental investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. T. Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. B. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. P. Lepore Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSNDD 2014 - INTERNATIONAL CONFERENCE ON STRUCTURAL NONLINEAR DYNAMICS AND DIAGNOSIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, 17 AVE DU HOGGAR PARC D ACTIVITES COUTABOEUF BP 112, F-91944 CEDEX A, France. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20141607007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of high-frequency ac electromagnetic actuation on the dynamic of an excited cantilever beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Bichri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics, MEDYNA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Agadir, Morocco. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20141608002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Effectiveness of a Polar Fuzzy Approach for the Control of Centrifugal Compressors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th International Symposium on Magnetic Bearings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Arlington, United States. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental identification of the static characteristics of a combined Journal-Magnetic bearing: Smart Integrated Bearing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhat Al-Hakim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dimitri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Saqr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amr Adly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International conference on vibrations in rotating machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, United Kingdom. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active modal control of a flexible rotor using electromagnetic actuator (EMA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial Application of a Model Based Rotor Balancing Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldemir Cavalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Braga dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise, VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental assessment of a new fuzzy controller applied to a flexible rotor supported by Active Magnetic Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International conference on vibrations in rotating machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, London, United Kingdom. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Control of Rotor System Using an Electromagnetic Actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Structural Nonlinear Dynamics and Diagnosis (CSNDD'2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20120109003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Investigations On The Effectiveness Of Electromagnetic Actuator As Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Assessment of Smart Spring to Attenuate Structural Vibrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Braga dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franscisco Paulo Lépore Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rotating Machine Critical Speed Suppressing by Using Electromagnetic Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME TURBO EXPO (IGTI 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Canada. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Electromagnetic Actuator for the Control of Rotating Machinery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIV International Symposium on Dynamic Problems of Mechanics (DINAME 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brazil. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Vibration Control In A Rotor System Using An Eletromagnetic Actuator With H∞ Norm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldemir Cavalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Congress of Mechanical Engineering., COBEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brazil. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Control of Rotor Systems Using Linear Matrix Inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 18th International Congress on Sound and Vibration (ICSV 18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brazil. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unbalance Identification in Nonlinear Rotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFToMM International Conference on Rotordynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, South Korea. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization method for the identification of unbalance distribution in non linear rotating machinery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Symposium Vibrations Chocs &amp; Bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy cost assessment of the active control of a rotating machine by using an electromagnetic actuator and a piezoelectric actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Skladanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME Gas Turbine Technical Congress &amp; Exposition (IGTI 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Orlando, United States. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Cracked Shaft By Using Active Electro-Magnetic Actuator - Numerical Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jr Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Mechanical Engineering, COBEM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Gramado, Brazil. pp.CDRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00486229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and Experimental Investigation of the Active Control by Using Electromagnetic Actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII International Symposium on Dynamic Problems of Mechanics (DINAME 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model and Experiment for Vibration Reduction of a Single Cylinder Reciprocating Compressor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Violette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMechE 9th International Conference on Vibrations in Rotating Machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and Experimental Investigations for Rotating Machine Balancing without Test Run</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier de Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Symposium on Dynamic Problems of Mechanics (DINAME 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Ilhabela, Brazil. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse Model for the Control and the Monitoring of Rotating Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing of highly flexible rotor by using artificial neural network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDECT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Condensed Reduced Model Based Modal Control Method for Rotors Supported by Active Magnetic Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier de Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Tenth International Symposium on Magnetic Bearings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle modal à partir dun modèle condensé équivalent réduit, application à un treillis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier de Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VCB - Vibrations Chocs et Bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing of Flexible Machines Without Trial Weights Using Optimization Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFToMM-Conference on Rotor Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the Implementation of and Optimal Modal Controller in Flexible Rotor by Using Piezoelectric Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Simoes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFToMM-Conference on Rotor Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System Health Monitoring: Experimental Identification of Multiple Faults in Gearboxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15º POSMEC - Simpósio do Programa de Pós-Graduação em Engenharia Mecânica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Uberlândia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the climber fall arrest dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jauffres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, International Design Engineering Technical Conferences and Information in Engineering Confeence, IDETC-IEC 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Control of Machines and Structures: Application to Rotor Balancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEMINÁRIO DMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Uberlandia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du comportement vibratoire d'un vélo grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Charlot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Balancing Control in Rotor dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Rio, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanceamento de um Rotor Flexivel com Mancais Assimétricos Usando Redes Neurais Artificiais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15° POSMEC. FEMEC/UFU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostics of gearbox faults using neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Conference Internationale "Méthodes de surveillance et Techniques de Diagnostic Acoustiques et Vibratoires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité des indicateurs de surveillance dans les problèmes de la détection et du diagnostic des défauts dans les machines tournantes &amp;quot;mesures en mode spécifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Felkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Zegadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Bekka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures et réponses de machines tournantes présentant une géométrie périodique discrète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque d'Analyse Vibratoire Expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the transmission error for the detection of gears faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME TURBO EXPO 2003, IGTI Congress 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition monitoring: Experimental study of combined faults on gears and bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Rotor Dynamics, Proceeding of IFToMM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Australie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic Approaches for Gears and Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stofleth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCORMA-1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2001, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of local faults on gears and bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stofleth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustical and Vibratory Surveillance Methods and Diagnostic Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of neural networks for detection and identification of gearbox faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Calderone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESDA 2000, the Centennial Interdisciplinary Conference on Research, Systems Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition Monitoring : Experimental study for the diagnostic of simultaneous faults on gear and bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMECHE, 7th International Conference on Vibrations and Rotating Machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition monitoring : Experimental study of the Transmission Error for the detection of gear faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Renoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFToMM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1998, Darmstadt, Germany. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of faults influence on vibration and noise measurements in gear transmission mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Alattass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gearing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Newcastle, United Kingdom. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures et analyse de l'Erreur de Transmission d'engrenages avec défauts à haute vitesse à l'aide de codeurs optiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contributions en CMVAO mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Transilvania, pp.1-12, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PETZL-ZEDEL, Conception d'une fause main d'assurage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jampy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'une fausse main d'assurage, PETZL-ZEDEL (PFE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jampy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RHODIA ENGINEERING PLASTICS SAS: Modélisation de soudure en matière plastique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Primat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Tortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A.S. ZEDEL: Modélisation de la chute en escalade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jauffres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHARMILLES: Modélisation du comportement de platine de déroulement de fil d'une machine d'électroérosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Calca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sembeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARET, Participation à lAutomatisation du procès de fabrication poutrelle du groupe BDI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chaduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calmettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BABOLAT, Etude de la faisabilité dun système de suivi embarqué se la tension du cordage dune raquette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boutonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches en Dynamique pour un Développement d'Eco Machines Tournantes Réactives - Smart Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. INSA de Lyon, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00545388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId208"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jarir Mahfoud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Associate Professor, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Mécanique des Contacts et des Structures, INSA-Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Activities</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Controlling the dynamic behavior of rotating machinery on Active Magnetic Bearings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Active Control applied on rotating machinery</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rotor Balancing</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Development of Smart Eco-Rotating Machinery</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Condition Monitoring applied on rotating machinery</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Member of the ISO committee for AMB standards - ISO/TC 108/SC 2/WG7,</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ultra-sensitive diamagnetic levitation accelerometer with quasi-zero-stiffness structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 245, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.measurement.2025.116651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental investigations on the dynamic behavior of a rotor-AMBs system considering shrink-fit assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 224, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2024.111980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibration Control of AMB-Rotor System Under Base Motions Based on Disturbance Observer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMECH.2025.3560429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental investigations on the influence factors of diamagnetic levitated electrostatic motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanping Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riwang Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Brazilian Society of Mechanical Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 46 (8), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40430-024-05047-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental investigation on topology optimization of an elongated dynamic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Nigro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C. Cunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 165, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjusting a torsional vibration damper model with physics-informed neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yigit Yucesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe A.C. Viana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.107552. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Touchdown bearing models for rotor-AMB systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Jarroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 440, pp.51-69. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2018.09.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of unbalance distribution in rotating machinery with localized non linearity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.S. Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jr Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 72, pp.60-70. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2013.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Assessment of a New Fuzzy Controller Applied to a Flexible Rotor Supported by Active Magnetic Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 136 (5), pp.051006-051006-8. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4027959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Effectiveness of a Polar Fuzzy Approach for the Control of Centrifugal Compressors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dynamic Systems, Measurement, and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 136 (4), pp.041004-1 - 041004-8. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4026468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and identification of electromagnetic actuator for the control of rotating machinery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jr Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 20 (1), pp.171-179. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2013/473072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on critical speed suppressing by using electromagnetic actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.000-000. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12989/sss.2012.9.4.303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on the critical speed suppressing by using electromagnetic actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.303-311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the breathing mechanism of a cracked rotor by using electro-magnetic actuator: numerical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Souza Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (5), pp.581 - 596. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1679-78252012000500004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the balancing of flexible rotating machines by using an inverse problem approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (7), pp.1021-1033. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1077546310370669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Active Control Of Flexible Structures By Using Electromagnetic Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASCE's Journal of Aerospace Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (3), pp.329-337. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)AS.1943-5525.0000067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active control and energy cost assessment of a rotating machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Skladanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (4), pp.613-625. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2011/924372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of electromagnetic actuations on the dynamics of a harmonically excited cantilever beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bichri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Der Hogapian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2011.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00753963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of electromagnetic actuations on the behavior of an excited cantilever beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Bichri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46, pp.828-833</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Control and Energy Cost Assessment of Rotating Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Skladanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18, pp.Shock and Vibration. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SAV-2010-0576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Actuator Design for the Control of Light Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (1), pp.29-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise de Phénomènes de Saut dans les Réponses Fréquentielles des Structures avec Non Linéarité Localisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zazilia Seibold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (5), pp.419-425. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2010048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibration reduction of a single cylinder reciprocating compressor based on multi-stage balancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Violette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2010.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Model to Control and Monitor Rotating Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jr Steffen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44, pp.761-771. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2008.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing of an Unsymmetrical Flexible Rotor by Using Artificial Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5 (5), pp.507-515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of multiple faults in rotating machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.429-438</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00381453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of multiple faults in rotating machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Breneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Structures and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (4), pp.429-438. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12989/sss.2008.4.4.429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modal Active Vibration Control of a Rotor using Piezoelectric Stack Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Simoes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.45-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From transmission error measurements to angular sampling in rotating machines with discrete geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12 (2), pp.149-161. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2005/205291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of spur and helical gear faults through vibration analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alattass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Natural and Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.269-278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'excitateur 6-axes de l'Equipex PHARE pour analyser et maitriser la dynamique de systèmes embarqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chesné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02949002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control strategies for friction dampers: numerical assessment and experimental investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. T. Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. B. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. P. Lepore Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSNDD 2014 - INTERNATIONAL CONFERENCE ON STRUCTURAL NONLINEAR DYNAMICS AND DIAGNOSIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, 17 AVE DU HOGGAR PARC D ACTIVITES COUTABOEUF BP 112, F-91944 CEDEX A, France. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20141607007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of high-frequency ac electromagnetic actuation on the dynamic of an excited cantilever beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Bichri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belhaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics, MEDYNA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Agadir, Morocco. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20141608002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Effectiveness of a Polar Fuzzy Approach for the Control of Centrifugal Compressors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th International Symposium on Magnetic Bearings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Arlington, United States. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active modal control of a flexible rotor using electromagnetic actuator (EMA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial Application of a Model Based Rotor Balancing Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldemir Cavalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Braga dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise, VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental assessment of a new fuzzy controller applied to a flexible rotor supported by Active Magnetic Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International conference on vibrations in rotating machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, London, United Kingdom. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Control of Rotor System Using an Electromagnetic Actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Structural Nonlinear Dynamics and Diagnosis (CSNDD'2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20120109003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental identification of the static characteristics of a combined Journal-Magnetic bearing: Smart Integrated Bearing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhat Al-Hakim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dimitri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Saqr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amr Adly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International conference on vibrations in rotating machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, United Kingdom. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Investigations On The Effectiveness Of Electromagnetic Actuator As Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Defoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ge Oil&gas Thermodyn Alban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Assessment of Smart Spring to Attenuate Structural Vibrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Braga dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franscisco Paulo Lépore Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Symposium On Vibrations, Shocks And Noise VCB2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Electromagnetic Actuator for the Control of Rotating Machinery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIV International Symposium on Dynamic Problems of Mechanics (DINAME 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brazil. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rotating Machine Critical Speed Suppressing by Using Electromagnetic Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME TURBO EXPO (IGTI 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Canada. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Vibration Control In A Rotor System Using An Eletromagnetic Actuator With H∞ Norm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldemir Cavalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Congress of Mechanical Engineering., COBEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brazil. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Control of Rotor Systems Using Linear Matrix Inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Koroishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 18th International Congress on Sound and Vibration (ICSV 18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brazil. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization method for the identification of unbalance distribution in non linear rotating machinery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Symposium Vibrations Chocs &amp; Bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unbalance Identification in Nonlinear Rotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFToMM International Conference on Rotordynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, South Korea. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy cost assessment of the active control of a rotating machine by using an electromagnetic actuator and a piezoelectric actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Skladanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME Gas Turbine Technical Congress &amp; Exposition (IGTI 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Orlando, United States. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Cracked Shaft By Using Active Electro-Magnetic Actuator - Numerical Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Souza Mourais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jr Steffen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Mechanical Engineering, COBEM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Gramado, Brazil. pp.CDRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00486229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and Experimental Investigation of the Active Control by Using Electromagnetic Actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII International Symposium on Dynamic Problems of Mechanics (DINAME 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model and Experiment for Vibration Reduction of a Single Cylinder Reciprocating Compressor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Violette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMechE 9th International Conference on Vibrations in Rotating Machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse Model for the Control and the Monitoring of Rotating Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and Experimental Investigations for Rotating Machine Balancing without Test Run</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier de Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Symposium on Dynamic Problems of Mechanics (DINAME 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Ilhabela, Brazil. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing of highly flexible rotor by using artificial neural network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDECT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Condensed Reduced Model Based Modal Control Method for Rotors Supported by Active Magnetic Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier de Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Tenth International Symposium on Magnetic Bearings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing of Flexible Machines Without Trial Weights Using Optimization Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFToMM-Conference on Rotor Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle modal à partir dun modèle condensé équivalent réduit, application à un treillis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier de Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VCB - Vibrations Chocs et Bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the Implementation of and Optimal Modal Controller in Flexible Rotor by Using Piezoelectric Actuators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Simoes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valden Steffen Jr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFToMM-Conference on Rotor Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System Health Monitoring: Experimental Identification of Multiple Faults in Gearboxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15º POSMEC - Simpósio do Programa de Pós-Graduação em Engenharia Mecânica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Uberlândia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Control of Machines and Structures: Application to Rotor Balancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEMINÁRIO DMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Uberlandia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the climber fall arrest dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jauffres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, International Design Engineering Technical Conferences and Information in Engineering Confeence, IDETC-IEC 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du comportement vibratoire d'un vélo grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Charlot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Balancing Control in Rotor dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Rio, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanceamento de um Rotor Flexivel com Mancais Assimétricos Usando Redes Neurais Artificiais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Villafane Saldarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valder Steffen Jr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Der Hagopian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15° POSMEC. FEMEC/UFU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostics of gearbox faults using neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Conference Internationale "Méthodes de surveillance et Techniques de Diagnostic Acoustiques et Vibratoires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité des indicateurs de surveillance dans les problèmes de la détection et du diagnostic des défauts dans les machines tournantes &amp;quot;mesures en mode spécifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Felkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Zegadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Bekka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures et réponses de machines tournantes présentant une géométrie périodique discrète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque d'Analyse Vibratoire Expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the transmission error for the detection of gears faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME TURBO EXPO 2003, IGTI Congress 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition monitoring: Experimental study of combined faults on gears and bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Rotor Dynamics, Proceeding of IFToMM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Australie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of local faults on gears and bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stofleth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustical and Vibratory Surveillance Methods and Diagnostic Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic Approaches for Gears and Bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stofleth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCORMA-1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2001, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of neural networks for detection and identification of gearbox faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Calderone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESDA 2000, the Centennial Interdisciplinary Conference on Research, Systems Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition Monitoring : Experimental study for the diagnostic of simultaneous faults on gear and bearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMECHE, 7th International Conference on Vibrations and Rotating Machinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition monitoring : Experimental study of the Transmission Error for the detection of gear faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Renoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFToMM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1998, Darmstadt, Germany. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of faults influence on vibration and noise measurements in gear transmission mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Alattass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gearing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Newcastle, United Kingdom. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures et analyse de l'Erreur de Transmission d'engrenages avec défauts à haute vitesse à l'aide de codeurs optiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contributions en CMVAO mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Transilvania, pp.1-12, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PETZL-ZEDEL, Conception d'une fause main d'assurage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jampy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'une fausse main d'assurage, PETZL-ZEDEL (PFE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jampy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RHODIA ENGINEERING PLASTICS SAS: Modélisation de soudure en matière plastique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Primat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Tortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A.S. ZEDEL: Modélisation de la chute en escalade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jauffres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHARMILLES: Modélisation du comportement de platine de déroulement de fil d'une machine d'électroérosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Calca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sembeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARET, Participation à lAutomatisation du procès de fabrication poutrelle du groupe BDI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chaduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calmettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BABOLAT, Etude de la faisabilité dun système de suivi embarqué se la tension du cordage dune raquette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boutonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches en Dynamique pour un Développement d'Eco Machines Tournantes Réactives - Smart Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. INSA de Lyon, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00545388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId208"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938439v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanping Xu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Yang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2025.116651" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764480v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2024.111980" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069450v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2025.3560429" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662375v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwang Ling" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40430-024-05047-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659789v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Nigro Lopes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Cunha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pavanello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108356" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109575v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yigit Yucesan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe A.C. Viana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107552" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902817v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jarroux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dufour" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Defoy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ge Oil&amp;gas Thermodyn Alban" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.058" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180912v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.S. Morais" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Der Hagopian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jr Steffen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mahfoud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2013.09.012" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180936v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4027959" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180930v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4026468" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824283v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Morais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/473072" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/sss.2012.9.4.303" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824272v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Souza Morais" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valder Steffen Jr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1679-78252012000500004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666991v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Villafane Saldarriaga" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Steffen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1077546310370669" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667008v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belhaq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bichri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753963v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhaq" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bichri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Der Hogapian" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2011.03.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666981v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)AS.1943-5525.0000067" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711446v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Skladanek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/924372" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666950v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SAV-2010-0576" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666977v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zazilia Seibold" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2010048" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485142v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Levecque" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Violette" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ferraris" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2010.09.004" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485221v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2008.04.009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQGQCFKQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544837v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Villafane Saldarriaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valden Steffen Jr" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712349v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Breneur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/sss.2008.4.4.429" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381453v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breneur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380738v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Simoes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373877v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2005/205291" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454724v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alattass" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949002v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chesn&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Legrand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710434v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T. Coelho" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Santos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P. Lepore Neto" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141607007" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946671v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141608002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824335v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946669v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhat Al-Hakim" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dimitri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Saqr" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Adly" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946663v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Koroishi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946667v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldemir Cavalini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Braga dos Santos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824327v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941463v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20120109003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946664v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946666v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franscisco Paulo L&#233;pore Neto" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941456v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941454v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Souza Mourais" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941457v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941460v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941446v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Souza Mourais" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941451v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941440v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486229v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jr Steffen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941438v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506169v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Violette" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ferraris Besso" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435399v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Lepine" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506630v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506332v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506828v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506840v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506830v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506831v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430041v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507172v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Richard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffres" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430891v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262450v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Charlot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430919v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507254v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507407v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507369v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chiter" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Felkaoui" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zegadi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Bekka" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507902v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507900v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508012v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508107v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stofleth" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Play" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508106v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508176v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calderone" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508177v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694846v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694836v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alattass" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694867v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454360v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jampy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Weber" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454364v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454878v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Primat" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tortel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454880v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454879v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Calca" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sembeli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455944v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chaduc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calmettes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455945v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boutonnet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vinchon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00545388v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938439v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanping Xu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Yang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2025.116651" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764480v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2024.111980" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069450v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2025.3560429" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662375v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwang Ling" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40430-024-05047-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659789v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Nigro Lopes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Cunha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pavanello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108356" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109575v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yigit Yucesan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe A.C. Viana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107552" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902817v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jarroux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dufour" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Defoy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ge Oil&amp;gas Thermodyn Alban" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.058" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180912v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.S. Morais" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Der Hagopian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jr Steffen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mahfoud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2013.09.012" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180936v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4027959" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180930v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4026468" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824283v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Morais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/473072" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/sss.2012.9.4.303" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824272v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Souza Morais" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valder Steffen Jr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1679-78252012000500004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666991v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Villafane Saldarriaga" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Steffen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1077546310370669" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666981v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)AS.1943-5525.0000067" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711446v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Skladanek" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/924372" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753963v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhaq" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bichri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Der Hogapian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2011.03.001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667008v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belhaq" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bichri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666950v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SAV-2010-0576" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485142v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666977v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zazilia Seibold" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2010048" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Levecque" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Violette" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ferraris" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2010.09.004" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485221v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2008.04.009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQGQCFKQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544837v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Villafane Saldarriaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valden Steffen Jr" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381453v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breneur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712349v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Breneur" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/sss.2008.4.4.429" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380738v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Simoes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373877v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2005/205291" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454724v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alattass" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949002v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chesn&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Legrand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710434v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T. Coelho" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Santos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P. Lepore Neto" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141607007" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946671v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141608002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824335v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946663v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Koroishi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946667v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldemir Cavalini" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Braga dos Santos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824327v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941463v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20120109003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946669v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhat Al-Hakim" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dimitri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Saqr" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Adly" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946664v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946666v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franscisco Paulo L&#233;pore Neto" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941454v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Souza Mourais" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941456v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941457v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941460v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941451v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Souza Mourais" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941446v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941440v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486229v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jr Steffen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941438v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506169v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Violette" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ferraris Besso" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506630v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435399v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Lepine" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506332v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506828v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506830v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506840v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506831v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430041v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430891v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507172v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Richard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffres" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262450v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Charlot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430919v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507254v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507407v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507369v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chiter" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Felkaoui" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zegadi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Bekka" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507902v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507900v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508012v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508106v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stofleth" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Play" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508107v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508176v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calderone" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508177v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694846v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694836v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alattass" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694867v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454360v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jampy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Weber" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454364v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454878v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Primat" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tortel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454880v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454879v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Calca" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sembeli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455944v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chaduc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calmettes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455945v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boutonnet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vinchon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00545388v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>