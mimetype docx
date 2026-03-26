--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3300,527 +3300,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinformatic analysis of Sanger and 454 ESTs in oak</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome scanning of regions showing divergent evolution between white oaks (Quercus petraea (matt.) Liebl. and Q.robur l.) : new insights from the oak allelic resequencing project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Garnier‐géré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saneyoshi S. Ueno</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégoire G. Le Provost</w:t>
+                <w:t xml:space="preserve">Tiange Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Decourcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Valérie V. Léger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Celine C. Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Forest Ecosystem Genomics and Adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2010, Madrid, Spain. pp.73</w:t>
+              <w:t xml:space="preserve">, Jun 2010, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00964385v1</w:t>
+                <w:t xml:space="preserve">hal-02753045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a bac library and bac end sequencing for pedunculate oak (Quercus robur L.) : new tools for oak genome studies</w:t>
+                <w:t xml:space="preserve">Selective pressures between oaks and their obligate fungal parasite causing powdery mildew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia P. Faivre-Rampant</w:t>
+                <w:t xml:space="preserve">Marie Laure M. L. Desprez Loustau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Decourcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Bitton</w:t>
+                <w:t xml:space="preserve">Sylvain S. Delzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Boussardon</w:t>
+                <w:t xml:space="preserve">Christian Cyril Dutech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Bodenes-Brezard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie E. Chancerel</w:t>
+                <w:t xml:space="preserve">Nicolas Feau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Forest Ecosystem Genomics and Adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753048v1</w:t>
+                <w:t xml:space="preserve">hal-02755832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective pressures between oaks and their obligate fungal parasite causing powdery mildew</w:t>
+                <w:t xml:space="preserve">Bioinformatic analysis of Sanger and 454 ESTs in oak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Laure M. L. Desprez Loustau</w:t>
+                <w:t xml:space="preserve">Saneyoshi S. Ueno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire G. Le Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Decourcelle</w:t>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain S. Delzon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Feau</w:t>
+                <w:t xml:space="preserve">Celine C. Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Forest Ecosystem Genomics and Adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2010, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">, Jun 2010, Madrid, Spain. pp.73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755832v1</w:t>
+                <w:t xml:space="preserve">hal-00964385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome scanning of regions showing divergent evolution between white oaks (Quercus petraea (matt.) Liebl. and Q.robur l.) : new insights from the oak allelic resequencing project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Garnier‐géré</w:t>
+                <w:t xml:space="preserve">Development of a bac library and bac end sequencing for pedunculate oak (Quercus robur L.) : new tools for oak genome studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia P. Faivre-Rampant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Bitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiange Lang</w:t>
+                <w:t xml:space="preserve">Clément Boussardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre P. Abadie</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Valérie V. Léger</w:t>
+                <w:t xml:space="preserve">Catherine Bodenes-Brezard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie E. Chancerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Forest Ecosystem Genomics and Adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753045v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In silico screening of conserved orthologous sequences(COS) from Fagaceae ESTs resources</w:t>
               </w:r>
@@ -4661,51 +4661,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7885B5B4"/>
+    <w:nsid w:val="FC7A63E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4892,51 +4892,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jmf-inrae" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0471-2075" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920790v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Belliardo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frigerio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maurice" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05340126v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pere" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688014v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Cros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peyrard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/mbmg.8.108649" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152486v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie Bailet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Apoth&#233;loz-Perret-Gentil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bari&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofana Chonova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140948" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02108230v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Caron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sabatier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick L&#233;ger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaumeil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5096" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632667v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena&#239;g Kermarrec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rimet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/675079" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649035v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alberto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Derory" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Boury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklaus E. Zimmermann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.113.153783" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649406v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E. Chancerel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lepoittevin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire G. Le Provost" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao-Cheng Lin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Jaramillo-Correa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-368" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Salin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Teresa Cervera" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011034" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655721v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Almiro Paiva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Arnoldo Garces" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Rodrigues" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2008.02379.x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678286v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Gion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line C. Lalanne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ferry-Dumazet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401197" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A472404CC08124F01718D9ADD6D8E63371B993C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681281v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chagn&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Ramboer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Collada" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Guevara" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-004-1683-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-96CQKV75-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679200v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Dantec" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:PLAN.0000036376.11710.6f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EB1F157DB8A6F1682C1331963D23F2D78BA5D5AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200586v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Provost" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lalanne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/23.3.169" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881915v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Madur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish Kumar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frig&#233;rio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2002048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773985v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Denis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01685711v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Blanchard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735266v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tirera" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salmier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Donato" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Th&#233;rond" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/vez002.069" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kahlert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670262.2015.1069489" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927495v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bothorel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Collinet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766072v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999998v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena&#239;g L. Kermarrec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Chaumeil" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Rimet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laval" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758480v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saneyoshi Ueno" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964385v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saneyoshi S. Ueno" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. L&#233;ger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Noirot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753048v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Faivre-Rampant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Bitton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boussardon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes-Brezard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755832v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure M. L. Desprez Loustau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Decourcelle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cyril Dutech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Feau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753045v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiange Lang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Abadie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755595v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Cabane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes-Brezard Bod&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751216v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Roy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764394v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garcia" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762876v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frigerio Cant&#243;n" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666203v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Arcade" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre Rampant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827253v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser N. Bahrman" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Costa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Dubos" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jmf-inrae" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0471-2075" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920790v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Belliardo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frigerio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maurice" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05340126v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pere" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688014v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Cros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peyrard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/mbmg.8.108649" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152486v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie Bailet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Apoth&#233;loz-Perret-Gentil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bari&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofana Chonova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140948" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02108230v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Caron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sabatier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick L&#233;ger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaumeil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5096" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632667v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena&#239;g Kermarrec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rimet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/675079" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649035v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alberto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Derory" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Boury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklaus E. Zimmermann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.113.153783" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649406v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E. Chancerel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lepoittevin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire G. Le Provost" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao-Cheng Lin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Jaramillo-Correa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-368" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Salin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Teresa Cervera" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011034" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655721v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Almiro Paiva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Arnoldo Garces" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Rodrigues" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2008.02379.x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678286v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Gion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line C. Lalanne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ferry-Dumazet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401197" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A472404CC08124F01718D9ADD6D8E63371B993C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681281v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chagn&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Ramboer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Collada" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Guevara" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-004-1683-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-96CQKV75-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679200v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Dantec" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:PLAN.0000036376.11710.6f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EB1F157DB8A6F1682C1331963D23F2D78BA5D5AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200586v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Provost" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lalanne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/23.3.169" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881915v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Madur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish Kumar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frig&#233;rio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2002048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773985v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Denis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01685711v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Blanchard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735266v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tirera" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salmier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Donato" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Th&#233;rond" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/vez002.069" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kahlert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670262.2015.1069489" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927495v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bothorel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Collinet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766072v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999998v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena&#239;g L. Kermarrec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Chaumeil" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Rimet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laval" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758480v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saneyoshi Ueno" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753045v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiange Lang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Abadie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Decourcelle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. L&#233;ger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755832v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure M. L. Desprez Loustau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cyril Dutech" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Feau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964385v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saneyoshi S. Ueno" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Noirot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753048v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Faivre-Rampant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Bitton" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boussardon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes-Brezard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755595v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Cabane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes-Brezard Bod&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751216v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Roy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764394v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garcia" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762876v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frigerio Cant&#243;n" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666203v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Arcade" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre Rampant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827253v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser N. Bahrman" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Costa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Dubos" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>