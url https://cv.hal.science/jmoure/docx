--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -214,177 +214,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du quotidien dans le cinéma japonais (et français)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modernités de Charlie Chaplin. Un cinéaste dans l’oeil des avant-gardes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lebossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Moure</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Editions L'Harmattan, 2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Impressions Nouvelles. 2022, Caméras subjectives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857567v1</w:t>
+                <w:t xml:space="preserve">hal-03810626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modernités de Charlie Chaplin. Un cinéaste dans l’oeil des avant-gardes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du quotidien dans le cinéma japonais (et français)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Moure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lebossé</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Impressions Nouvelles. 2022, Caméras subjectives</w:t>
+                <w:t xml:space="preserve">Dominique Chateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions L'Harmattan, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03810626v1</w:t>
+                <w:t xml:space="preserve">hal-03857567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le musical hollywoodien. Histoire, esthétique, création</w:t>
               </w:r>
@@ -445,51 +445,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-cinema. Cinema in the post-art era</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Moure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -814,220 +814,220 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02304142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esthétique de la recréation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Chateau</w:t>
+                <w:t xml:space="preserve">Filmer le quotidien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Leperchey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Moure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Presses Universitaires de Rennes, 2019</w:t>
+              <w:t xml:space="preserve">Les Impressions nouvelles, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857254v1</w:t>
+                <w:t xml:space="preserve">hal-03335417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filmer le quotidien</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Esthétique de la recréation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Moure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Leperchey</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-03335417v1</w:t>
+                <w:t xml:space="preserve">hal-03857254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinéma, création et recréation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Moure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Les Impressions nouvelles, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1103,51 +1103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Aurouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Moure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lebossé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modernités de Charlie Chaplin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1198,51 +1198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Moure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lebossé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut ACTE (Université Paris 1 Panthéon sorbonne) ; Musée des Arts de Nantes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modernités de Charlie Chaplin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Impressions Nouvelles, pp.123-137, 2022, Caméras Subjectives, 978-2-87449-967-8</w:t>
@@ -1672,51 +1672,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744711v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Thomas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Amiel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moure" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vasse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857567v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chateau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03810626v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leboss&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03810720v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binh N. T." TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03811033v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857430v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857151v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leperchey Sarah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857214v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Durafour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02304142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335417v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leperchey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857344v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718665v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04242053v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dreux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487416v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mou&#235;llic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857563v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Yazbek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Mouawad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744711v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Thomas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Amiel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moure" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vasse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03810626v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leboss&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857567v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chateau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03810720v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binh N. T." TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03811033v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857430v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857151v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leperchey Sarah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857214v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Durafour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02304142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335417v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leperchey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857254v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857344v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718665v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04242053v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dreux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487416v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mou&#235;llic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03857563v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Yazbek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Mouawad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>