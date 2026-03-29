--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Joan Le Goff </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités en sciences de gestion, IAE Paris-Est, Université Paris-Est Créteil.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">joan-le-goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0003-3402-6460</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05515168X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du master « Management des organisations »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1 & M2) dispensé à l’Académie militaire de la Gendarmerie nationale et destiné aux officiers du corps technique et administratif, en collaboration.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019-2021 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chargé de mission</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour la mise en place d’un groupement d’employeurs pour l’insertion et la qualification, sous couvert du ministère du Travail (création nette de 70 emplois pour des personnes en fort décrochage scolaire, professionnel et social, bénéficiaires dits « invisibles »).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directeur de l’UFR de sciences économiques et de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de l’Upec.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : Professeur des universités à l’IAE Paris-Est, Upec.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du master « Recherche en sciences de gestion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M2), IAE de Tours.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2015 : Professeur des universités à l’IAE de Tours, université François-Rabelais.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 : Lauréat du concours national d’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">agrégation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> en sciences de gestion.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2008-2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable de la licence « Gestion des entreprises »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (L3), IAE Gustave Eiffel, Upec.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2005-2019 : Formateur en management stratégique auprès des enquêteurs de la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">DGCCRF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1998-2010 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du pôle Management de l’IRG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, en collaboration.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1998 : Maître de conférences en sciences de gestion, École Supérieure des Affaires (ESA), université Paris 12.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1997 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> en sciences de gestion.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1994 : DEA en sciences de gestion.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1993 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lauréat du concours de création d'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de la Caisse d'Épargne.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1990 : Créateur d’une entreprise de PAO et de micro-édition.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : entre romances et violences, que peut le management ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Noël Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Reinhold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-38630-286-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sécurité publique efficace et responsable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Edey Gamassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Palau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions EMS (management &amp; société)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Essais et Leçons > Gestion en liberté, 978-2-37687-970-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un soupçon de compétition dans la sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Drôles de marchés, 978-2-336-49780-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un monde merveilleux et doux. Fragments du management en son emprise ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Travail et gouvernance, 9791032004302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroir, mon beau miroir… Le marché de la beauté sans fard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Drôles de marchés, 978-2-14-034401-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique change de disque. Et ça fait Shazam, vinyle, stream, pop, buzz !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Drôles de marchés, 9782140267871</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nouvelle jeunesse de l’occasion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2021, Drôles de marchés, 978-2343234182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissances de la norme. Défis juridiques et managériaux des systèmes normatifs contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la performance de la fonction logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eyrolles, pp.220, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00992189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies concurrentielles : le renouveau théorique en pratique,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS, 2005, 2847690441</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de méthodes en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Allard-Poesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Charreire-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Management et Société - EMS, 2002, 978-2912647795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service gagnant ! Comprendre l’essor des chaînes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Autissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management et Société (EMS)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2000, L’actualité de la gestion, 978-2912647313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahier spécial Management et communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jale Minibas-Poussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banu Karsak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">18, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on opérer sans compter ? Le manager hospitalier, un Sisyphe aux mains sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Giordano, Romain Pierronnet, Mathias Szpirglas, Claire Edey Gamassou (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management en Séries – Saison 1. Scénariser, produire, mettre en scène le management avec les séries TV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.41-52, 2025, 978-2-38630-171-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effondrement ou l’éloge (involontaire) de la logistique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Giordano, Romain Pierronnet, Mathias Szpirglas, Claire Edey Gamassou (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management en Séries – Saison 1. Scénariser, produire, mettre en scène le management avec les séries TV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 211-221, 2025, Essais et leçons, 978-2-38630-171-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détourner la lutte contre les violences sexuelles, un stratagème efficace ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : entre romances et violences, que peut le management ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, p. 125-152, 2025, 978-2-38630-286-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sexualité, impensé de la recherche en management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Noël Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Reinhold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : entre romances et violences, que peut le management ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, p. 9-20, 2025, 978-2-38630-286-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nécessaire travail réflexif d’une institution républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Edey Gamassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Palau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une sécurité publique efficace et responsable ? La Gendarmerie nationale face aux défis sociétaux et managériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Management et Société, pp.15-25, 2024, Gestion en liberté, 978-2-37687-970-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumettre le sujet à la norme : les mots d’ordre du management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacqueline Guittard, Émeric Nicolas et Cyril Sintez (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deleuze face à la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mare et Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.261-278, 2023, 9782849346273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en dynamique concurrentielle : une approche réaliste du fait stratégique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Faouzi Bensebaa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La dynamique concurrentielle : acteurs singuliers, stratégies plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Management et Société, pp.197-202, 2021, 9782376874331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03173954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fondements interpersonnels de l’interaction stratégique : la compétition PPR-LVMH comme modèle d’affrontement construit par les acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Management et Société. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La dynamique concurrentielle : acteurs singuliers, stratégies plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.23-55, 2021, 978-2-37687-433-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'effet de la norme sur le sujet : la cruauté dans le rapport managérial au corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacqueline Guittard, Émeric Nicolas et Cyril Sintez (dir.), Foucault face à la norme, Mare et Martin.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logistique, le rêve totalitaire de la gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images de la logistique. Éclairages managériaux et sociétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes juridiques et règles du jeu stratégique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éric Pezet, Juliette Sénéchal (dir.), Normes juridiques et normes managériale. Enjeux et méthode d’une nouvelle internormativité, LGDJ, coll. « Droit et société ».</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-152, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Sanders Peirce. Fondation du pragmatisme et découverte de l’abduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Germain (dir.),. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands inspirateurs de la théorie des organisations,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Management &amp; Société., 2012, 978-2-84769-434-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promulgation de l’environnement et actions stratégiques : comment l’édition française se met en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">David Autissier, Faouzi Bensebaa (dir.), Les défis du Sensemaking en entreprise, Economica, coll. « Recherche en gestion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 978-2717852103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies concurrentielles : le renouveau théorique en pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bensebaa, Faouzi, Le Goff, Joan (dir.), Stratégies concurrentielles : le renouveau théorique en pratique, Éditions Management &amp; Société, coll. « Gestion en liberté », 202 p.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 978-2847690446</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension de la recherche en dynamique concurrentielle : quatre perspectives théoriques prometteuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bensebaa, Faouzi, Le Goff, Joan (dir.), Stratégies concurrentielles : le renouveau théorique en pratique, Éditions Management &amp; Société, coll. « Gestion en liberté », 202 p.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.107-137, 2005, 978-2847690446</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02984357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toute différence avec la réalité serait purement fortuite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alban Jamin (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Velvet Goldmine, un film de Todd Haynes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la culture et de la communication, Acrira/université Lumière-Lyon 2/région Rhône-Alpes, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertus problématiques de l’étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de méthodes en Sciences de Gestion, Éditions Management &amp; Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 978-2912647795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02957120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Camman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pascale Senkel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Fabbe-Costes; Jacques Colin; Gilles Paché. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire de la recherche en logistique et distribution ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.91-99, 2000, 9782711779963</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dualité du structurel et dynamique sectorielle : application à la distribution des composants électroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Autissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Autissier; Frédéric Wacheux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuration et management des organisations. Gestion de l’action et du changement dans les entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 181-204, 2000, 2747501469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rythme(s) : repenser la dynamique des canaux de distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paché G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science et Technologie : regards croisés en Sciences Économiques et Gestion, Information et Communication, Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-260, 1999, 2-7384-7368-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portrait de l’entrepreneur en époux épaulé (affaire(s) de couple dans la série Tapie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue interdisciplinaire droit et organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 10, pp.83-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Booba à Indexia : ce que les scandales révèlent des angles morts de la recherche en management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Col blanc, mains sales. Dissection d’une crapule aux airs de comptable ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saison : la revue des séries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2 (8), pp.91-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture : une opportunité de différenciation touristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, mai-juin (385), pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui a peur de L’Effondrement ? La série, vecteur politique hors de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saison : la revue des séries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2 (8), pp.59-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui se souvient de The Wire ? De la difficulté d’intéresser des étudiants à la stratégie avec une série oubliée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question(s) de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52, pp.55-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marché de la nostalgie musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ondes courtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05422901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’objectif intemporel de la gestion des flux : que tout roule, machinalement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (2), pp.113-116. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2024.2336918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La seconde main : un marché vertueux… en apparence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour un monde plus humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, numéro spécial « Écologie : concilier urgence et désir d’agir »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance de la logistique, levier de résilience de l’action publique déconcentrée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Káposztás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.153-168. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2024.2321146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture « fun et pro » au travail et liberté d’expression du salarié : un éloge involontaire de la normalisation managériale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue interdisciplinaire droit et organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8, p. 117-132. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34699/rido.2024.45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consumer-to-consumer supply chain en pratique : le travail du consommateur lors de la vente en ligne de produits d’occasion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2021.1999185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entreprises peuvent-elles faire confiance à la confiance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Chêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'entreprise libérée, XXIII (56), pp.185-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique mutualiste est-elle soluble dans le New Public Management ? Le cas d’une union régionale de la Mutualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Malherbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01741317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’inconscient managérial à la lumière des médias. Marshall McLuhan, La Mariée mécanique : folklore de l’homme industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les hommes, domestiquer les corps. La communication et l'histoire au service de la normalisation managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">İleti-ş-im: Galatasaray Üniversitesi İletişim Dergisi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18, pp.127-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation taylorienne et gestion des flux dans l’industrie cinématographique : une approche historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (1), pp.59-68. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2012.11516993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces de l’héritage théologique de la pensée managériale : le corps à l’épreuve de la gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La doctrine de la RSE est-elle socialement responsable ? Point de vue critique fondé sur les origines religieuses des sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 16 (38), pp.275-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interaction compétitive : un cadre conceptuel pour l'étude de la dynamique des canaux de distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 122, pp.50-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prestataires logistiques et la distribution pharmaceutique. Les barrières à l’entrée : vitres blindées ou glaces sans tain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mattiuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 5 (1), pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qui remplit les salles de concerts ? La nostalgie, pardi !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après #MeToo, quelle sexualité dans les entreprises ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Noël Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Reinhold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de March</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05087297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gendarme, policier, agent pénitentiaire, vigile : les forces de sécurité en compétition pour (bien) recruter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management dans la série The Knick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pillages de boîtes à livres : le don dévoré par la logique marchande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des chercheurs en gestion embarqués dans un exercice de simulation de la Gendarmerie nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Camman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Livolsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager, est-ce commander (et inversement) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Edey Gamassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Façonner les cadres, oui, mais à quel point ? Ces team building qui vont trop loin…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maquillage, chirurgie esthétique, tatouage… la beauté, un drôle de marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnes feuilles : « L’industrie de la musique change de disque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vendre ses produits d’occasion, c’est aussi faire de la logistique (et ce n’est pas toujours drôle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : comment la Gendarmerie nationale s'est mise au télétravail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Meigel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Webtoons » : que sont ces bandes dessinées numériques que lisent tous les ados ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’élévation du drapeau à Iwo Jima », une image iconique au service de toutes les (bonnes) causes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que fait la police ? Le pouvoir d’influence insoupçonné de la typographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Arnault vs François Pinault, quand les rivalités deviennent facteur de réussite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnes feuilles : « La nouvelle jeunesse du marché de l’occasion »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Stockholder (1917), une source instructive pour l’histoire de la gestion. Notes sur un scénario de la Triangle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, https://cinemarchives.hypotheses.org/947</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel management pour l'industrie cinématographique américaine à l’époque de la Triangle Film Corporation (1915) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détourner la lutte contre les violences sexuelles, un stratagème efficace ? Le cas des luttes de pouvoir au sein du mouvement Emmaüs (2023-2024)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque interdisciplinaire « Penser la sexualité dans les organisations après #MeToo »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG (Université Paris-Est Créteil); Laboratoire de Théorie du droit (Aix-Marseille Université), Jun 2025, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05094385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience de l'action publique a-t-elle besoin de la logistique ? Des enjeux de l'agilité individuelle et de la culture organisationnelle pour surmonter les crises Article Complet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Káposztás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15e rencontres de l’AIRL-SCM, « Management public, crises et post-crises : la permanence dans le changement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Excelia, May 2024, La Rochelle (17000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04590018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui se souvient de The Wire ? De la difficulté d’intéresser des étudiants à la stratégie avec une série oubliée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Management en séries (saison 2) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Regards/Crimel, Université de Reims Champagne-Ardennes, Mar 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jusqu’où aller trop loin ? Les leçons des dérives managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Rencontres internationales de la transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Innovation managériale &amp; excellence opérationnelle, Essec-Caisse des dépôts, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Effondrement ou l’éloge (involontaire) de la logistique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Management en séries (saison 1) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG/Cerefige/Regards, Université Gustave Eiffel, Mar 2023, Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on opérer sans compter ? Le manager hospitalier, un Sisyphe aux mains sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Management en séries (saison 1) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG/Cerefige/Regards, Université Gustave Eiffel, Mar 2023, Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance de la logistique institutionnelle, levier de résilience de l’action publique déconcentrée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Káposztás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e conférence AIRMAP, « Management public, crises et post-crises : la permanence dans le changement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bourgogne, May 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’Erasmus à Erasmus+, via Bologne : bilan d’une innovation radicale pour l’enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Forum de l’association de la communauté éducative sino-française (ACESF) « L’innovation dans l’enseignement supérieur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Zhengzhou, Chine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération entre fintechs et banques traditionnelles : quels facteurs clés de succès ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghita Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e Congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier, Sep 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumettre le sujet à la norme : les mots d’ordre du management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deleuze face à la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche juridique Pothier / Centre de droit privé et de sciences criminelles d’Amiens, Mar 2020, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04929847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foucault, penseur des postures normatives ? Le management de la cruauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foucault face à la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche juridique Pothier (CRJP), Université d'Orléans; Centre de droit privé et des sciences criminelles (CEPRISCA), Université d'Amiens, Nov 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entreprises peuvent-elles faire confiance à la confiance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Chêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du programme de recherche People (Programme d’études sur les organisations post-managériales et la libération des entreprises), « La libération des entreprises au prisme d'une analyse critique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe ESC Clermont, Jul 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du management par la confiance au management en confiance. Une étude exploratoire autour du couple contrôle/confiance dans une PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Chêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’AGRH, « Vers un nouveau modèle de GRH ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique mutualiste est-elle soluble dans le New Public Management ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Malherbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée de Recherche Internationale GESS Gestion des Entreprises Sociales et Solidaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01741320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux stratégiques de la performance logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La performance logistique au cœur de la performance globale de l’entreprise ? Cycle Supérieur du Transport et de la Logistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFT-IFTIM / Ministère de l’enseignement supérieur et de la recherche, Mar 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation taylorienne et gestion des flux dans l’industrie cinématographique : une approche historique critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Rencontres internationales de la recherche en logistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIRL, Bordeaux Management School, 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation des figures de la pensée dans l’histoire de la gestion : l’exemple du management scientifique au temps de la dissection du geste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managerial Thought and Practice in France, 19th - 21st Centuries, Assessment and Future Prospects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Oxford, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management et l'industrie cinématographique américaine en 1915</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du fonds Triangle – John E. Allen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, programme national « Cinémarchives », université Paris-Diderot/Cinémathèque Française/Médiathèque du Patrimoine/ENS, Jan 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion, pensée circonstancielle ? Le management scientifique et la dissection du geste au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude du Plan pluriannuel de formation « Histoire de la pensée et des pratiques managériales (XIXe – XXIe siècle) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, université de Marne-la-Vallée, 2008, Noisy-Champs, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promulgation de l’environnement et actions stratégiques : comment l’édition française se met en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Défis du sensemaking en entreprise : autour des travaux de Karl E. Weick</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG, 2005, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dualité du structurel et dynamique sectorielle. Application à la transformation du secteur de la distribution des composants électroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Autissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuration et management des organisations : autour des travaux d’Anthony Giddens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG, 2000, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rythme(s) : repenser la dynamique des canaux de distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national sur la Recherche dans les instituts universitaires de technologie (CNRIUT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de la Méditerranée, 1999, Aix-en-Provence, France. pp.251-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prestataires logistiques, des concurrents “impensables” ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mattiuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Rencontres Internationales de la Recherche en Logistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instabilité de l’univers stratégique et dynamique des canaux de distribution : le cas des produits industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès mondial de l’International Federation of Scholarly Association of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFSAM, 1996, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte juridique et stratégies relationnelles : le cas des systèmes de distribution de produits industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ve Conférence Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS, May 1996, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’urgence d’une actualisation critique, au risque de l’effondrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés : « Quelle logistique voulons-nous pour demain ? », Question(s) de management, n° 55(3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.207-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un îlot paradoxal de résistance face à la managérialisation du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés : « À l’heure des start-up et des GAFAM, quels enseignements peut-on tirer des PME et ETI familiales ? » Question(s) de management, 54(2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.158-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel avenir pour les cercles mixtes de la gendarmerie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loliaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, https://www.gendarmerie.interieur.gouv.fr/crgn/publications/les-notes-du-creogn/quel-avenir-pour-les-cercles-mixtes-de-la-gendarmerie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business de Sécurité : du besoin à la fièvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la sécurité crée l’insécurité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transport routier de marchandises en Europe : enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mattiuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eurostaf. 2000, volume A (70 p), volume B (412 p)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principaux réseaux européens de messagerie implantés en Europe : activités, stratégies et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eurosiris-Translog. 1999, 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des canaux de distribution et contexte juridique : stratégies d’acteurs et conventions d’actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université Paris XII – Val de Marne, 1997. Français. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04915295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId167"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Joan Le Goff </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités en sciences de gestion, IAE Paris-Est, Université Paris-Est Créteil.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">joan-le-goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0003-3402-6460</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05515168X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du master « Management des organisations »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1 & M2) dispensé à l’Académie militaire de la Gendarmerie nationale et destiné aux officiers du corps technique et administratif, en collaboration.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019-2021 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chargé de mission</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour la mise en place d’un groupement d’employeurs pour l’insertion et la qualification, sous couvert du ministère du Travail (création nette de 70 emplois pour des personnes en fort décrochage scolaire, professionnel et social, bénéficiaires dits « invisibles »).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directeur de l’UFR de sciences économiques et de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de l’Upec.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : Professeur des universités à l’IAE Paris-Est, Upec.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du master « Recherche en sciences de gestion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M2), IAE de Tours.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2015 : Professeur des universités à l’IAE de Tours, université François-Rabelais.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 : Lauréat du concours national d’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">agrégation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> en sciences de gestion.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2008-2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable de la licence « Gestion des entreprises »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (L3), IAE Gustave Eiffel, Upec.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2005-2019 : Formateur en management stratégique auprès des enquêteurs de la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">DGCCRF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1998-2010 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du pôle Management de l’IRG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, en collaboration.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1998 : Maître de conférences en sciences de gestion, École Supérieure des Affaires (ESA), université Paris 12.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1997 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> en sciences de gestion.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1994 : DEA en sciences de gestion.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1993 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lauréat du concours de création d'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de la Caisse d'Épargne.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1990 : Créateur d’une entreprise de PAO et de micro-édition.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : entre romances et violences, que peut le management ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Noël Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Reinhold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-38630-286-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sécurité publique efficace et responsable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Edey Gamassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Palau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions EMS (management &amp; société)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Essais et Leçons > Gestion en liberté, 978-2-37687-970-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un soupçon de compétition dans la sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Drôles de marchés, 978-2-336-49780-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un monde merveilleux et doux. Fragments du management en son emprise ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Travail et gouvernance, 9791032004302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroir, mon beau miroir… Le marché de la beauté sans fard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Drôles de marchés, 978-2-14-034401-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique change de disque. Et ça fait Shazam, vinyle, stream, pop, buzz !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Drôles de marchés, 9782140267871</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nouvelle jeunesse de l’occasion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2021, Drôles de marchés, 978-2343234182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissances de la norme. Défis juridiques et managériaux des systèmes normatifs contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la performance de la fonction logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eyrolles, pp.220, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00992189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies concurrentielles : le renouveau théorique en pratique,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS, 2005, 2847690441</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de méthodes en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Allard-Poesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Charreire-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Management et Société - EMS, 2002, 978-2912647795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service gagnant ! Comprendre l’essor des chaînes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Autissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management et Société (EMS)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2000, L’actualité de la gestion, 978-2912647313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahier spécial Management et communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jale Minibas-Poussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banu Karsak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">18, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on opérer sans compter ? Le manager hospitalier, un Sisyphe aux mains sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Giordano, Romain Pierronnet, Mathias Szpirglas, Claire Edey Gamassou (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management en Séries – Saison 1. Scénariser, produire, mettre en scène le management avec les séries TV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.41-52, 2025, 978-2-38630-171-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effondrement ou l’éloge (involontaire) de la logistique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Giordano, Romain Pierronnet, Mathias Szpirglas, Claire Edey Gamassou (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management en Séries – Saison 1. Scénariser, produire, mettre en scène le management avec les séries TV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 211-221, 2025, Essais et leçons, 978-2-38630-171-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détourner la lutte contre les violences sexuelles, un stratagème efficace ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : entre romances et violences, que peut le management ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, p. 125-152, 2025, 978-2-38630-286-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sexualité, impensé de la recherche en management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Noël Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Reinhold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : entre romances et violences, que peut le management ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, p. 9-20, 2025, 978-2-38630-286-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nécessaire travail réflexif d’une institution républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Edey Gamassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Palau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une sécurité publique efficace et responsable ? La Gendarmerie nationale face aux défis sociétaux et managériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Management et Société, pp.15-25, 2024, Gestion en liberté, 978-2-37687-970-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumettre le sujet à la norme : les mots d’ordre du management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacqueline Guittard, Émeric Nicolas et Cyril Sintez (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deleuze face à la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mare et Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.261-278, 2023, 9782849346273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en dynamique concurrentielle : une approche réaliste du fait stratégique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Faouzi Bensebaa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La dynamique concurrentielle : acteurs singuliers, stratégies plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Management et Société, pp.197-202, 2021, 9782376874331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03173954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fondements interpersonnels de l’interaction stratégique : la compétition PPR-LVMH comme modèle d’affrontement construit par les acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Management et Société. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La dynamique concurrentielle : acteurs singuliers, stratégies plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.23-55, 2021, 978-2-37687-433-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'effet de la norme sur le sujet : la cruauté dans le rapport managérial au corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacqueline Guittard, Émeric Nicolas et Cyril Sintez (dir.), Foucault face à la norme, Mare et Martin.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logistique, le rêve totalitaire de la gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images de la logistique. Éclairages managériaux et sociétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes juridiques et règles du jeu stratégique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éric Pezet, Juliette Sénéchal (dir.), Normes juridiques et normes managériale. Enjeux et méthode d’une nouvelle internormativité, LGDJ, coll. « Droit et société ».</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-152, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Sanders Peirce. Fondation du pragmatisme et découverte de l’abduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Germain (dir.),. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands inspirateurs de la théorie des organisations,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Management &amp; Société., 2012, 978-2-84769-434-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promulgation de l’environnement et actions stratégiques : comment l’édition française se met en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">David Autissier, Faouzi Bensebaa (dir.), Les défis du Sensemaking en entreprise, Economica, coll. « Recherche en gestion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 978-2717852103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies concurrentielles : le renouveau théorique en pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bensebaa, Faouzi, Le Goff, Joan (dir.), Stratégies concurrentielles : le renouveau théorique en pratique, Éditions Management &amp; Société, coll. « Gestion en liberté », 202 p.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 978-2847690446</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension de la recherche en dynamique concurrentielle : quatre perspectives théoriques prometteuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bensebaa, Faouzi, Le Goff, Joan (dir.), Stratégies concurrentielles : le renouveau théorique en pratique, Éditions Management &amp; Société, coll. « Gestion en liberté », 202 p.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.107-137, 2005, 978-2847690446</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02984357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toute différence avec la réalité serait purement fortuite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alban Jamin (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Velvet Goldmine, un film de Todd Haynes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la culture et de la communication, Acrira/université Lumière-Lyon 2/région Rhône-Alpes, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertus problématiques de l’étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de méthodes en Sciences de Gestion, Éditions Management &amp; Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 978-2912647795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02957120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Camman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pascale Senkel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Fabbe-Costes; Jacques Colin; Gilles Paché. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire de la recherche en logistique et distribution ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.91-99, 2000, 9782711779963</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dualité du structurel et dynamique sectorielle : application à la distribution des composants électroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Autissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Autissier; Frédéric Wacheux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuration et management des organisations. Gestion de l’action et du changement dans les entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 181-204, 2000, 2747501469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rythme(s) : repenser la dynamique des canaux de distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paché G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science et Technologie : regards croisés en Sciences Économiques et Gestion, Information et Communication, Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-260, 1999, 2-7384-7368-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portrait de l’entrepreneur en époux épaulé (affaire(s) de couple dans la série Tapie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue interdisciplinaire droit et organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 10, pp.83-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Booba à Indexia : ce que les scandales révèlent des angles morts de la recherche en management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Col blanc, mains sales. Dissection d’une crapule aux airs de comptable ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saison : la revue des séries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2 (8), pp.91-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture : une opportunité de différenciation touristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, mai-juin (385), pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui se souvient de The Wire ? De la difficulté d’intéresser des étudiants à la stratégie avec une série oubliée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question(s) de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52, pp.55-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui a peur de L’Effondrement ? La série, vecteur politique hors de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saison : la revue des séries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2 (8), pp.59-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marché de la nostalgie musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ondes courtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05422901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’objectif intemporel de la gestion des flux : que tout roule, machinalement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (2), pp.113-116. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2024.2336918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La seconde main : un marché vertueux… en apparence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour un monde plus humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, numéro spécial « Écologie : concilier urgence et désir d’agir »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance de la logistique, levier de résilience de l’action publique déconcentrée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Káposztás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.153-168. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2024.2321146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture « &amp;lt;i&amp;gt;fun&amp;lt;/i&amp;gt; et pro » au travail et liberté d’expression du salarié : un éloge involontaire de la normalisation managériale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue interdisciplinaire droit et organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8, pp.117-132. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34699/rido.2024.45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consumer-to-consumer supply chain en pratique : le travail du consommateur lors de la vente en ligne de produits d’occasion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2021.1999185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entreprises peuvent-elles faire confiance à la confiance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Chêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'entreprise libérée, XXIII (56), pp.185-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique mutualiste est-elle soluble dans le New Public Management ? Le cas d’une union régionale de la Mutualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Malherbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01741317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’inconscient managérial à la lumière des médias. Marshall McLuhan, La Mariée mécanique : folklore de l’homme industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les hommes, domestiquer les corps. La communication et l'histoire au service de la normalisation managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">İleti-ş-im: Galatasaray Üniversitesi İletişim Dergisi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18, pp.127-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation taylorienne et gestion des flux dans l’industrie cinématographique : une approche historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (1), pp.59-68. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2012.11516993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces de l’héritage théologique de la pensée managériale : le corps à l’épreuve de la gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La doctrine de la RSE est-elle socialement responsable ? Point de vue critique fondé sur les origines religieuses des sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 16 (38), pp.275-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interaction compétitive : un cadre conceptuel pour l'étude de la dynamique des canaux de distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 122, pp.50-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prestataires logistiques et la distribution pharmaceutique. Les barrières à l’entrée : vitres blindées ou glaces sans tain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mattiuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 5 (1), pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qui remplit les salles de concerts ? La nostalgie, pardi !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après #MeToo, quelle sexualité dans les entreprises ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Noël Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Reinhold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de March</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05087297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gendarme, policier, agent pénitentiaire, vigile : les forces de sécurité en compétition pour (bien) recruter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management dans la série The Knick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pillages de boîtes à livres : le don dévoré par la logique marchande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des chercheurs en gestion embarqués dans un exercice de simulation de la Gendarmerie nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Camman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Livolsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager, est-ce commander (et inversement) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Edey Gamassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Fleurentdidier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Façonner les cadres, oui, mais à quel point ? Ces team building qui vont trop loin…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maquillage, chirurgie esthétique, tatouage… la beauté, un drôle de marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnes feuilles : « L’industrie de la musique change de disque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vendre ses produits d’occasion, c’est aussi faire de la logistique (et ce n’est pas toujours drôle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : comment la Gendarmerie nationale s'est mise au télétravail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Meigel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Webtoons » : que sont ces bandes dessinées numériques que lisent tous les ados ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’élévation du drapeau à Iwo Jima », une image iconique au service de toutes les (bonnes) causes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que fait la police ? Le pouvoir d’influence insoupçonné de la typographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Arnault vs François Pinault, quand les rivalités deviennent facteur de réussite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnes feuilles : « La nouvelle jeunesse du marché de l’occasion »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Stockholder (1917), une source instructive pour l’histoire de la gestion. Notes sur un scénario de la Triangle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, https://cinemarchives.hypotheses.org/947</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel management pour l'industrie cinématographique américaine à l’époque de la Triangle Film Corporation (1915) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détourner la lutte contre les violences sexuelles, un stratagème efficace ? Le cas des luttes de pouvoir au sein du mouvement Emmaüs (2023-2024)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque interdisciplinaire « Penser la sexualité dans les organisations après #MeToo »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG (Université Paris-Est Créteil); Laboratoire de Théorie du droit (Aix-Marseille Université), Jun 2025, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05094385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience de l'action publique a-t-elle besoin de la logistique ? Des enjeux de l'agilité individuelle et de la culture organisationnelle pour surmonter les crises Article Complet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Káposztás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15e rencontres de l’AIRL-SCM, « Management public, crises et post-crises : la permanence dans le changement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Excelia, May 2024, La Rochelle (17000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04590018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui se souvient de The Wire ? De la difficulté d’intéresser des étudiants à la stratégie avec une série oubliée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Management en séries (saison 2) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Regards/Crimel, Université de Reims Champagne-Ardennes, Mar 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jusqu’où aller trop loin ? Les leçons des dérives managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Rencontres internationales de la transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Innovation managériale &amp; excellence opérationnelle, Essec-Caisse des dépôts, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on opérer sans compter ? Le manager hospitalier, un Sisyphe aux mains sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Management en séries (saison 1) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG/Cerefige/Regards, Université Gustave Eiffel, Mar 2023, Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Effondrement ou l’éloge (involontaire) de la logistique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Management en séries (saison 1) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG/Cerefige/Regards, Université Gustave Eiffel, Mar 2023, Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance de la logistique institutionnelle, levier de résilience de l’action publique déconcentrée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Káposztás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e conférence AIRMAP, « Management public, crises et post-crises : la permanence dans le changement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bourgogne, May 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’Erasmus à Erasmus+, via Bologne : bilan d’une innovation radicale pour l’enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Forum de l’association de la communauté éducative sino-française (ACESF) « L’innovation dans l’enseignement supérieur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Zhengzhou, Chine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération entre fintechs et banques traditionnelles : quels facteurs clés de succès ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghita Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e Congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier, Sep 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumettre le sujet à la norme : les mots d’ordre du management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deleuze face à la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche juridique Pothier / Centre de droit privé et de sciences criminelles d’Amiens, Mar 2020, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04929847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foucault, penseur des postures normatives ? Le management de la cruauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foucault face à la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche juridique Pothier (CRJP), Université d'Orléans; Centre de droit privé et des sciences criminelles (CEPRISCA), Université d'Amiens, Nov 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entreprises peuvent-elles faire confiance à la confiance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Chêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du programme de recherche People (Programme d’études sur les organisations post-managériales et la libération des entreprises), « La libération des entreprises au prisme d'une analyse critique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe ESC Clermont, Jul 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du management par la confiance au management en confiance. Une étude exploratoire autour du couple contrôle/confiance dans une PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Chêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’AGRH, « Vers un nouveau modèle de GRH ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique mutualiste est-elle soluble dans le New Public Management ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Malherbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée de Recherche Internationale GESS Gestion des Entreprises Sociales et Solidaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01741320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux stratégiques de la performance logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La performance logistique au cœur de la performance globale de l’entreprise ? Cycle Supérieur du Transport et de la Logistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFT-IFTIM / Ministère de l’enseignement supérieur et de la recherche, Mar 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation taylorienne et gestion des flux dans l’industrie cinématographique : une approche historique critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Rencontres internationales de la recherche en logistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIRL, Bordeaux Management School, 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation des figures de la pensée dans l’histoire de la gestion : l’exemple du management scientifique au temps de la dissection du geste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managerial Thought and Practice in France, 19th - 21st Centuries, Assessment and Future Prospects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Oxford, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management et l'industrie cinématographique américaine en 1915</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du fonds Triangle – John E. Allen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, programme national « Cinémarchives », université Paris-Diderot/Cinémathèque Française/Médiathèque du Patrimoine/ENS, Jan 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion, pensée circonstancielle ? Le management scientifique et la dissection du geste au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude du Plan pluriannuel de formation « Histoire de la pensée et des pratiques managériales (XIXe – XXIe siècle) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, université de Marne-la-Vallée, 2008, Noisy-Champs, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promulgation de l’environnement et actions stratégiques : comment l’édition française se met en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Bensebaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Défis du sensemaking en entreprise : autour des travaux de Karl E. Weick</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG, 2005, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dualité du structurel et dynamique sectorielle. Application à la transformation du secteur de la distribution des composants électroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Autissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuration et management des organisations : autour des travaux d’Anthony Giddens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG, 2000, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rythme(s) : repenser la dynamique des canaux de distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national sur la Recherche dans les instituts universitaires de technologie (CNRIUT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de la Méditerranée, 1999, Aix-en-Provence, France. pp.251-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prestataires logistiques, des concurrents “impensables” ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mattiuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Rencontres Internationales de la Recherche en Logistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04915464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instabilité de l’univers stratégique et dynamique des canaux de distribution : le cas des produits industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès mondial de l’International Federation of Scholarly Association of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFSAM, 1996, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte juridique et stratégies relationnelles : le cas des systèmes de distribution de produits industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ve Conférence Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS, May 1996, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’urgence d’une actualisation critique, au risque de l’effondrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés : « Quelle logistique voulons-nous pour demain ? », Question(s) de management, n° 55(3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.207-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un îlot paradoxal de résistance face à la managérialisation du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés : « À l’heure des start-up et des GAFAM, quels enseignements peut-on tirer des PME et ETI familiales ? » Question(s) de management, 54(2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.158-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel avenir pour les cercles mixtes de la gendarmerie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loliaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, https://www.gendarmerie.interieur.gouv.fr/crgn/publications/les-notes-du-creogn/quel-avenir-pour-les-cercles-mixtes-de-la-gendarmerie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business de Sécurité : du besoin à la fièvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la sécurité crée l’insécurité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transport routier de marchandises en Europe : enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mattiuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eurostaf. 2000, volume A (70 p), volume B (412 p)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principaux réseaux européens de messagerie implantés en Europe : activités, stratégies et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eurosiris-Translog. 1999, 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des canaux de distribution et contexte juridique : stratégies d’acteurs et conventions d’actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université Paris XII – Val de Marne, 1997. Français. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04915295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId167"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4C620359"/>
+    <w:nsid w:val="AA621305"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="57A14269"/>
+    <w:nsid w:val="0672BCF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -488,51 +488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joan-le-goff" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-3402-6460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05515168X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281717v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de March" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine No&#235;l Lemaitre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Reinhold" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-ems.fr/boutique/lentreprise-apres-metoo/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570576v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Edey Gamassou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fleurentdidier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Palau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/une-securite-publique-efficace-et-responsable/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808136v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Bensebaa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/un-soupcon-de-competition-dans-la-securite/77695" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971818v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/monde-merveilleux-doux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124250v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-miroir_mon_beau_miroir_le_marche_de_la_beaute_sans_fard_faouzi_bensebaa_joan_le_goff-9782140344015-77091.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669802v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jamin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_musique_change_de_disque_et_ca_fait_shazam_vinyle_stream_pop_buzz_joan_le_goff_alban_jamin-9782140267871-73472.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524920v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Onnee" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00992189v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913730v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271632v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mourgues" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Allard-Poesi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Amine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Charreire-Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Autissier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gl&#233;rant-Glikson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres/themes/marketing-vente-distribution/ouvrage/69-service-gagnant-comprendre-l-essor-des-chaines.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913756v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jale Minibas-Poussard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banu Karsak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935714v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/management-en-series-saison-1/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281736v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931023v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/deleuze-face-a-la-norme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173954v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171332v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930891v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757985v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936763v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953592v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962154v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984357v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695557v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277345v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Camman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fernandez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Senkel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060160v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911742v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/science-et-technologie-regards-croises-1/66337?srsltid=AfmBOopbcJSxgZWVygq7LMbekd70tJLr1dbrXZ7u2B629KQoqwfZhFJD" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470792v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455882v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gaillard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868739v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040062v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868725v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885119v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422901v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578332v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2024.2336918" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624863v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578338v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore K&#225;poszt&#225;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2024.2321146" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836262v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pereira" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34699/rido.2024.45" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428107v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2021.1999185" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677967v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Ch&#234;ne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01741317v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Giordano" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Malherbe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918590v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758007v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254713v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2012.11516993" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918589v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970951v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253643v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mattiuzzo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476109v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087297v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975044v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072033v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645828v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618016v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Livolsi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961372v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073661v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124271v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694724v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668707v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513935v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meigel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728263v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922773v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418123v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418121v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418133v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938009v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911740v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094385v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590018v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578345v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920343v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052944v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052955v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103883v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869106v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357426v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Bennis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929847v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02185389v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915368v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915346v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01741320v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920361v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915736v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936891v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918149v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915392v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915800v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915794v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031810v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915464v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033357v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253871v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148384v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078676v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668705v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loliaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072037v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072035v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918137v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918141v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04915295v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joan-le-goff" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-3402-6460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05515168X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281717v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de March" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine No&#235;l Lemaitre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Reinhold" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-ems.fr/boutique/lentreprise-apres-metoo/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570576v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Edey Gamassou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fleurentdidier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Palau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/une-securite-publique-efficace-et-responsable/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808136v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Bensebaa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/un-soupcon-de-competition-dans-la-securite/77695" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971818v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/monde-merveilleux-doux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124250v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-miroir_mon_beau_miroir_le_marche_de_la_beaute_sans_fard_faouzi_bensebaa_joan_le_goff-9782140344015-77091.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669802v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jamin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_musique_change_de_disque_et_ca_fait_shazam_vinyle_stream_pop_buzz_joan_le_goff_alban_jamin-9782140267871-73472.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524920v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Onnee" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00992189v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913730v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271632v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mourgues" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Allard-Poesi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Amine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Charreire-Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Autissier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gl&#233;rant-Glikson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres/themes/marketing-vente-distribution/ouvrage/69-service-gagnant-comprendre-l-essor-des-chaines.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913756v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jale Minibas-Poussard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banu Karsak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935714v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/management-en-series-saison-1/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281736v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931023v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/deleuze-face-a-la-norme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173954v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171332v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930891v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757985v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936763v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953592v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962154v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984357v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695557v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277345v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Camman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fernandez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Senkel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060160v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911742v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/science-et-technologie-regards-croises-1/66337?srsltid=AfmBOopbcJSxgZWVygq7LMbekd70tJLr1dbrXZ7u2B629KQoqwfZhFJD" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470792v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455882v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gaillard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868739v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040062v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885119v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868725v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422901v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578332v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2024.2336918" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624863v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578338v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore K&#225;poszt&#225;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2024.2321146" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836262v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pereira" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34699/rido.2024.45" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428107v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2021.1999185" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677967v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Ch&#234;ne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01741317v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Giordano" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Malherbe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918590v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758007v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254713v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2012.11516993" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918589v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970951v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253643v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mattiuzzo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476109v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087297v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975044v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072033v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645828v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618016v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Livolsi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961372v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073661v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124271v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694724v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668707v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513935v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meigel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728263v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922773v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418123v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418121v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418133v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938009v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911740v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094385v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590018v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578345v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920343v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052955v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052944v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103883v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869106v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357426v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Bennis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929847v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02185389v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915368v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915346v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01741320v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920361v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915736v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936891v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918149v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915392v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915800v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915794v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031810v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915464v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033357v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253871v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148384v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078676v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668705v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loliaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072037v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072035v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918137v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918141v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04915295v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>