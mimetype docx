--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -81,51 +81,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -417,3788 +417,3788 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05453222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités en prison : « Si la réinsertion passe en priorité par le travail, la formation ou le logement, elle ne doit pas s’y réduire</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">Le Monde</w:t>
+                <w:t xml:space="preserve">Recours relatif aux conditions de détention : reformatio in pejus possible en appel – Obs. Cour de cassation, crim. 8 janvier 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003503v1</w:t>
+                <w:t xml:space="preserve">hal-05003455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recours relatif aux conditions de détention : reformatio in pejus possible en appel – Obs. Cour de cassation, crim. 8 janvier 2025</w:t>
+                <w:t xml:space="preserve">Vers un déréférencement de la peine d’emprisonnement ? Des chemins de traverse à l’impasse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ponseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 69, pp.64-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exécution des peines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Péchillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22, pp.1094</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04605838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’office du JLD en matière de contrôle des conditions de détention : une brèche à investir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Justice Actualités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.47-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exécution des peines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Péchillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21, pp.1088</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04116285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de détention : l'exigence de mesures « au moins équivalentes » à celles ordonnées par le juge des référés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2023, 06, pp.300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Anne Ponseille</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04137197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atteinte à la dignité en détention et effectivité des voies de recours : une décision en nuances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.469</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04252452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Focus sur… Dignité et droit des détenus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actu Étudiant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La proportionnalité des peines dans la Charte des droits fondamentaux : étude d'un principe insaisissable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 672, pp.529</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04227505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'avis du contrôleur général sur le Centre national d'évaluation de l'administration pénitentiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 06, pp.336</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03987462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des Outre-mer : Chronique de droit pénal, procédure pénale, droit pénitentiaire, politique criminelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 69, pp.64-72</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Lavric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.905-919</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La confiance dans la durée de la peine, la quadrature du cercle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Aspects de procédure pénale et d'exécution des peines de la loi du 22 décembre 2021 pour la confiance dans l'institution judiciaire, pp.74 et suivantes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Système pénitentiaire français : s’inspirer d’expériences étrangères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vie-publique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les activités organisées en détention réduisent le risque de récidive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03779300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le code pénitentiaire : une codification à « droit inconstant »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 06, pp.295</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03707996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exécution des peines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Céré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Péchillon</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Herzog-Evans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 22, pp.1094</w:t>
+              <w:t xml:space="preserve">, 2022, 21, pp.1061</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 27, pp.47-55</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03688391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Focus sur… le procès des attentats du 13 novembre 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actu Étudiant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des précisions sur le recours de l'article 803-8 du code de procédure pénale relatif aux conditions de détention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.491</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03816149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confuses voies de recours pour la confusion de peines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.491</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouer sur les mots, se jouer des maux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.583</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03498872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de détention indignes : des pouvoirs toujours limités pour le juge administratif des référés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 04, pp.219</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03218593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annulation partielle de la circulaire du 20 mai 2020 relative à l'exécution des peines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.549</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03664791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exécution des peines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Céré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Péchillon</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Herzog-Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.1106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03254141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demande de mise en liberté en période de crise pandémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02970031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exécution des peines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Renard</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Herzog-Evans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 21, pp.1088</w:t>
+              <w:t xml:space="preserve">, 2020, 21, pp.1195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Conditions de détention : l'exigence de mesures « au moins équivalentes » à celles ordonnées par le juge des référés</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02861894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indignité des conditions de détention et office du juge judiciaire : place aux droits fondamentaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.1774</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02939122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconnaissance de l'absence de recours contre les conditions de détention contraires à la dignité humaine par le Conseil constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, pp.2056</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02972506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dignité des conditions de détention provisoire et Covid-19 : exigence d'une caractérisation personnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 06, pp.300</w:t>
+              <w:t xml:space="preserve">, 2020, 11, pp.527</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Atteinte à la dignité en détention et effectivité des voies de recours : une décision en nuances</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03014900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Guyane, personne ne vous croira »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 10, pp.469</w:t>
+              <w:t xml:space="preserve">, 2019, 02, pp.70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Référé et isolement : revirement du Conseil d'État relatif à la condition d'urgence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 09, pp.459</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 672, pp.529</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanction d'encellulement disciplinaire et recours effectif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.591</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'avis du contrôleur général sur le Centre national d'évaluation de l'administration pénitentiaire</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inconstitutionnalité des restrictions au droit de correspondance des personnes prévenues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10, pp.469</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impossible réhabilitation de l'interdit définitif du territoire français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 04, pp.210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cumul des sanctions disciplinaires pénitentiaires et pénales pour les mêmes faits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 03, pp.145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refus de mise en liberté pour raison de santé : l'exigence d'une motivation adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 02, pp.91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refus d'autorisation d'accès à internet en détention et violation du droit à recevoir des informations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 03, pp.146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délai obligatoire de six mois entre deux demandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12, pp.558</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit disciplinaire pénitentiaire : une approche européenne. Analyse des systèmes anglo-gallois, espagnol et français à la lumière du droit européen des droits de l'homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 04, pp.990</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02245336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitutionnalité de l'absence de cadre légal pour le travail pénitentiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 02, pp.98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de détention et frais d'expertise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 05, pp.280</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clairs-obscurs d'une uvre jurisprudentielle pointilliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02225151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit au recours effectif des personnes détenues : agir avant que la messe ne soit dite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 03, pp.163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traitement inhumain ou dégradant : présomption en cas de surpopulation pénitentiaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 06, pp.336</w:t>
+              <w:t xml:space="preserve">, 2015, 15, pp.866</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retrait de crédit de réduction de peine et garanties du procès équitable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24, pp.1374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02220504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards comparés sur le droit au recours effectif en matière pénitentiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 07 et 08, pp.358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le code pénitentiaire : une codification à « droit inconstant »</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02225127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté d'information : restriction de l'accès de détenus à des publications de presse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.266</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retrait de crédits de réduction de peine et procès équitable : L'art de l'esquive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 06, pp.295</w:t>
+              <w:t xml:space="preserve">, 2015, 09, pp.444</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Martine Herzog-Evans</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atteinte à la vie privée : fouilles sur détenus et sanctions en cas de refus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 21, pp.1061</w:t>
+              <w:t xml:space="preserve">, 2015, 35, pp.2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...95 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 4, pp.905-919</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garde à vue : condamnation de la France pour traitement inhumain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36, pp.2050</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Aspects de procédure pénale et d'exécution des peines de la loi du 22 décembre 2021 pour la confiance dans l'institution judiciaire, pp.74 et suivantes</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Légalité des peines : condamnation de l'Espagne (et de la « doctrine Parot »)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 42, pp.2775</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...2280 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...114 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02216609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premiers regards sur la réforme des infractions sexuelles par la loi du 6 novembre 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences Études en 360º - Le phénomène des infractions à caractère sexuel : La détermination des éléments constitutifs de l'infraction de viol : des évolutions en question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Dec 2025, En visioconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of sexual offences in French criminal law: the example of rape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
@@ -4232,1295 +4232,1295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05453251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers regards sur la réforme des infractions sexuelles par la loi du 6 novembre 2025</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Dec 2025, En visioconférence, France</w:t>
+                <w:t xml:space="preserve">(Re)définition de la catégorie des infractions sexuelles en droit pénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classe de maître</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre international de criminologie comparée, Univ. de Montréal et centre de Recherches Appliquées et Interdisciplinaires sur les Violences intimes, familiales et structurelles (RAIV), Mar 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05453238v1</w:t>
+                <w:t xml:space="preserve">hal-05003495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Re)définition de la catégorie des infractions sexuelles en droit pénal</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, Centre international de criminologie comparée, Univ. de Montréal et centre de Recherches Appliquées et Interdisciplinaires sur les Violences intimes, familiales et structurelles (RAIV), Mar 2025, Montréal, France</w:t>
+                <w:t xml:space="preserve">Propos introductifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Regards croisés sur un droit en mouvement : les infractions sexuelles en droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, J. Falxa (dir), Oct 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003495v1</w:t>
+                <w:t xml:space="preserve">hal-05453260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le procès pénal face aux infractions sexuelles : enjeux d’adaptation du cadre procédural français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Regards croisés sur un droit en mouvement : les infractions sexuelles en droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, J. Falxa (dir), Oct 2025, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariage et consentement : « Devoir conjugal » ou simplement « viol entre époux » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence IFTJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sexual offences in French criminal law in the light of the Mazan trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webinaire international "A European perspective on sexual offenses"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Fédératif de recherches sur les Transitions Juridiques, Nov 2024, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refusing care in the delivery room</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Right to Health, Substandard and Disrespectful Care and Gynecological and Obstetric Violence: a Multidisciplinary Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Turin, Oct 2024, Turin, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04841369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le refus de soin en obstétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès INFOGYN 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Infogyn, Oct 2024, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Propos introductifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Regards croisés sur un droit en mouvement : les infractions sexuelles en droit pénal comparé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, J. Falxa (dir), Oct 2025, Pau, France</w:t>
+              <w:t xml:space="preserve">Colloque « Anatomie des incriminations sexuelles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UPPA-IFTJ, Oct 2024, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, J. Falxa (dir), Oct 2025, Pau, France</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04841379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à la dignité du patient détenu, à la croisée des chemins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Les relations Hôpital/Prison"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Jan 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Pau, France</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Body searches in French prisons: dignity and security on a roller coaster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurocrim (Congrès de l’Association européenne de criminologie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut Fédératif de recherches sur les Transitions Juridiques, Nov 2024, Pau, France</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle place pour les droits des personnes détenues dans le code pénitentiaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’entrée en vigueur du Code pénitentiaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Turin, Oct 2024, Turin, France</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interacciones entre la jurisprudencia del Tribunal Europeo de Derechos Humanos y la materia penal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop internacional de temas actuales de derecho penal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Salamanque, Mar 2022, Salamanque, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Infogyn, Oct 2024, PAU, France</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03657467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Body searches in French prisons: dignity and security on a roller coaster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop international Body searches and imprisonment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Louvain, Apr 2022, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, UPPA-IFTJ, Oct 2024, Pau, France</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dignité des détenus dans la politique pénitentiaire mise en oeuvre en Guyane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La dignité des détenus dans les prisons des Outre-mer à la lumière de l’expérience polynésienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de la Polynésie Française, Apr 2022, Faaa, Polynésie française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine, Jan 2023, Nancy, France</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03657441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table ronde de droit comparé : réflexions sur l’intérêt de la codification en matière pénitentiaire au regard des expériences étrangères (Pour l'Espagne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’entrée en vigueur du Code pénitentiaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Florence (ITA), Italy</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vie privée des personnes détenues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Le volet répressif de la loi pour la confiance dans l’institution judiciaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d’études scientifiques de Cargèse, Université de Corse, Mar 2022, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, TOULON, France</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveau droit disciplinaire pénitentiaire ou droit disciplinaire antique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès des jeunes pénalistes de l’AFDP, Dix ans d’application de la loi pénitentiaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Jul 2021, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Salamanque, Mar 2022, Salamanque, España</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les manifestations de la corruption : le cas de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème congrès du CIPF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité International des Pénalistes Francophones, Sep 2017, Rio de Janeiro, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...296 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-03640516v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04008119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le choix de la peine</w:t>
               </w:r>
@@ -5607,115 +5607,72 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le procès pénal à l'épreuve de la pandémie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Frambéry-Iacobone</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clémence Faugere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de l'OPPEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
@@ -5750,870 +5707,1006 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle de l'assesseur citoyen devant la commission de discipline en prison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Giacopelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Cistac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Giacopelli</w:t>
+                <w:t xml:space="preserve">Margaux Dominati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2024, Bibliothèques de droit, 978-2-336-48115-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coopération judiciaire internationale en matière pénale : France, Brésil, Suriname</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2021, Bibliothèques de droit, 978-2-343-21894-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03657452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recueil de textes de droit pénitentiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yan Carpentier</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole Nationale d'Administration Pénitentiaire (ENAP), 2021, 978-2-11-162530-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit disciplinaire pénitentiaire : Une approche européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Céré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Zúñiga Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mare &amp; martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.855, 2016, Bibliothèque des thèses. Droit privé et sciences criminelles, 978-2-84934-235-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...262 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au nom du père</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 films à voir (ou à revoir) lorsque l'on est juriste, sous la direction de Mathieu Perrin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare et Martin, 2025, Droit &amp; cinéma, 978-2-38600-066-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dignité des détenus dans la politique pénitentiaire mise en œuvre en Guyane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Gindre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La dignité des personnes détenues dans les prisons des Outre-mer : A la lumière de l'expérience polynésienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2023, Bibliothèques de droit, 978-2-14-034467-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Body searches in French Prisons: dignity and Security on a roller coaster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tom Deams. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Body searches and Imprisonment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing; Palgrave Macmillan, pp.153-175, 2023, Palgrave Studies in Prisons and Penology, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...32 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-20451-7_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Macmillan, pp.153-175, 2023</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Administration pénitentiaire ; Établissements pénitentiaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire juridique des Outre-mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexis Nexis, pp.10-14, 2021, 2711035506</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...118 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03657464v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04008119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détention ultra-sécurisée : les enjeux de la loi du 13 juin 2025 pour la détention des membres du crime organisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Traduction (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveillance électronique en Angleterre et au Pays de Galles : l’heure d’une réévaluation ?&amp;quot; in J.-P. CÉRÉ, J. M. RASCAGNÈRES et E.VERGÈS (Dir.), Droit pénal et nouvelles technologies (Actes du Congrès du Comité International des Pénalistes Francophones), Ed. L’Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Falxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détention ultra-sécurisée : les enjeux de la loi du 13 juin 2025 pour la détention des membres du crime organisé</w:t>
+                <w:t xml:space="preserve">Activités en prison : « Si la réinsertion passe en priorité par le travail, la formation ou le logement, elle ne doit pas s’y réduire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Falxa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05453273v1</w:t>
+                <w:t xml:space="preserve">hal-05003503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6631,103 +6724,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de l’assesseur citoyen devant la commission de discipline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Giacopelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Cistac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Dominati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20.20, IERDJ - Institut des Études et de la Recherche sur le Droit et la Justice. 2024, pp.300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7104,51 +7197,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05406822v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Falxa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453224v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul C&#233;r&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric P&#233;chillon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04912380v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453222v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003503v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003455v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980876v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ponseille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04605838v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric P&#233;chillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963290v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04116285v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Renard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137197v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252452v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963373v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04227505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987462v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03774909v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03779300v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03707996v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03688391v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Herzog-Evans" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963319v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gindre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lavric" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03640472v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03774897v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03816149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498872v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218593v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03664791v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407148v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03254141v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970031v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02861894v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939122v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02972506v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03014900v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451332v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451421v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226484v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226472v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226438v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226344v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226348v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226402v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245336v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226260v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226291v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225151v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220504v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225127v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226176v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216637v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216633v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226223v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216644v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216630v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216609v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453251v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453238v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003495v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453260v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453256v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003490v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Bonnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04870885v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04841369v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04720802v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04841379v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963364v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04229671v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03833220v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657467v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03652906v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657441v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03833235v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03640524v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03640516v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03160874v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454558v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Framb&#233;ry-Iacobone" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Faugere" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Thierry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Br&#233;gi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04794475v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Giacopelli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Carpentier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Cistac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Dominati" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657452v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03652848v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071538v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Z&#250;&#241;iga Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/le-droit-disciplinaire-penitentiaire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003466v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04229605v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04202647v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657464v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04008119v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453273v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03658540v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04771577v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PAUU2009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05406822v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Falxa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453224v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul C&#233;r&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric P&#233;chillon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04912380v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453222v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003455v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980876v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ponseille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04605838v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric P&#233;chillon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963290v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04116285v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Renard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137197v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252452v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963373v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04227505v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963319v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gindre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lavric" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vauthier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03640472v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03774909v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03779300v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03707996v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03688391v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Herzog-Evans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03774897v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03816149v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498872v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218593v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03664791v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03254141v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970031v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02861894v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939122v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02972506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03014900v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451332v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451421v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226484v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226472v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226438v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226349v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226344v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226348v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226402v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245336v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226260v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226291v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225151v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226176v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216637v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220504v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225127v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216633v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226223v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216644v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216630v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216609v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453238v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453251v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003495v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453260v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453256v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003490v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Bonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04870885v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04841369v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04720802v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04841379v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03963364v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04229671v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03833220v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657467v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03652906v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657441v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03833235v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03640524v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03640516v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04008119v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03160874v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454558v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Faugere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04794475v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Giacopelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Carpentier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Cistac" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Dominati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657452v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03652848v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071538v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Z&#250;&#241;iga Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/le-droit-disciplinaire-penitentiaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003466v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04202647v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04229605v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20451-7_8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/DW4-18LT51GR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03657464v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05453273v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551541v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003503v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03658540v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04771577v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PAUU2009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>