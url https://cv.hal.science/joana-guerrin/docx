--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:92.447916666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> JOANA GUERRIN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche en science politique à INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">joana-guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4065-2295</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">185345603</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une inondation négociée ? Politisation d'un risque naturel sur le Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université de Montpellier 1, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01261450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based solutions for water management: Pluridisciplinary state-of-the-art and research needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Bertrand-Krajewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Hérivaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 225, pp.107887. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2025.107887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés entre sciences sociales et géosciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Versini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions. Les nouvelles Annales des Ponts et Chaussées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 5, pp.125-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions fondées sur la nature et risques liés à l’eau : quels apports des Sciences humaines et sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commoning water and integrating nonhuman entities into water governance in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yixin Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Besenval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-025-02286-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Solutions fondées sur la Nature (SfN) pour la gestion des risques liés à l’eau : quelle institutionnalisation du concept en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/27678490.2024.2341030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que font les solutions fondées sur la nature aux politiques de gestion des risques liés à l’eau ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (2), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.22788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité comme solution au changement climatique ? Énoncés et coalitions autour des solutions fondées sur la nature au congrès mondial de l’UICN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 14 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modalités et enjeux de l’appropriation par les Agences de l’eau du concept de solutions fondées sur la nature appliqué à la gestion de l’eau : le cas de l’Agence de l’eau Rhône-Méditerranée-Corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que sont les solutions fondées sur la nature pour la gestion du risque inondation ? Appropriations d’un concept international en France et aux États-unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (10), pp.97-119. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36904/tsm/202310097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aléas de la pratique : le Plan Rhône à l’épreuve des riskscapes d’inondation du Rhône-aval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 96 (1), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.19203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03718313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rhône, ce fleuve que la France et la Suisse ont largement dompté… à tort ou à raison ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From asset to threat: trajectory of sediment on the Rhône River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, The Social Life of Sediment, 13 (1), pp.75-94. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12685-021-00276-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histories of Urban Deltascapes: A Comparison of Arles and Kolkata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenia Mukherjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Véron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (3), pp.505-534. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3197/ge.2021.140304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03507135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récits d'action publique et opérations de traductions : la restauration écologique du fleuve Rhône (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique et Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39 (2), pp.49-79. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1070039ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching the Institutional Resource Regime framework with the politics of scale approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Nahrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 102, pp.18-25. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2019.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water Supply Basins of São Paulo Metropolitan Region: Hydro-Climatic Characteristics of the 2013–2015 Water Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Milano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Reynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziele Muniz-Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (11), pp.1517. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w10111517⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : que fait le New Public Management aux politiques environnementales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Mayaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Thema : Politiques Environnementales et New Public Management, 1 (48), pp.7-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que fait le New Public Management aux politiques environnementales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Mayaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (1), pp.7-25. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psud.048.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A floodplain restoration project on the River Rhône (France): analyzing challenges to its implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (3), pp.559-568. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-014-0650-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01286058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional fit versus politics of scale in the governance of floodplain retention capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bouleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 519 (C), pp.2405-2414. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.08.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remparts ou menaces ? Trajectoires politiques de l'endiguement en France, aux Pays Bas et aux Etats Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bouleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de politique comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (1), pp.89-109. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ripc.211.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01086021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are South Indian farmers adaptable to global change? A case in an Andhra Pradesh catchment basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Aulong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chaudhuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Farnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Galab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (3), pp.423-436. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-011-0258-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is Water? The History of a Modern Abstraction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (2), pp.235-255. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2012020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making sense of ecological restoration experiments in alpine protected areas: The Case of Man-Made Slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taïna Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Arpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Evette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les SfN en ville : des services fournis par la nature aux solutions fondées sur la nature?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kaufmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences Regards Croisés sur le vivant en société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Sud, Dec 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner l’eau en ville à l’ère des Solutions fondées sur la Nature, Du concept à sa mise en œuvre sur l’Eurométropole de Strasbourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Heitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques sur Service National d’Observation (SNO) Observil (CNRS INSU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Jun 2025, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local or certified? Plant phenotypic variability and plasticity for mountain ecosystems restoration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taina Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Arpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Evette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions: (Re)framing Nature as a Solution to the Problems of Climate Change and Biodiversity Loss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Association of Geographers Conference (AAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Guerrin Joana; Boisvert Valérie, Mar 2025, Detroit (Michigan), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les SfN perçues par les acteurs des territoires. Apports de la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Alliance nature @ adaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet LIFE Artisan, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudier les politiques de gestion des inondations sur le Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CPIE Rhône Pays d'Arles, Oct 2024, Arles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des innovations conceptuelles pour quels changements d’action publique ? L’intégration des « Solutions fondées sur la nature » dans les politiques européennes de recherche et d’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions, a conceptual innovation to achieve Biodiversity policy integration in EU Research policies ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association on Public Policy, Jul 2024, Chang-Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are Nature-based Solutions for Flood Governance in France and the US?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The economy of biodiversity conservation promises: Science, politics, imagination, and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, Sep 2024, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Nature-based Solutions Design and Implementation in France and in the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Public Policy Association (IPPA), Jun 2023, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are Nature-based Solutions doing to Flood Governance in France and the US? An attempt to analyze the rise and institutionalization of a concept through multilevel governance analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Environmental Policy and Behavior (CEPB), UC Davis, May 2023, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of Nature-based Solutions for Flood Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Heitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 AAG Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Association of Geographers, Mar 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Nature for Flood Risk Management - Learning from conflicts to improve public engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">College of Environmental Design Colloquim Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, College of Environmental Design, UC Berkeley, Feb 2023, Berkeley, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner l’eau en ville à l’ère des Solutions fondées sur la Nature. L'exemple de l'Eurométropole de Strasbourg.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Heitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’eau dans la ville : aménités et fragilités des zones humides urbaines du Nord et des Suds face au changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions (NBS) and adaptive governance of water-related risks: hydraulic remedy and/or social threat to the systemic vulnerability of the Camargue delta ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUGEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association of European Geographical Societies, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using nature to prevent water-related risks? Nature-based Solutions in France and the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate change and the emergence of new socio-environmental risks: a social policy perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SciencesPo; Centre de Sociologie des Organisations (CSO), Aug 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions and theRelations between Agriculture, Biodiversity Conservation and Flood Risk Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resource-use and specialization in rural change in Europe and the Americas. Politics, reform versus revolution?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hemispheric Institute of the Americas, UC Davis, May 2023, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are Nature-based Solutions for Flood Governance in France and in the US?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of European Studies, UC Berkeley; Center of Excellence in Fench and Francophone Studies, UC Berleley, Apr 2023, Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions to reduce flood risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Floodplain Management from Appalachia to the Atlantic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASFPM (Association of State Floodplain Managers), May 2023, Raleigh (North Carolina), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tensions institutionalizing the concept of Nature-based Solutions in France and the US: a comparative perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Nature-based Solution we want: shifting perspectives on rural and peri-urban Nature-based Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GovERN, International Network; Réseau de Recherche Impulsion Tackling Global Change for people and environment; Université de Bordeaux; INRAE, Oct 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions fondées sur la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, BRGM, INRAE, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-Based-Solutions (NBS) and adaptative governance of water-related risks: hydraulic remedy and/or social threat to the systemic vulnerability of the Camargue delta ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUGEO International Geography Conference, Barcelona (Spain)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUGEO, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04271721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEMAPI et Solutions Fondées sur la Nature : un effet d’entrainement ? Analyse en Camargue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scientifique OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Graie, OHM, CNRS, Dec 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des « Solutions fondées sur la nature » pour une politique européenne transversale en matière de biodiversité ? Déterminants sectoriels de la construction d’une politique européenne de la biodiversité entre recherche et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité des études européennes. Acteur·rices, pratiques et représentations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAGE, Nov 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Nature as a Solution to Manage Flood Risk. Comparing France & the United States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visiting Scholar Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of European Studies, UC Berkeley, Mar 2023, Berkeley, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment le changement climatique est-il en train de transformer la France ? Quels impacts sur la politique de l’eau ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département de Français, UC Berkeley; Center of Excellence in Fench and Francophone Studies, UC Berleley, Apr 2023, Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEMAPI et Solutions fondées sur la nature. Un effet d’entrainement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ghiotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Dec 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEMAPI et Solutions Fondées sur la Nature Un effet d’entrainement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ghiotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRAIE; Labex DRIIHM; CNRS, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The untraceable delta. When flood control in the Camargue delta leads the researcher to identify cross-level and cross-sectoral misalignments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">K2A Digital Panel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIL; HETS - FR; Swissnex; SwissUniversities, Apr 2022, Online, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les solutions fondées sur la nature pour les risques liés à l'eau : de la théorie à la pratique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aménagements et Biodiversité des cours d'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHF, Nov 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions to Reduce Flood Risk: Perspectives from France and the United States , « », 4-8 juillet 2022 (Lyon, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zone Atelier Bassin du Rhône, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From riskscapes of flooding and marine submersion in the Rhone delta to climate change adaptation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate change&amp;water2022, network, ours (France).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MiDi network (Environments &amp; Diversity), May 2022, Tours (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparée de l’approche des solutions fondées sur la nature entre France et États-Unis. Le cas de la zone d’expansion de crues de l’Ile St Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'échanges. À la recherche des zones d'expansion de crues. Méthodes, usages et fonctionnalités des milieux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération des Conservatoires d’espaces naturels (FCEN); Etablissement public Loire, Sep 2022, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based solutions as the product of climate & biodiversity policy integration? A comparison between France & the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshops on Public Policy, Panel W05 - Climate Policy Integration at stake</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Public Policy Association (IPPA), Jun 2022, Budapest (Hungary), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The scalar gaps of Nature-based Solutions. From international arenas to local implementation in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du Centenaire de l'Union Géographique Internationale (UGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Union Géographique Internationale (UGI), Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Solutions Fondées sur la Nature et la gouvernance adaptative des risques d’érosion et de submersion marine : remède ou menace face à la vulnérabilité systémique du territoire camarguais ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI - IGU Paris 2022 - Le temps des géographes - Le Congrès du centennaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UGI - IGU, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04271765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based solutions from theory to practice : comparing France & the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Mondial de l'Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Water Council, Mar 2022, Dakar, Senegal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imprévu dans le gouvernement des inondations du Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">[DEDI] Des eaux et des imprévus. Perspectives croisées sur les gouvernements des eaux douces.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Toulouse; LEREPS Toulouse; Sciences Po Toulouse, Jan 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Asset to threat: Trajectory of sediment on the Rhône River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Matière du Politique. Histoires de Sciences, Techniques et Environnements.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po, May 2021, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning the turn of water-related risk policies towards nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA, Jul 2021, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions to prevent natural hazards in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Mondial de l'UICN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Union Internationale de Conservation de la Nature (UICN), Sep 2021, Marseille (FRANCE), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les solutions fondées sur la nature, nouveaux outils de gouvernement des risques liés à l’eau ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition(s) : agriculture, alimentation, environnement. Rencontres des sociologues et politistes INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03350821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gouvernance fluide. Analyse hydrosociale des paradigmes et des pratiques de gestion des inondations du Rhône et du Gange (Inde, France, Suisse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scientifique Zone Atelier Bassin du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ZABR, Oct 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les SFN pour les risques liés à l’eau. Quel éclairage des sciences sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stress climatique : la nature au secours des milieux aquatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Transition Ecologique, Oct 2020, Paris la Défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux socio-politiques autour de la mise en œuvre des SFN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’études Solutions fondées sur la nature et systèmes hybrides liés à l’eau : Caractérisation et Gestion patrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Nov 2020, en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sediments Stakes on the Rhône River(France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Social life of Sediments Balance Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, College of Environmental Design, UC Berkeley; Sciences Po Paris, May 2019, Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la crise hydrique à Sao Paulo (2013-2015): Regards croisés entre hydro-climatologie et sociologie politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziele Muniz-Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Milano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Reynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Humaines et Sociales et les Enjeux de l'Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau SHF, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing a large river: the construction of an unexpected agreement over the ecological restoration of the Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPA 2015, 10th International conference on interpretive policy analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy narratives, ecological restoration, and the government of the Rhône River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPP 2, International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milan, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement durable comme légitimation de l’action publique. Le cas des inondations du Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Québécoise de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living with floods: technological panacea and implementation failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Society for Social Studies of Science “Design and displacement – social studies of science and technology”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laisser-inonder, une politique durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatialités et modernité : lieux, milieux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic assessment of farmers' vulnerability as water users subject to global change stressors in the hard rock of Southern India. The SHIVA ANR project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Aulong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Chaudhuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LandMod 2010: International Conference on Integrative Landscape Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic assessement of farmers' vulnerability as water users subject to global change stressors in the hard rock area of southern India. The SHIVA ANR project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Aulong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chaudhuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Integrative Landscape Modelling (LANDMOD 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rhône et ses références en cas de transfert d'exposition aux inondations. Une approche politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude inter-ZA (Zone Atelier Loire-Zone Atelier Bassin du Rhône)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Blois</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId161"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:92.447916666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> JOANA GUERRIN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche en science politique à INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">joana-guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4065-2295</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">185345603</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une inondation négociée ? Politisation d'un risque naturel sur le Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université de Montpellier 1, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01261450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based solutions for water management: Pluridisciplinary state-of-the-art and research needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Bertrand-Krajewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Hérivaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 225, pp.107887. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2025.107887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés entre sciences sociales et géosciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Versini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions. Les nouvelles Annales des Ponts et Chaussées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 5, pp.125-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions fondées sur la nature et risques liés à l’eau : quels apports des Sciences humaines et sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commoning water and integrating nonhuman entities into water governance in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yixin Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Besenval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-025-02286-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Solutions fondées sur la Nature (SfN) pour la gestion des risques liés à l’eau : quelle institutionnalisation du concept en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/27678490.2024.2341030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que font les solutions fondées sur la nature aux politiques de gestion des risques liés à l’eau ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (2), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.22788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modalités et enjeux de l’appropriation par les Agences de l’eau du concept de solutions fondées sur la nature appliqué à la gestion de l’eau : le cas de l’Agence de l’eau Rhône-Méditerranée-Corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité comme solution au changement climatique ? Énoncés et coalitions autour des solutions fondées sur la nature au congrès mondial de l’UICN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 14 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que sont les solutions fondées sur la nature pour la gestion du risque inondation ? Appropriations d’un concept international en France et aux États-unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (10), pp.97-119. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36904/tsm/202310097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aléas de la pratique : le Plan Rhône à l’épreuve des riskscapes d’inondation du Rhône-aval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 96 (1), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.19203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03718313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rhône, ce fleuve que la France et la Suisse ont largement dompté… à tort ou à raison ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From asset to threat: trajectory of sediment on the Rhône River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, The Social Life of Sediment, 13 (1), pp.75-94. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12685-021-00276-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histories of Urban Deltascapes: A Comparison of Arles and Kolkata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenia Mukherjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Véron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (3), pp.505-534. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3197/ge.2021.140304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03507135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récits d'action publique et opérations de traductions : la restauration écologique du fleuve Rhône (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique et Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39 (2), pp.49-79. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1070039ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching the Institutional Resource Regime framework with the politics of scale approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Nahrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 102, pp.18-25. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2019.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water Supply Basins of São Paulo Metropolitan Region: Hydro-Climatic Characteristics of the 2013–2015 Water Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Milano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Reynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziele Muniz-Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (11), pp.1517. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w10111517⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : que fait le New Public Management aux politiques environnementales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Mayaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Thema : Politiques Environnementales et New Public Management, 1 (48), pp.7-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que fait le New Public Management aux politiques environnementales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Mayaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (1), pp.7-25. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psud.048.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A floodplain restoration project on the River Rhône (France): analyzing challenges to its implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (3), pp.559-568. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-014-0650-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01286058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional fit versus politics of scale in the governance of floodplain retention capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bouleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 519 (C), pp.2405-2414. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.08.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remparts ou menaces ? Trajectoires politiques de l'endiguement en France, aux Pays Bas et aux Etats Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bouleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de politique comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (1), pp.89-109. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ripc.211.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01086021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are South Indian farmers adaptable to global change? A case in an Andhra Pradesh catchment basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Aulong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chaudhuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Farnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Galab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (3), pp.423-436. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-011-0258-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is Water? The History of a Modern Abstraction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (2), pp.235-255. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2012020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les SfN en ville : des services fournis par la nature aux solutions fondées sur la nature?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kaufmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences Regards Croisés sur le vivant en société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Sud, Dec 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making sense of ecological restoration experiments in alpine protected areas: The Case of Man-Made Slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taïna Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Arpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Evette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner l’eau en ville à l’ère des Solutions fondées sur la Nature, Du concept à sa mise en œuvre sur l’Eurométropole de Strasbourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Heitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques sur Service National d’Observation (SNO) Observil (CNRS INSU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Jun 2025, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local or certified? Plant phenotypic variability and plasticity for mountain ecosystems restoration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taina Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Arpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Evette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions: (Re)framing Nature as a Solution to the Problems of Climate Change and Biodiversity Loss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Association of Geographers Conference (AAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Guerrin Joana; Boisvert Valérie, Mar 2025, Detroit (Michigan), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les SfN perçues par les acteurs des territoires. Apports de la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Alliance nature @ adaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet LIFE Artisan, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudier les politiques de gestion des inondations sur le Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CPIE Rhône Pays d'Arles, Oct 2024, Arles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des innovations conceptuelles pour quels changements d’action publique ? L’intégration des « Solutions fondées sur la nature » dans les politiques européennes de recherche et d’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions, a conceptual innovation to achieve Biodiversity policy integration in EU Research policies ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association on Public Policy, Jul 2024, Chang-Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are Nature-based Solutions for Flood Governance in France and the US?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The economy of biodiversity conservation promises: Science, politics, imagination, and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, Sep 2024, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of Nature-based Solutions for Flood Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Heitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 AAG Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Association of Geographers, Mar 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Nature-based Solutions Design and Implementation in France and in the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Public Policy Association (IPPA), Jun 2023, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are Nature-based Solutions doing to Flood Governance in France and the US? An attempt to analyze the rise and institutionalization of a concept through multilevel governance analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Environmental Policy and Behavior (CEPB), UC Davis, May 2023, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions and theRelations between Agriculture, Biodiversity Conservation and Flood Risk Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resource-use and specialization in rural change in Europe and the Americas. Politics, reform versus revolution?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hemispheric Institute of the Americas, UC Davis, May 2023, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Nature for Flood Risk Management - Learning from conflicts to improve public engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">College of Environmental Design Colloquim Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, College of Environmental Design, UC Berkeley, Feb 2023, Berkeley, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner l’eau en ville à l’ère des Solutions fondées sur la Nature. L'exemple de l'Eurométropole de Strasbourg.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Heitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’eau dans la ville : aménités et fragilités des zones humides urbaines du Nord et des Suds face au changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions (NBS) and adaptive governance of water-related risks: hydraulic remedy and/or social threat to the systemic vulnerability of the Camargue delta ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUGEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association of European Geographical Societies, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using nature to prevent water-related risks? Nature-based Solutions in France and the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate change and the emergence of new socio-environmental risks: a social policy perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SciencesPo; Centre de Sociologie des Organisations (CSO), Aug 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are Nature-based Solutions for Flood Governance in France and in the US?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of European Studies, UC Berkeley; Center of Excellence in Fench and Francophone Studies, UC Berleley, Apr 2023, Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions to reduce flood risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Floodplain Management from Appalachia to the Atlantic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASFPM (Association of State Floodplain Managers), May 2023, Raleigh (North Carolina), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tensions institutionalizing the concept of Nature-based Solutions in France and the US: a comparative perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Nature-based Solution we want: shifting perspectives on rural and peri-urban Nature-based Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GovERN, International Network; Réseau de Recherche Impulsion Tackling Global Change for people and environment; Université de Bordeaux; INRAE, Oct 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions fondées sur la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, BRGM, INRAE, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-Based-Solutions (NBS) and adaptative governance of water-related risks: hydraulic remedy and/or social threat to the systemic vulnerability of the Camargue delta ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUGEO International Geography Conference, Barcelona (Spain)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUGEO, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04271721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEMAPI et Solutions Fondées sur la Nature : un effet d’entrainement ? Analyse en Camargue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scientifique OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Graie, OHM, CNRS, Dec 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des « Solutions fondées sur la nature » pour une politique européenne transversale en matière de biodiversité ? Déterminants sectoriels de la construction d’une politique européenne de la biodiversité entre recherche et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité des études européennes. Acteur·rices, pratiques et représentations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAGE, Nov 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Nature as a Solution to Manage Flood Risk. Comparing France & the United States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visiting Scholar Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of European Studies, UC Berkeley, Mar 2023, Berkeley, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment le changement climatique est-il en train de transformer la France ? Quels impacts sur la politique de l’eau ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département de Français, UC Berkeley; Center of Excellence in Fench and Francophone Studies, UC Berleley, Apr 2023, Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEMAPI et Solutions fondées sur la nature. Un effet d’entrainement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ghiotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Dec 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The untraceable delta. When flood control in the Camargue delta leads the researcher to identify cross-level and cross-sectoral misalignments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">K2A Digital Panel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIL; HETS - FR; Swissnex; SwissUniversities, Apr 2022, Online, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les solutions fondées sur la nature pour les risques liés à l'eau : de la théorie à la pratique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aménagements et Biodiversité des cours d'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHF, Nov 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEMAPI et Solutions Fondées sur la Nature Un effet d’entrainement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ghiotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRAIE; Labex DRIIHM; CNRS, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions to Reduce Flood Risk: Perspectives from France and the United States , « », 4-8 juillet 2022 (Lyon, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zone Atelier Bassin du Rhône, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From riskscapes of flooding and marine submersion in the Rhone delta to climate change adaptation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate change&amp;water2022, network, ours (France).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MiDi network (Environments &amp; Diversity), May 2022, Tours (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparée de l’approche des solutions fondées sur la nature entre France et États-Unis. Le cas de la zone d’expansion de crues de l’Ile St Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'échanges. À la recherche des zones d'expansion de crues. Méthodes, usages et fonctionnalités des milieux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération des Conservatoires d’espaces naturels (FCEN); Etablissement public Loire, Sep 2022, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based solutions as the product of climate & biodiversity policy integration? A comparison between France & the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshops on Public Policy, Panel W05 - Climate Policy Integration at stake</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Public Policy Association (IPPA), Jun 2022, Budapest (Hungary), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based solutions from theory to practice : comparing France & the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Mondial de l'Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Water Council, Mar 2022, Dakar, Senegal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The scalar gaps of Nature-based Solutions. From international arenas to local implementation in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Drapier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du Centenaire de l'Union Géographique Internationale (UGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Union Géographique Internationale (UGI), Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Solutions Fondées sur la Nature et la gouvernance adaptative des risques d’érosion et de submersion marine : remède ou menace face à la vulnérabilité systémique du territoire camarguais ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI - IGU Paris 2022 - Le temps des géographes - Le Congrès du centennaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UGI - IGU, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04271765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imprévu dans le gouvernement des inondations du Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">[DEDI] Des eaux et des imprévus. Perspectives croisées sur les gouvernements des eaux douces.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Toulouse; LEREPS Toulouse; Sciences Po Toulouse, Jan 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Asset to threat: Trajectory of sediment on the Rhône River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Matière du Politique. Histoires de Sciences, Techniques et Environnements.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po, May 2021, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning the turn of water-related risk policies towards nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Serra-Llobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA, Jul 2021, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature-based Solutions to prevent natural hazards in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Mondial de l'UICN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Union Internationale de Conservation de la Nature (UICN), Sep 2021, Marseille (FRANCE), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les solutions fondées sur la nature, nouveaux outils de gouvernement des risques liés à l’eau ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition(s) : agriculture, alimentation, environnement. Rencontres des sociologues et politistes INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03350821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gouvernance fluide. Analyse hydrosociale des paradigmes et des pratiques de gestion des inondations du Rhône et du Gange (Inde, France, Suisse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Morera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scientifique Zone Atelier Bassin du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ZABR, Oct 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les SFN pour les risques liés à l’eau. Quel éclairage des sciences sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stress climatique : la nature au secours des milieux aquatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Transition Ecologique, Oct 2020, Paris la Défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux socio-politiques autour de la mise en œuvre des SFN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’études Solutions fondées sur la nature et systèmes hybrides liés à l’eau : Caractérisation et Gestion patrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Nov 2020, en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sediments Stakes on the Rhône River(France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Social life of Sediments Balance Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, College of Environmental Design, UC Berkeley; Sciences Po Paris, May 2019, Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la crise hydrique à Sao Paulo (2013-2015): Regards croisés entre hydro-climatologie et sociologie politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziele Muniz-Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Milano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Reynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Humaines et Sociales et les Enjeux de l'Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau SHF, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing a large river: the construction of an unexpected agreement over the ecological restoration of the Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPA 2015, 10th International conference on interpretive policy analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy narratives, ecological restoration, and the government of the Rhône River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPP 2, International Conference on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milan, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement durable comme légitimation de l’action publique. Le cas des inondations du Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Québécoise de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living with floods: technological panacea and implementation failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Society for Social Studies of Science “Design and displacement – social studies of science and technology”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laisser-inonder, une politique durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatialités et modernité : lieux, milieux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic assessement of farmers' vulnerability as water users subject to global change stressors in the hard rock area of southern India. The SHIVA ANR project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Aulong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chaudhuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Integrative Landscape Modelling (LANDMOD 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic assessment of farmers' vulnerability as water users subject to global change stressors in the hard rock of Southern India. The SHIVA ANR project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Aulong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Chaudhuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LandMod 2010: International Conference on Integrative Landscape Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rhône et ses références en cas de transfert d'exposition aux inondations. Une approche politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guerrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude inter-ZA (Zone Atelier Loire-Zone Atelier Bassin du Rhône)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Blois</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId161"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="55314724"/>
+    <w:nsid w:val="07A622D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joana-guerrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4065-2295" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185345603" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01261450v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05458449v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Rey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bertrand-Krajewski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H&#233;rivaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2025.107887" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314021v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Versini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314048v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brochet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313814v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Cao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Besenval" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-025-02286-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04615180v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drapier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pelet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2024.2341030" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298447v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Serra-Llobet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22788" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221097v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221438v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04318048v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202310097" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03718313v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19203" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221146v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Metzger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Morera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194110v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12685-021-00276-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenia Mukherjee" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; V&#233;ron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/ge.2021.140304" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928576v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070039ar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305343v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nahrath" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2019.08.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330180v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Milano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Reynard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziele Muniz-Miranda" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111517" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607578v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.048.0005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286058v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-014-0650-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.08.024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086021v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.211.0089" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00846531v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aulong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chaudhuri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Farnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galab" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-011-0258-1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QPRRWKTS-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598048v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2012020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313853v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta&#239;na Lemoine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arpin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314502v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314642v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Heitz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313839v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taina Lemoine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314903v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737580v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737343v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737590v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314590v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737410v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221675v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221574v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221610v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221370v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221836v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221798v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221681v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221655v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221587v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221847v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221772v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04271721v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737601v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737594v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221594v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221635v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879308v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227605v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227369v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221350v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04226981v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227023v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04226872v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227011v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221336v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271765v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221501v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227603v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227612v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227616v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227614v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350821v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227625v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227621v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227620v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227637v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221543v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603494v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603493v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598045v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598042v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598044v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944373v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Borne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Caballero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chaudhuri" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dazin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01368895v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Borne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caballero" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dazin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595035v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joana-guerrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4065-2295" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185345603" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01261450v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05458449v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Rey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bertrand-Krajewski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H&#233;rivaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2025.107887" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314021v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Versini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314048v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brochet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313814v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Cao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Besenval" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-025-02286-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04615180v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drapier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pelet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2024.2341030" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298447v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Serra-Llobet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22788" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221438v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221097v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04318048v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202310097" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03718313v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19203" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221146v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Metzger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Morera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194110v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12685-021-00276-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenia Mukherjee" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; V&#233;ron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/ge.2021.140304" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928576v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070039ar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305343v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nahrath" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2019.08.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330180v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Milano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Reynard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziele Muniz-Miranda" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111517" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607578v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.048.0005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286058v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-014-0650-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.08.024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086021v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.211.0089" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00846531v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aulong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chaudhuri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Farnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galab" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-011-0258-1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QPRRWKTS-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598048v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2012020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314502v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313853v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta&#239;na Lemoine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arpin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314642v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Heitz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313839v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taina Lemoine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314903v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737580v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737343v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737590v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314590v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737410v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221574v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221786v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221675v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221681v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221610v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221370v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221836v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221798v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221655v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221587v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221847v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221772v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04271721v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737601v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737594v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221594v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221635v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879308v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227369v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221350v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227605v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04226981v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227023v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04226872v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227011v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221501v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221336v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271765v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227603v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227612v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227616v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227614v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350821v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227625v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227621v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227620v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227637v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221543v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603494v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603493v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598045v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598042v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598044v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01368895v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Borne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caballero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dazin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944373v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Borne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Caballero" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chaudhuri" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dazin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595035v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>