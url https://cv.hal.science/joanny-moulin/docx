--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Joanny Moulin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For an Atlas of Intellectual Migrations in the Mediterranean of the Thirteenth Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Manzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Manzari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Literary Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (3), pp.87-106. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18848/2327-7912/CGP/v23i03/87-106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For an Atlas of Intellectual Migrations in the Mediterranean of the Thirteenth Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Manzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Manzari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Literary Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (3), pp.87-106. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18848/2327-7912/CGP/v23i03/87-106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Hospitality, or &amp;quot;The Power to Rise above one's Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pázmány Papers, Journal of Languages and Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (1), pp.31-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derrida, Foucault, Agamben, and the Thinking of the Beginning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MaLiCE, le Magazine des Littératures et des Cultures à l'ère numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Derrida 2021 - Biopolitique et déconstruction, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ways of Worldmaking&amp;quot;: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (1), pp.67-72. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2021.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ways of Worldmaking&amp;quot;: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (1), pp.67-72. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2021.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Absolute Genre&amp;quot;: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 43 (1), pp.69-75. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2020.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life as Writing in Derrida’s La vie la mort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MaLiCE, le Magazine des Littératures et des Cultures à l'ère numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Derrida 2020 : frontières, bords, limites / Borders, Edges, Limits, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biography in Contemporary France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 43 (2), pp.407-429. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2020.0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ghosts of World War II: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 42 (1), pp.49-54. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2019.0008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Political Biography in Literature and Cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography: An Interdisciplinary Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (3), pp.607-612. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2018.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02082383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflections on Biography and Its Theory: An Interview with Joanny Anne Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Life Writing Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, 6 (2), pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle Biographie, Pulp Nonfiction, and National Crisis: the year in france</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (4), pp.588-595. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2017.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darwin Bashing: Review of A.N. Wilson's_Charles Darwin, Victorian Mythmaker_</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, http://biographysociety.org/2017/11/13/darwin-bashing-review-of-a-n-wilsons-charles-darwin-victorian-mythmaker-by-joanny-moulin/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Life Writing’ n’est pas français : The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 39 (4), pp.606-614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biography in Theory: Key Texts with Commentaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Without Further Ado » : Adolphe Haberer ou la poésie en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clíona Ní Ríordáin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Grand entretien : Archéologie d’un parcours, 15 (1), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Life Writing” n’est pas français the year in france</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39 (4), pp.606-614. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2016.0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophoty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, “Based upon a Life”: The Biopic Genre in Question, 14 (2), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.8959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Name of the Author as Biographical “Neo-myth”: the case of “Byronism”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Le Temps guérit toutes les blessures : La Résistance à l'autorité de l'Histoire dans les concepts de nation et de nationalisme, 9, http://preo.u-bourgogne.fr/textesetcontextes/index.php?id=1148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01243210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria l'inoxydable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia spécial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Londres Capitale du Monde pp.14-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Towards Biography Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Towards Biography Theory, 35, pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representations of the Self in the Middle English Breton Lays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, ‘Gode is the lay, swete is the note’ : Résonances dans les lais bretons moyen-anglais, 25, pp.16. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/episteme.219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes and Laurens Van der Post</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Ted Hughes Society Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, The Ted Hughes Journal, 3 (1), pp.53-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lives of the Poets: Poetry and Biography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Lives of the Poets: Poetry and Biography, 66 (4), pp.413-425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reine Victoria ; la puissance et la gloire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Ceux qui ont changé le monde Spécial (11), pp.86-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Carlyle: Extreme Right Ferment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Reconsidereing Romantic Essay Writing and some Romantic Essayists, 66 (1), pp.97-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Lives of the Poets: Poetry and Biography, 66 (4), pp.528-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre science et poésie: la critique selon Arnold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Science et Poésie de Wordsworth à Hopkins, 64 (2), pp.213-223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflections on the Life of Samuel Taylor Coleridge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Romanticism Revisited, 63 (1), pp.34-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. R. R. TOLKIEN L'ANTIMODERNE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 62 (1), pp.73 - 85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extimacy in Elizabeth Bishop's Poetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Profils américains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Elizabeth Bishop, Profils américains (19), pp.61-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creole Baroque in Derek Walcott's Archipelagic Imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commonwealth Essays and Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Derek Walcott, 28 (2), pp.73-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un Hypérion l'autre : le genre Keats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de stylistique anglaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 14, pp.103-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes (1930-1998): Before and Since</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of English Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 6 (1), pp.31-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hughes with Shakespeare, or the Night of the Tragic Equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Valenciennoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, La nuit chez Shakespeare &amp; ses contemporains: l'invisible présence, 5, pp.295-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TED HUGHES : MORT D'UN CHAMANE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 52 (1), pp.69-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beowulf and the Bane of the Thirteenth Retainer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin des Anglicistes Médiévistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 56, pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COSMOLOGIE DISCRÈTE DANS LES NEW SELECTED POEMS 1957-1994 DE TED HUGHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, pp.435-447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEAMUS HEANEY'S POETRY OF DEPARTURES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Irlande - Exils, pp.17-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire sélective de Geoffrey Hill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Noeud des miroirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Voix de mémoire, 8-9, pp.143-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La seconde Tyché dans les poèmes de Gerard Manley Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de Recherches du CRLMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Rencontrer, Assimiler, Copier, pp.117-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vita brevis; ars ditto&amp;quot; : Rencontres du poétique et du pragmatique dans la poésie de Peter Reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Noeud des miroirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Voix de mémoire, pp.143-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élan voulu&amp;quot; : une problématique du mouvement chez Gerard Manley Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 49 (1), pp.40-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES OMBRES DANS LA POÉSIE DE PHILIP LARKIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Spécial, pp.17-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE MIMOLOGISME DE TED HUGHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, pp.89-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krogon & Moa: Ted Hughes's Philosophical Approach to Logos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Conference of the Hellenic Association for the Study of English, Athens (Greece)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hughes with Barthes: Mytho-poetic Icons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSE Conference (European Society for the Study of English)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà du biopic.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Gouchan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champion, 2023, 978-2-7453-6071-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Biography. Critical Essays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion, Slatkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Bibliothèque de littérature générale et comparée, Jean Bessière, 9782745355843</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études biographiques : la biographie au carrefour des humanités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Gouchan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Ngoc Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion éditeur, 247 p., 2018, 978-2-7453-4872-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GREAT BIOGRAPHERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Renders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Thirriard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Romanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binne De</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Macneice - The Burning Perch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 2016, 978-2350303246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth 1re, la reine de fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2204105620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes, The Haunted Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CreateSpace Independent Publishing Platform, 2015, 978-1508933601</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Biography Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Renders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosse Joanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadel François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard Ira Bruce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dion Frédéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. , Towards Biography Theory (35), 2015, Cercles, revue pluridisciplinaire d'études anglophones, Philippe Romanski</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité et inactualité de la notion de &amp;quot;postcolonial&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadessi Veronica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bessière Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’souza Florence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mangeon Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micéala Symington, Joanny Moulin, Jean Bessière. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Colloques, congrès et conférences- Littérature comparée (18), pp.168, 2013, Actualité et inactualité de la notion de "postcolonial"., Jean Bessière, 978-2745323606</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lives of the Poets: Poetry and Biography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elprin Jeremy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Folliot Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberts Neil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonafous-Murat Carle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klincksieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 66 (4), pp.413-539, 2013, Études anglaises, revue du monde anglophone, Pascal Aquien, ISSN : 0014-195X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">11.Élisabeth II, une reine dans l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2012, 978-2081270367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flammarion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.368, 2012, Elisabeth II, reine d'un siècle, ISBN-10: 2081270366 ISBN-13: 978-2081270367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria : Reine d'un siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2011, 978-2081228818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, pp.570, 2011, Victoria, reine d’un siècle, ISBN-10: 2081228815 ISBN-13: 978-2081228818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darwin : Une scandaleuse vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autrement, pp.391, 2009, Darwin : Une scandaleuse vérité, ISBN-10: 2746713047 ISBN-13: 978-2746713048</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes, la terre hantée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Aden, Le cercle des poètes disparus, pp.351, 2007, Ted Hughes, la terre hantée, ISBN-10: 2848400838 ISBN-13: 978-2848400839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes : la terre hantée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aden, 2007, 978-2848400839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la poésie de W.B. Yeats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paradigme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.202, 2007, Introduction à la poésie de W.B. Yeats</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Walcott</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.150, 2005, Derek Walcott</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CNED / Armand Colin, pp.160, 2004, Selected poems Robert Burns, ISBN-10: 2200266413 ISBN-13: 978-2200266417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes : New Selected Poems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier érudition, CNED-didier concours, pp.175, 1999, Ted Hughes : New Selected Poems, ISBN-10: 286460373X ISBN-13: 978-2864603733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire Ted Hughes : New selected poems, 1957-1994</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bere Carol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bishop Nicholas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broqua Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davis Alex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. Éditions du Temps, Lectures d'une oeuvre, pp.254, 1999, Lire Ted Hughes : New selected poems, 1957-1994, ISBN-13: 978-2842740740</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seamus Heaney: L'éblouissement de l'impossible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Bibliothèque de littérature générale et comparée, pp.224, 1999, Seamus Heaney: L'éblouissement de l'impossible, Jean Bessière, ISBN-13: 978-2745300447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico II di Hohenstaufen come specchio dell’uomo moderno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Francesca Manzari, Luciana Pepi, Patrizia Sardina, Patrizia Spallino. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sapienza, scienza e culture alla corte di Federico II di Svevia. Gli Uomini.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Officina di studi medievali, pp.5-16, 2024, 978-88-6485-149-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vérité d'une vie. Études sur la véridiction en biographie. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Ngoc Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Gouchan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin; Nguyen Phuong Ngoc; Yannick Gouchan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vérité d'une vie. Études sur la véridiction en biographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 162, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-31, 2019, Bibliothèque de littérature générale et comparée, 9782745352040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Études biographiques: la biographie au carrefour des humanités]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin; Yannick Gouchan; Nguyen Phuong Ngoc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études biographiques: la biographie au carrefour des humanités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-25, 2018, 978-2-7453-4872-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hughes as Correspondent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Terry Gifford. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes in Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.82-90, 2018, 978-1108425551</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Life Effect. Literary Studies and the Biographical Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hans Renders. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Biographical Turn. Lives in History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 9781138939714</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angleterre 6 – XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Bible dans les littératures du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions du Cerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.226-238, 2016, 9782204113885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paradigme perdu:Edgar Morin et l'écologie de l'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Mianoski, Sylvie Nail &amp; Pierre Carboni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nature citadine, en France et au Royaume-Uni: Concevoir, vivre, représenter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.155-163, 2015, 978-2-7535-4285-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychoanalytic Readings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Terry Gifford. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, New Casebooks, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pagrave Macmillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.118-130, 2014, Ted Hughes, ISBN-10: 1137301112 ISBN-13: 978-1137301116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire et transhistoire chez Derek Walcott et Édouard Glissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micéala Symington, Joanny Moulin, Jean Bessière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité et inactualité de la notion de "postcolonial"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloques, congrès et conférences- Littérature comparée (18), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-156, 2013, Actualité et inactualité de la notion de "postcolonial"., 978-2745323606</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyrical Ballads et culture populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wordsworth et Coleridge, Lyrical Ballads 1798</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012, 978-2-3569-2086-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Problem of Biography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Terry Gifford. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cambridge Companion to Ted Hughes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.14-26, 2011, The Cambridge Companion to Ted Hughes, Hardback ISBN: 9780521197526 Online ISBN: 9780511979163 Paperback ISBN: 9780521145763. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/CCOL9780521197526.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swinburne l’antichrétien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Bonnecase. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tombeau de Swinburne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Aden, pp.17-37, 2010, Tombeau pour Swinburne, ISBN-10: 2848400536 ISBN-13: 978-2848400532</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métamorphoses de la lecture dans Le Dict du Vieux Marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Bonnecase; Anne-Marie Tatham. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La métamorphose : définitions, formes, thèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.47-55, 2009, La métamorphose : définitions, formes, thèmes, ISBN-10: 285226563X ISBN-13: 978-2852265639</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Thomas (1914-1953)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Pouvelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide de la littérature anglaise des origines à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.323-6, 2008, ISBN-10: 2729839895 ISBN-13: 978-2729839895</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. R. R. Tolkien’s &amp;quot;Eucatastrophe&amp;quot;, or Fantasy as a Modern Recovery of Faith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Suzanne Bray. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Re-Embroidering the Robe: Faith, Myth and Literary Creation Since 1850</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-86, 2008, ISBN-10: 1847186084 ISBN-13: 978-1847186089</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'idéologie de Geoffrey Hill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">René Gallet; Jennifer Kilgore-Caradec. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La poésie de Geoffrey Hill et la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.99-116, 2007, ISBN-10: 2296044433 ISBN-13: 978-2296044432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes’s Anti-Mythic Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes: Alternative Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Context and Genre in English Literature, Routledge, Taylor &amp; Francis, pp.95-102, 2004, Ted Hughes: Alternative Horizons, 978-9026519734</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes: Alternative Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Context and Genre in English Literature, Routledge, Taylor &amp; Francis, 2004, Ted Hughes: Alternative Horizons, 978-9026519734</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pèlerinage de Childe Harold de Byron en journal de voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Viviès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lignes de fuite : Littérature de voyage du monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l'Université de Provence, pp.47-61, 2003, Lignes de fuite : Littérature de voyage du monde anglophone, ISBN-10: 2853995437 ISBN-13: 978-2853995436</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lumière de l'ordinaire dans les poèmes d'Elizabeth Bishop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Axel Nesme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elizabeth Bishop, The Complete Poems, “and looked our infant sight away"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2002, ISBN-10: 2729812121 ISBN-13: 978-2729812126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disappearance of the Inapparent : Sylvia Plath and Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Jeanne Ortemann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures Différées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRLMC Maison de la Recherche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-156, 2002, Écritures différées, ISBN-10: 2845162057 ISBN-13: 978-2845162051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes and Myth for Kiddies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Helen Goethals; Adolphe Haberer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Can Poetry Make Anything Happen? La poésie dans l'enseignement de l'anglais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.19-25, 2001, Can Poetry Make Anything Happen? La poésie dans l'enseignement de l'anglais, ISBN-10: 2729706801 ISBN-13: 978-2729706807</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours et retenue dans les poèmes de Seamus Heaney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Vénuat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valeurs de contrôle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahiers du CRLMC Centre de Recherches sur les Littératures Modernes et Contemporaines, Presses Universitaires Blaise Pascale, pp.147-156, 1999, Valeurs de contrôle, ISBN-10: 284516078X ISBN-13: 978-2845160781</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heaney Voyant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martine Pelletier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irlande - Vision(s) / Révision(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications du GRAAT (Groupes de Recherches Anglo-Américaines de l'Université François Rabelais de Tours) (19), </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires François Rabelais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.89-99, 1998, Irlande - Vision(s) / Révision(s), 0997-4970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Vita brevis, ars ditto&amp;quot; : Rencontres du poétique et du pragmatique dans la poésie de Peter Reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Jeanne Ortemann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fragment(s), fragmentation, aphorisme poétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les identités nationales et l'interculturalité, pp.259-264, 1998, 2869391323</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontières osmotiques de Seamus Heaney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adolphe Haberer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La poésie : Écriture de la limite, écriture à la limite, domaine anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.35-48, 1998, La poésie : Écriture de la limite, écriture à la limite, domaine anglophone, ISBN-10: 2729706038 ISBN-13: 978-2729706036</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie de la nourriture dans la poésie de G. M. Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Claire Rouyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.203-11, 1997, 2867812143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jouissance dans les poèmes de Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Claire Rouyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.209-26, 1995, 2867811678</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">History and Reason in the Work of Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hoda Gindi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History in Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Department of English, University of Cairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-83, 1995, History in Literature, 977-223-218-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out there&amp;quot; : l'altérité dans les poèmes de Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'altérité dans la culture du monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l'Université du Maine, pp.133-141, 1991, Collection études anglophones, 2904037268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes, poète postmoderne?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adophe Haberer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Joyce à Stoppard. Écritures de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.187-198, 1991, 2729703934</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les biographies littéraires. Théories, pratiques et perspectives. Recension par Joanny Moulin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01838250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« BIOGRAPHY : CRITIQUE OF A LITERARY GENRE »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Capacité négative”: Recension de Vivre une vie philosophique :Thoreau le sauvage de Michel Onfray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Arnaldo Momigliano. The Development of Greek Biography. 1971. Cambridge, Mass.: Harvard University Press, 1993. Augmented edition including “Second Thoughts on Greek Biography”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Samuel Johnson, Vies des poètes anglais, Choix de textes, traduction et présentation de Denis Bonnecase et Pierre Morère (Paris : Librairie du Sandre, 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Michael Benton, Towards a Poetics of Literary Biography, Palgrave Macmillan, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Ferret, Olivier, and Anne-Marie Mercier-Faivre, eds. Biographie & Politique: Vie publique, vie privée, de l’Ancien Régime à la Restauration. Littérature et idéologies. (Lyon : Presses Universtaires de Lyon, 2014). — Les Grandes figures historiques dans les lettres et les arts n°4 (2015).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.93-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de: Biographie & Politique. Vie publique, vie privée, de l’Ancien Régime à la Restauration Sous la direction d’Olivier Ferret & Anne-Marie Mercier-Faivre Littérature et idéologies Lyon : Presses Universtaires de Lyon, 2014 Broché. 263 p. ISBN 978-2-7297-0878-8. 22€</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Jean-Luc Chappey. Ordres et désordres biographiques. Dictionnaires, listes de noms, réputation, des Lumières à Wikipedia. Seyssel : Champ Vallon, 2013. 399 pages. ISBN 9-78-2-876-73-600-9. 27€. — Biography 38.3 (Summer 2015) : 415 -8.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Philip Larkin, Une fille en hiver (1947) traduit de l’anglais par Dominique Goy-Blanquet et Guy Le Gaufey (Editions Marchaisse 2011). — Études anglaises 67.2 (2014), p. 228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Timothy Clark. — Literature and the Environment. (Cambridge UP, 2010) — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : 17.Hans Renders and Binne De Haan, eds. Theoretical Discussions of Biography. Approaches from History, Microhistory, and Life Writing. (Lewiston, BY & Lampeter UK: Edwin Mellen P, 2013, xi + 433 pp., 159,99 €) — Études anglaises 67.4 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Gregory Claeys, ed. — The Cambridge Companion to Utopian Literature. (Cambridge University Press, 2010) — Études anglaises 67.2 (2014).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Philip Larkin, la vie avec un trou dedans (poèmes) traduit de l’anglais par Guy Le Gaufey avec la collaboration de Denis Hirson (Editions Marchaisse 2011). — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Louise Westling, ed. Literature and the Environmment (Cambridge UP, 2014) —Études anglaises 67.4 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.501</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de: Hans Renders and Binne De Haan, eds. Theoretical Discussions of Biography. Approaches from History, Microhistory, and Life Writing. (Lewiston, BY & Lampeter UK: Edwin Mellen P, 2013, xi + 433 pp., 159,99 €) — Études anglaises 67.4 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Piers Pennington & Matthew Sperling, eds. Geoffrey Hill and his Contexts (Peter Lang 2011). Études anglaises 67.2 (2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Vincent Broqua & Guillaume Marche, eds. L’épuisement du biographique ? (Cambridge Scholars Publishing 2010). — Biography 36.2 (2013) — Études anglaises 67.2 (2014),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Anette Pankratz & Barbara Puschmann-Nalenz, eds. Portraits of the Artist as a Young Thing in British, Irish and Canadian Fiction after 1945 (Universitätsverlag Heidelberg, 2012). Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Georges Letissier et Michel Prum, eds. — L’héritage de Charles Darwin dans les cultures européennes. (L’Harmattan, 2011) — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.213</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Alain Suberchicot, Littérature et environnement ; pour un écocritique comparée. (Honoré Champion, 2012). — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Louise Westling, ed. Literature and the Environmment (Cambridge UP, 2014) —Études anglaises 67.4 (2014).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.501</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Alain Suberchicot, Littérature et environnement ; pour un écocritique comparée. (Honoré Champion, 2012). — Études anglaises 67.2 (2014).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Anne Mounic. — Counting the Beats : Robert Graves’ Poetry of Unrest. (Amsterdam: Rodopi, 2012) — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Phelan, Joseph. The Music of Verse ; Metrical Experiment in Nineteenth-Century Poetry. (Palgrave Macmillan, 2012) — Cahiers victoriens et édouardiens 77 (2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : M. M. Mahood. — The Poet as Botanist. (Cambridge UP, 2008). — Études anglaises 65.1 (2012).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Écopoésie britannique au début du XXIe siècle (II) (e. g. L. Murray, J. Burnside, K. Jamie & A. Oswald)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Paradigme perdu : Edgar Morin et l’écologie de l’action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Name of the Author as Biographical “Neo-myth”: the case of “Byronism”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId196"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Joanny Moulin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For an Atlas of Intellectual Migrations in the Mediterranean of the Thirteenth Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Manzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Manzari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Literary Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (3), pp.87-106. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18848/2327-7912/CGP/v23i03/87-106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For an Atlas of Intellectual Migrations in the Mediterranean of the Thirteenth Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Manzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Manzari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Literary Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (3), pp.87-106. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18848/2327-7912/CGP/v23i03/87-106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Hospitality, or &amp;quot;The Power to Rise above one's Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pázmány Papers, Journal of Languages and Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (1), pp.31-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derrida, Foucault, Agamben, and the Thinking of the Beginning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MaLiCE, le Magazine des Littératures et des Cultures à l'ère numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Derrida 2021 - Biopolitique et déconstruction, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ways of Worldmaking&amp;quot;: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (1), pp.67-72. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2021.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ways of Worldmaking&amp;quot;: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (1), pp.67-72. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2021.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Absolute Genre&amp;quot;: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 43 (1), pp.69-75. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2020.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life as Writing in Derrida’s La vie la mort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MaLiCE, le Magazine des Littératures et des Cultures à l'ère numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Derrida 2020 : frontières, bords, limites / Borders, Edges, Limits, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biography in Contemporary France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 43 (2), pp.407-429. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2020.0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ghosts of World War II: The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 42 (1), pp.49-54. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2019.0008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Political Biography in Literature and Cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography: An Interdisciplinary Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (3), pp.607-612. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2018.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02082383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflections on Biography and Its Theory: An Interview with Joanny Anne Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Life Writing Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, 6 (2), pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle Biographie, Pulp Nonfiction, and National Crisis: the year in france</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (4), pp.588-595. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2017.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darwin Bashing: Review of A.N. Wilson's_Charles Darwin, Victorian Mythmaker_</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, http://biographysociety.org/2017/11/13/darwin-bashing-review-of-a-n-wilsons-charles-darwin-victorian-mythmaker-by-joanny-moulin/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Life Writing’ n’est pas français : The Year in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 39 (4), pp.606-614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biography in Theory: Key Texts with Commentaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Without Further Ado » : Adolphe Haberer ou la poésie en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clíona Ní Ríordáin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Grand entretien : Archéologie d’un parcours, 15 (1), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Life Writing” n’est pas français the year in france</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39 (4), pp.606-614. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/bio.2016.0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophoty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, “Based upon a Life”: The Biopic Genre in Question, 14 (2), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.8959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Name of the Author as Biographical “Neo-myth”: the case of “Byronism”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Le Temps guérit toutes les blessures : La Résistance à l'autorité de l'Histoire dans les concepts de nation et de nationalisme, 9, http://preo.u-bourgogne.fr/textesetcontextes/index.php?id=1148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01243210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria l'inoxydable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia spécial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Londres Capitale du Monde pp.14-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Towards Biography Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Towards Biography Theory, 35, pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representations of the Self in the Middle English Breton Lays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, ‘Gode is the lay, swete is the note’ : Résonances dans les lais bretons moyen-anglais, 25, pp.16. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/episteme.219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes and Laurens Van der Post</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Ted Hughes Society Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, The Ted Hughes Journal, 3 (1), pp.53-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lives of the Poets: Poetry and Biography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Lives of the Poets: Poetry and Biography, 66 (4), pp.413-425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reine Victoria ; la puissance et la gloire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Ceux qui ont changé le monde Spécial (11), pp.86-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Carlyle: Extreme Right Ferment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Reconsidereing Romantic Essay Writing and some Romantic Essayists, 66 (1), pp.97-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Lives of the Poets: Poetry and Biography, 66 (4), pp.528-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre science et poésie: la critique selon Arnold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Science et Poésie de Wordsworth à Hopkins, 64 (2), pp.213-223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflections on the Life of Samuel Taylor Coleridge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Romanticism Revisited, 63 (1), pp.34-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. R. R. TOLKIEN L'ANTIMODERNE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 62 (1), pp.73 - 85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extimacy in Elizabeth Bishop's Poetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Profils américains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Elizabeth Bishop, Profils américains (19), pp.61-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creole Baroque in Derek Walcott's Archipelagic Imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commonwealth Essays and Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Derek Walcott, 28 (2), pp.73-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un Hypérion l'autre : le genre Keats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de stylistique anglaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 14, pp.103-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes (1930-1998): Before and Since</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of English Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 6 (1), pp.31-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hughes with Shakespeare, or the Night of the Tragic Equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Valenciennoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, La nuit chez Shakespeare &amp; ses contemporains: l'invisible présence, 5, pp.295-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TED HUGHES : MORT D'UN CHAMANE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 52 (1), pp.69-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COSMOLOGIE DISCRÈTE DANS LES NEW SELECTED POEMS 1957-1994 DE TED HUGHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, pp.435-447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beowulf and the Bane of the Thirteenth Retainer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin des Anglicistes Médiévistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 56, pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEAMUS HEANEY'S POETRY OF DEPARTURES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Irlande - Exils, pp.17-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La seconde Tyché dans les poèmes de Gerard Manley Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de Recherches du CRLMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Rencontrer, Assimiler, Copier, pp.117-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire sélective de Geoffrey Hill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Noeud des miroirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Voix de mémoire, 8-9, pp.143-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vita brevis; ars ditto&amp;quot; : Rencontres du poétique et du pragmatique dans la poésie de Peter Reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Noeud des miroirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Voix de mémoire, pp.143-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élan voulu&amp;quot; : une problématique du mouvement chez Gerard Manley Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 49 (1), pp.40-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES OMBRES DANS LA POÉSIE DE PHILIP LARKIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Spécial, pp.17-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE MIMOLOGISME DE TED HUGHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, pp.89-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krogon & Moa: Ted Hughes's Philosophical Approach to Logos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Conference of the Hellenic Association for the Study of English, Athens (Greece)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hughes with Barthes: Mytho-poetic Icons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSE Conference (European Society for the Study of English)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translation Service Learning for Future Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Manzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st African-European CIVIS Forum for Research and Education: From Joint Challenges to Joint Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2026, Casablanca (Maroc), Morocco. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05552934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà du biopic.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Gouchan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champion, 2023, 978-2-7453-6071-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Biography. Critical Essays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion, Slatkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Bibliothèque de littérature générale et comparée, Jean Bessière, 9782745355843</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études biographiques : la biographie au carrefour des humanités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Gouchan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Ngoc Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion éditeur, 247 p., 2018, 978-2-7453-4872-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GREAT BIOGRAPHERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Renders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Thirriard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Romanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binne De</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Macneice - The Burning Perch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 2016, 978-2350303246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth 1re, la reine de fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2204105620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes, The Haunted Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CreateSpace Independent Publishing Platform, 2015, 978-1508933601</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Biography Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Renders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosse Joanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadel François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard Ira Bruce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dion Frédéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. , Towards Biography Theory (35), 2015, Cercles, revue pluridisciplinaire d'études anglophones, Philippe Romanski</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité et inactualité de la notion de &amp;quot;postcolonial&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadessi Veronica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bessière Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’souza Florence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mangeon Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micéala Symington, Joanny Moulin, Jean Bessière. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Colloques, congrès et conférences- Littérature comparée (18), pp.168, 2013, Actualité et inactualité de la notion de "postcolonial"., Jean Bessière, 978-2745323606</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lives of the Poets: Poetry and Biography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elprin Jeremy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Folliot Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberts Neil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonafous-Murat Carle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klincksieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 66 (4), pp.413-539, 2013, Études anglaises, revue du monde anglophone, Pascal Aquien, ISSN : 0014-195X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">11.Élisabeth II, une reine dans l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2012, 978-2081270367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flammarion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.368, 2012, Elisabeth II, reine d'un siècle, ISBN-10: 2081270366 ISBN-13: 978-2081270367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria : Reine d'un siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2011, 978-2081228818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, pp.570, 2011, Victoria, reine d’un siècle, ISBN-10: 2081228815 ISBN-13: 978-2081228818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darwin : Une scandaleuse vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autrement, pp.391, 2009, Darwin : Une scandaleuse vérité, ISBN-10: 2746713047 ISBN-13: 978-2746713048</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes, la terre hantée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Aden, Le cercle des poètes disparus, pp.351, 2007, Ted Hughes, la terre hantée, ISBN-10: 2848400838 ISBN-13: 978-2848400839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes : la terre hantée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aden, 2007, 978-2848400839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la poésie de W.B. Yeats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paradigme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.202, 2007, Introduction à la poésie de W.B. Yeats</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Walcott</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.150, 2005, Derek Walcott</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CNED / Armand Colin, pp.160, 2004, Selected poems Robert Burns, ISBN-10: 2200266413 ISBN-13: 978-2200266417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes : New Selected Poems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier érudition, CNED-didier concours, pp.175, 1999, Ted Hughes : New Selected Poems, ISBN-10: 286460373X ISBN-13: 978-2864603733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire Ted Hughes : New selected poems, 1957-1994</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bere Carol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bishop Nicholas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broqua Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davis Alex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. Éditions du Temps, Lectures d'une oeuvre, pp.254, 1999, Lire Ted Hughes : New selected poems, 1957-1994, ISBN-13: 978-2842740740</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seamus Heaney: L'éblouissement de l'impossible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Bibliothèque de littérature générale et comparée, pp.224, 1999, Seamus Heaney: L'éblouissement de l'impossible, Jean Bessière, ISBN-13: 978-2745300447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico II di Hohenstaufen come specchio dell’uomo moderno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Francesca Manzari, Luciana Pepi, Patrizia Sardina, Patrizia Spallino. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sapienza, scienza e culture alla corte di Federico II di Svevia. Gli Uomini.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Officina di studi medievali, pp.5-16, 2024, 978-88-6485-149-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vérité d'une vie. Études sur la véridiction en biographie. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Ngoc Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Gouchan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin; Nguyen Phuong Ngoc; Yannick Gouchan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vérité d'une vie. Études sur la véridiction en biographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 162, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-31, 2019, Bibliothèque de littérature générale et comparée, 9782745352040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hughes as Correspondent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Terry Gifford. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes in Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.82-90, 2018, 978-1108425551</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Études biographiques: la biographie au carrefour des humanités]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin; Yannick Gouchan; Nguyen Phuong Ngoc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études biographiques: la biographie au carrefour des humanités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-25, 2018, 978-2-7453-4872-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Life Effect. Literary Studies and the Biographical Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hans Renders. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Biographical Turn. Lives in History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 9781138939714</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angleterre 6 – XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Bible dans les littératures du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions du Cerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.226-238, 2016, 9782204113885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paradigme perdu:Edgar Morin et l'écologie de l'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Mianoski, Sylvie Nail &amp; Pierre Carboni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nature citadine, en France et au Royaume-Uni: Concevoir, vivre, représenter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.155-163, 2015, 978-2-7535-4285-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychoanalytic Readings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Terry Gifford. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, New Casebooks, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pagrave Macmillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.118-130, 2014, Ted Hughes, ISBN-10: 1137301112 ISBN-13: 978-1137301116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire et transhistoire chez Derek Walcott et Édouard Glissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micéala Symington, Joanny Moulin, Jean Bessière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité et inactualité de la notion de "postcolonial"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloques, congrès et conférences- Littérature comparée (18), </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-156, 2013, Actualité et inactualité de la notion de "postcolonial"., 978-2745323606</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyrical Ballads et culture populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wordsworth et Coleridge, Lyrical Ballads 1798</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012, 978-2-3569-2086-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Problem of Biography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Terry Gifford. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cambridge Companion to Ted Hughes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.14-26, 2011, The Cambridge Companion to Ted Hughes, Hardback ISBN: 9780521197526 Online ISBN: 9780511979163 Paperback ISBN: 9780521145763. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/CCOL9780521197526.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swinburne l’antichrétien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Bonnecase. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tombeau de Swinburne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Aden, pp.17-37, 2010, Tombeau pour Swinburne, ISBN-10: 2848400536 ISBN-13: 978-2848400532</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métamorphoses de la lecture dans Le Dict du Vieux Marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Bonnecase; Anne-Marie Tatham. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La métamorphose : définitions, formes, thèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.47-55, 2009, La métamorphose : définitions, formes, thèmes, ISBN-10: 285226563X ISBN-13: 978-2852265639</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Thomas (1914-1953)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Pouvelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide de la littérature anglaise des origines à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.323-6, 2008, ISBN-10: 2729839895 ISBN-13: 978-2729839895</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. R. R. Tolkien’s &amp;quot;Eucatastrophe&amp;quot;, or Fantasy as a Modern Recovery of Faith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Suzanne Bray. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Re-Embroidering the Robe: Faith, Myth and Literary Creation Since 1850</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-86, 2008, ISBN-10: 1847186084 ISBN-13: 978-1847186089</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'idéologie de Geoffrey Hill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">René Gallet; Jennifer Kilgore-Caradec. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La poésie de Geoffrey Hill et la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.99-116, 2007, ISBN-10: 2296044433 ISBN-13: 978-2296044432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes’s Anti-Mythic Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes: Alternative Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Context and Genre in English Literature, Routledge, Taylor &amp; Francis, pp.95-102, 2004, Ted Hughes: Alternative Horizons, 978-9026519734</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joanny Moulin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ted Hughes: Alternative Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Context and Genre in English Literature, Routledge, Taylor &amp; Francis, 2004, Ted Hughes: Alternative Horizons, 978-9026519734</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pèlerinage de Childe Harold de Byron en journal de voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Viviès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lignes de fuite : Littérature de voyage du monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l'Université de Provence, pp.47-61, 2003, Lignes de fuite : Littérature de voyage du monde anglophone, ISBN-10: 2853995437 ISBN-13: 978-2853995436</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lumière de l'ordinaire dans les poèmes d'Elizabeth Bishop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Axel Nesme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elizabeth Bishop, The Complete Poems, “and looked our infant sight away"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2002, ISBN-10: 2729812121 ISBN-13: 978-2729812126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disappearance of the Inapparent : Sylvia Plath and Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Jeanne Ortemann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures Différées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRLMC Maison de la Recherche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-156, 2002, Écritures différées, ISBN-10: 2845162057 ISBN-13: 978-2845162051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes and Myth for Kiddies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Helen Goethals; Adolphe Haberer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Can Poetry Make Anything Happen? La poésie dans l'enseignement de l'anglais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.19-25, 2001, Can Poetry Make Anything Happen? La poésie dans l'enseignement de l'anglais, ISBN-10: 2729706801 ISBN-13: 978-2729706807</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours et retenue dans les poèmes de Seamus Heaney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Vénuat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valeurs de contrôle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahiers du CRLMC Centre de Recherches sur les Littératures Modernes et Contemporaines, Presses Universitaires Blaise Pascale, pp.147-156, 1999, Valeurs de contrôle, ISBN-10: 284516078X ISBN-13: 978-2845160781</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heaney Voyant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martine Pelletier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irlande - Vision(s) / Révision(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications du GRAAT (Groupes de Recherches Anglo-Américaines de l'Université François Rabelais de Tours) (19), </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires François Rabelais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.89-99, 1998, Irlande - Vision(s) / Révision(s), 0997-4970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Vita brevis, ars ditto&amp;quot; : Rencontres du poétique et du pragmatique dans la poésie de Peter Reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Jeanne Ortemann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fragment(s), fragmentation, aphorisme poétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les identités nationales et l'interculturalité, pp.259-264, 1998, 2869391323</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontières osmotiques de Seamus Heaney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adolphe Haberer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La poésie : Écriture de la limite, écriture à la limite, domaine anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.35-48, 1998, La poésie : Écriture de la limite, écriture à la limite, domaine anglophone, ISBN-10: 2729706038 ISBN-13: 978-2729706036</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie de la nourriture dans la poésie de G. M. Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Claire Rouyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.203-11, 1997, 2867812143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jouissance dans les poèmes de Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Claire Rouyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.209-26, 1995, 2867811678</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">History and Reason in the Work of Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hoda Gindi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History in Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Department of English, University of Cairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-83, 1995, History in Literature, 977-223-218-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out there&amp;quot; : l'altérité dans les poèmes de Ted Hughes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'altérité dans la culture du monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l'Université du Maine, pp.133-141, 1991, Collection études anglophones, 2904037268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ted Hughes, poète postmoderne?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adophe Haberer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Joyce à Stoppard. Écritures de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.187-198, 1991, 2729703934</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les biographies littéraires. Théories, pratiques et perspectives. Recension par Joanny Moulin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01838250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« BIOGRAPHY : CRITIQUE OF A LITERARY GENRE »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Capacité négative”: Recension de Vivre une vie philosophique :Thoreau le sauvage de Michel Onfray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Arnaldo Momigliano. The Development of Greek Biography. 1971. Cambridge, Mass.: Harvard University Press, 1993. Augmented edition including “Second Thoughts on Greek Biography”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Samuel Johnson, Vies des poètes anglais, Choix de textes, traduction et présentation de Denis Bonnecase et Pierre Morère (Paris : Librairie du Sandre, 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Michael Benton, Towards a Poetics of Literary Biography, Palgrave Macmillan, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Ferret, Olivier, and Anne-Marie Mercier-Faivre, eds. Biographie & Politique: Vie publique, vie privée, de l’Ancien Régime à la Restauration. Littérature et idéologies. (Lyon : Presses Universtaires de Lyon, 2014). — Les Grandes figures historiques dans les lettres et les arts n°4 (2015).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.93-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de: Biographie & Politique. Vie publique, vie privée, de l’Ancien Régime à la Restauration Sous la direction d’Olivier Ferret & Anne-Marie Mercier-Faivre Littérature et idéologies Lyon : Presses Universtaires de Lyon, 2014 Broché. 263 p. ISBN 978-2-7297-0878-8. 22€</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Jean-Luc Chappey. Ordres et désordres biographiques. Dictionnaires, listes de noms, réputation, des Lumières à Wikipedia. Seyssel : Champ Vallon, 2013. 399 pages. ISBN 9-78-2-876-73-600-9. 27€. — Biography 38.3 (Summer 2015) : 415 -8.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Philip Larkin, Une fille en hiver (1947) traduit de l’anglais par Dominique Goy-Blanquet et Guy Le Gaufey (Editions Marchaisse 2011). — Études anglaises 67.2 (2014), p. 228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Timothy Clark. — Literature and the Environment. (Cambridge UP, 2010) — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : 17.Hans Renders and Binne De Haan, eds. Theoretical Discussions of Biography. Approaches from History, Microhistory, and Life Writing. (Lewiston, BY & Lampeter UK: Edwin Mellen P, 2013, xi + 433 pp., 159,99 €) — Études anglaises 67.4 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Philip Larkin, la vie avec un trou dedans (poèmes) traduit de l’anglais par Guy Le Gaufey avec la collaboration de Denis Hirson (Editions Marchaisse 2011). — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Gregory Claeys, ed. — The Cambridge Companion to Utopian Literature. (Cambridge University Press, 2010) — Études anglaises 67.2 (2014).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de: Hans Renders and Binne De Haan, eds. Theoretical Discussions of Biography. Approaches from History, Microhistory, and Life Writing. (Lewiston, BY & Lampeter UK: Edwin Mellen P, 2013, xi + 433 pp., 159,99 €) — Études anglaises 67.4 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Louise Westling, ed. Literature and the Environmment (Cambridge UP, 2014) —Études anglaises 67.4 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.501</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Piers Pennington & Matthew Sperling, eds. Geoffrey Hill and his Contexts (Peter Lang 2011). Études anglaises 67.2 (2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Anette Pankratz & Barbara Puschmann-Nalenz, eds. Portraits of the Artist as a Young Thing in British, Irish and Canadian Fiction after 1945 (Universitätsverlag Heidelberg, 2012). Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Vincent Broqua & Guillaume Marche, eds. L’épuisement du biographique ? (Cambridge Scholars Publishing 2010). — Biography 36.2 (2013) — Études anglaises 67.2 (2014),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Georges Letissier et Michel Prum, eds. — L’héritage de Charles Darwin dans les cultures européennes. (L’Harmattan, 2011) — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.213</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Alain Suberchicot, Littérature et environnement ; pour un écocritique comparée. (Honoré Champion, 2012). — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Louise Westling, ed. Literature and the Environmment (Cambridge UP, 2014) —Études anglaises 67.4 (2014).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.501</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Alain Suberchicot, Littérature et environnement ; pour un écocritique comparée. (Honoré Champion, 2012). — Études anglaises 67.2 (2014).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Anne Mounic. — Counting the Beats : Robert Graves’ Poetry of Unrest. (Amsterdam: Rodopi, 2012) — Études anglaises 67.2 (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : Phelan, Joseph. The Music of Verse ; Metrical Experiment in Nineteenth-Century Poetry. (Palgrave Macmillan, 2012) — Cahiers victoriens et édouardiens 77 (2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de : M. M. Mahood. — The Poet as Botanist. (Cambridge UP, 2008). — Études anglaises 65.1 (2012).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Écopoésie britannique au début du XXIe siècle (II) (e. g. L. Murray, J. Burnside, K. Jamie & A. Oswald)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Paradigme perdu : Edgar Morin et l’écologie de l’action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Name of the Author as Biographical “Neo-myth”: the case of “Byronism”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translation Service Learning for Future Africa (Video Presentation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Manzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanny Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05555062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId198"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937064v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Manzari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanny Moulin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Manzari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/2327-7912/CGP/v23i03/87-106" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936938v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431016v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608175v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2021.0011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607255v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608187v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2020.0011" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608180v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2020.0035" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608198v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2019.0008" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082383v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Letort" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2018.0061" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608231v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105225v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2017.0051" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635137v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494049v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659939v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665799v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#237;ona N&#237; R&#237;ord&#225;in" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5933" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105226v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2016.0072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417016v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.8959" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243210v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395630v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078127v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142023v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.219" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142114v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142032v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395626v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142025v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142026v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142124v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142131v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076357v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142139v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142154v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142172v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142257v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088865v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142161v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088868v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088854v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142349v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142280v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088861v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088860v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142493v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142495v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04287060v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gouchan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607256v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/12390-book-08535584-9782745355843.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02063519v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657697v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Renders" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Thirriard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Romanowski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binne De" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395666v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395649v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643119v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141589v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dosse Joanny" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadel Fran&#231;ois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regard Ira Bruce" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dion Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141903v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadessi Veronica" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessi&#232;re Jean" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#8217;souza Florence" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mangeon Anthony" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.honorechampion.com/fr/champion/8197-book-08532360-9782745323606.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141877v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elprin Jeremy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folliot Laurent" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberts Neil" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonafous-Murat Carle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.klincksieck.com/livre/?GCOI=22520100716780" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395655v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142018v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.flammarion.com/Albums_Detail.cfm?ID=41904&amp;amp;levelCode=home" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395657v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142008v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142011v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395664v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142001v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-paradigme.com/product/Introduction-a-la-poesie-de-WB-Yeats-:-poemes-commentes-Joanny-MOULIN" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141996v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141986v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/livre/269770/selected-poems.php" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141973v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141952v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bere Carol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishop Nicholas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Broqua Vincent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davis Alex" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141963v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.honorechampion.com/fr/champion/5510-book-08530044-9782745300447.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937080v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491696v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11135-book-08535204-9782745352040.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839126v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/10850-book-08534872-9782745348722.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839026v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395616v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395619v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsducerf.fr/librairie/livre/17757/la-bible-dans-les-litteratures-du-monde-coffret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922991v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/collection.php?idColl=39" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142183v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.palgrave.com/page/detail/ted-hughes-terry-gifford/?sf1=barcode&amp;amp;st1=9781137301116" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142186v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142189v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142192v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://universitypublishingonline.org/cambridge/companions/chapter.jsf?bid=CBO9780511979163&amp;amp;cid=CBO9780511979163A010" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CCOL9780521197526.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142196v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142201v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142206v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=6496" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142207v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/re-embroidering-the-robe-18" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142210v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142221v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142217v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142229v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142235v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=2789" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142243v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100128320" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142249v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142265v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142277v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufr-editions.fr/livre/graat-n%C2%B019-irlande-visions-r%C3%A9visions.htm" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142346v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142279v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142696v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142686v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142498v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ted-hughes.info/criticism/online-articles/moulin-joanny/history-and-reason.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142708v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144183v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838250v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614633v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643107v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395679v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395680v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395700v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395671v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395701v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395690v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395685v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395699v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395684v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395691v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395698v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395672v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395696v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395693v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395694v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395686v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395697v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395673v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395676v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395689v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395683v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395687v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941974v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131237v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131246v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937064v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Manzari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanny Moulin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Manzari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/2327-7912/CGP/v23i03/87-106" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936938v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431016v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608175v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2021.0011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607255v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608187v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2020.0011" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608180v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2020.0035" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608198v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2019.0008" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082383v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Letort" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2018.0061" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608231v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105225v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2017.0051" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635137v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494049v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659939v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665799v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#237;ona N&#237; R&#237;ord&#225;in" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5933" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105226v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bio.2016.0072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417016v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.8959" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243210v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395630v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078127v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142023v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.219" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142114v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142032v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395626v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142025v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142026v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142124v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142131v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076357v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142139v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142154v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142172v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142257v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088865v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088868v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142161v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088854v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142477v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142349v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142280v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088861v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088860v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142493v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142495v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552934v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04287060v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gouchan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607256v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/12390-book-08535584-9782745355843.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02063519v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657697v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Renders" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Thirriard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Romanowski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binne De" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395666v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395649v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643119v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141589v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dosse Joanny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadel Fran&#231;ois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regard Ira Bruce" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dion Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141903v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadessi Veronica" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessi&#232;re Jean" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#8217;souza Florence" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mangeon Anthony" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.honorechampion.com/fr/champion/8197-book-08532360-9782745323606.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141877v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elprin Jeremy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folliot Laurent" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberts Neil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonafous-Murat Carle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.klincksieck.com/livre/?GCOI=22520100716780" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395655v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142018v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.flammarion.com/Albums_Detail.cfm?ID=41904&amp;amp;levelCode=home" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395657v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142017v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142008v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142011v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395664v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142001v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-paradigme.com/product/Introduction-a-la-poesie-de-WB-Yeats-:-poemes-commentes-Joanny-MOULIN" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141986v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/livre/269770/selected-poems.php" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141973v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141952v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bere Carol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishop Nicholas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Broqua Vincent" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davis Alex" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141963v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.honorechampion.com/fr/champion/5510-book-08530044-9782745300447.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937080v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491696v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11135-book-08535204-9782745352040.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839026v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839126v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/10850-book-08534872-9782745348722.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395616v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395619v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsducerf.fr/librairie/livre/17757/la-bible-dans-les-litteratures-du-monde-coffret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922991v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/collection.php?idColl=39" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142183v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.palgrave.com/page/detail/ted-hughes-terry-gifford/?sf1=barcode&amp;amp;st1=9781137301116" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142186v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142189v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142192v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://universitypublishingonline.org/cambridge/companions/chapter.jsf?bid=CBO9780511979163&amp;amp;cid=CBO9780511979163A010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CCOL9780521197526.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142196v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142201v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142206v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=6496" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142207v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/re-embroidering-the-robe-18" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142210v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142221v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142217v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142229v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142235v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=2789" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142243v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100128320" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142249v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142265v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142277v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufr-editions.fr/livre/graat-n%C2%B019-irlande-visions-r%C3%A9visions.htm" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142346v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142279v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142696v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142686v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142498v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ted-hughes.info/criticism/online-articles/moulin-joanny/history-and-reason.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142708v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144183v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838250v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614633v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643107v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395681v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395679v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395680v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395700v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395671v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395701v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395690v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395685v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395699v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395691v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395684v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395672v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395698v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395696v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395694v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395693v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395686v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395697v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395673v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395676v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395689v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395683v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01395687v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941974v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131237v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131246v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555062v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>