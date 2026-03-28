--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -390,187 +390,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02463868v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enough et too : expression de la suffisance et de l’excès dans les constructions « tough » en anglais</w:t>
+                <w:t xml:space="preserve">La stratégie Tetris : Retour sur deux expériences de traduction d’œuvres hypermédiatiques à l’université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joasha Boutault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Traduire l’hypermédia / l’hypermédia et le traduire. Cahiers virtuels du Laboratoire NT2 n°7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01634855v2</w:t>
+                <w:t xml:space="preserve">hal-02463696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La stratégie Tetris : Retour sur deux expériences de traduction d’œuvres hypermédiatiques à l’université</w:t>
+                <w:t xml:space="preserve">Enough et too : expression de la suffisance et de l’excès dans les constructions « tough » en anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joasha Boutault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Guilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traduire l’hypermédia / l’hypermédia et le traduire. Cahiers virtuels du Laboratoire NT2 n°7</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 12 (n° 1), 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/corela.3461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02463696v1</w:t>
+                <w:t xml:space="preserve">hal-01634855v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tough Nut to Crack: A Semantico-Syntactic Analysis of TOUGH -Constructions in Contemporary English</w:t>
               </w:r>
@@ -1440,51 +1440,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05434460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chuquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joasha Boutault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Serpault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355255v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.3773" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463868v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vigneron-Bosbach" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634855v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.3461" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463696v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463871v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.012.095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462826v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hanote" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareva Brunet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Def&#233;ver" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523618v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523631v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354748v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nita" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463879v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Khalifa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02523633v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05434460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chuquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joasha Boutault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Serpault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355255v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.3773" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463868v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vigneron-Bosbach" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463696v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634855v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.3461" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463871v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.012.095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462826v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hanote" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareva Brunet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Def&#233;ver" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523618v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523631v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354748v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nita" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463879v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Khalifa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02523633v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>